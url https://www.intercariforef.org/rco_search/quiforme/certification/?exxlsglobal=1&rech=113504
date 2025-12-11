--- v0 (2025-10-14)
+++ v1 (2025-12-11)
@@ -1428,31 +1428,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 23:44:14</dc:description>
+  <dc:description>Export en date du 12/11/2025 02:14:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>