--- v1 (2025-12-11)
+++ v2 (2026-03-14)
@@ -744,53 +744,51 @@
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>39350481600231</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>39350481600249</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
@@ -857,53 +855,51 @@
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>39350481600298</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>39350481600306</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
@@ -1007,404 +1003,384 @@
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>39913469100092</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I12" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>39913469100233</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I13" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>39913469100241</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I14" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>39913469100258</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I15" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>39913469100266</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I16" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>39913469100274</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>39913469100290</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>39913469100308</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I19" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>39913469100316</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I20" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>39913469100324</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -1428,31 +1404,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/11/2025 02:14:43</dc:description>
+  <dc:description>Export en date du 03/14/2026 12:15:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>