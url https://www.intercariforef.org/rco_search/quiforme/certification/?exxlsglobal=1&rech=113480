--- v0 (2026-02-08)
+++ v1 (2026-03-25)
@@ -160,51 +160,51 @@
   <si>
     <t>FONDATION PROVIDENCE DE RIBEAUVILLE</t>
   </si>
   <si>
     <t>INSTITUTION SAINTE CLOTILDE</t>
   </si>
   <si>
     <t>19 RUE DE VERDUN 67000 STRASBOURG</t>
   </si>
   <si>
     <t>27/06/2011</t>
   </si>
   <si>
     <t>OGEC GEX JEANNE D ARC</t>
   </si>
   <si>
     <t>273 RUE DE GENEVE 01170 GEX</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.20Z</t>
   </si>
   <si>
-    <t>LE CENTRE DES APPRENTIS D'ALSACE</t>
+    <t>CENTRE DES APPRENANTS D'ALSACE</t>
   </si>
   <si>
     <t>3 ROUTE DE BALE 68000 COLMAR</t>
   </si>
   <si>
     <t>20/05/2020</t>
   </si>
   <si>
     <t>07/09/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -752,53 +752,51 @@
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>41875656500028</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>42417546100021</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
@@ -878,51 +876,51 @@
         <v>41</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3">
         <v>44680279968</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>77933350900015</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
@@ -939,53 +937,51 @@
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>80335559300036</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -1009,31 +1005,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 03:22:35</dc:description>
+  <dc:description>Export en date du 03/25/2026 08:07:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>