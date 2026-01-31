--- v0 (2025-11-02)
+++ v1 (2026-01-31)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -121,200 +121,200 @@
   <si>
     <t>RELAIS POUR LE TRAVAIL LES SAVOIRS ET L'ACCOMPAGNEMENT</t>
   </si>
   <si>
     <t>4 RUE LOUIS VALAYER 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/04/2017</t>
   </si>
   <si>
     <t>88.99B</t>
   </si>
   <si>
     <t>ASCOR</t>
   </si>
   <si>
     <t>2 ALLEE MARIE BERHAUT 35700 RENNES</t>
   </si>
   <si>
     <t>06/07/2018</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GUISNET EMELINE   </t>
+  </si>
+  <si>
+    <t>SAUTREAU ACADEMY</t>
+  </si>
+  <si>
+    <t>32 RUE DU GENERAL DE GAULLE 59400 CAMBRAI</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>46.45Z</t>
+  </si>
+  <si>
+    <t>INSTITUT DE BEAUTE EMELINE SAUTREAU</t>
+  </si>
+  <si>
+    <t>14 RUE SADI CARNOT 59400 CAMBRAI</t>
+  </si>
+  <si>
+    <t>20/07/2023</t>
+  </si>
+  <si>
     <t xml:space="preserve">GASMI ESSIA   </t>
   </si>
   <si>
     <t>RES LES TERRASSES DE L'AVENUE 56 AVENUE DE BAYONNE 64600 ANGLET</t>
   </si>
   <si>
     <t>03/10/2016</t>
   </si>
   <si>
     <t>96.02B</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...28 lines deleted...]
-  <si>
     <t>IFORTPSY</t>
   </si>
   <si>
     <t>36-38 36 RUE DU MARECHAL FOCH 59100 ROUBAIX</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
     <t>NATURELIA</t>
   </si>
   <si>
     <t>BATIMENT F 90 RUE PAUL BERT 69400 VILLEFRANCHE-SUR-SAONE</t>
   </si>
   <si>
     <t>30/12/2019</t>
   </si>
   <si>
+    <t xml:space="preserve">DHUIN PATRICIA   </t>
+  </si>
+  <si>
+    <t>UN TEMPS DE BEAUTE</t>
+  </si>
+  <si>
+    <t>608 RES PORT MARINA AVENUE KENEDY 97118 SAINT-FRANCOIS</t>
+  </si>
+  <si>
+    <t>28/06/2021</t>
+  </si>
+  <si>
+    <t>01973328197</t>
+  </si>
+  <si>
+    <t>DERMA FIT CENTER</t>
+  </si>
+  <si>
+    <t>RESIDENCE ANTINEA II 129 ALLEE DES JARDINS 34280 LA GRANDE-MOTTE</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>96.04Z</t>
+  </si>
+  <si>
+    <t>LM FORMATION</t>
+  </si>
+  <si>
+    <t>4 AVENUE LAURENT CELY 92600 ASNIERES-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>20/12/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GALERA LEA ROSE ANAIS </t>
+  </si>
+  <si>
+    <t>BAT A 13 ROUTE DE VAUGIRARD 92190 MEUDON</t>
+  </si>
+  <si>
+    <t>10/02/2019</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>VANNES</t>
+  </si>
+  <si>
+    <t>15/09/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>MELODIE DES SENS</t>
+  </si>
+  <si>
+    <t>33 BLANCHE LANDE NORD 44521 OUDON</t>
+  </si>
+  <si>
+    <t>05/09/2022</t>
+  </si>
+  <si>
     <t>DERMA FIT CENTER DFC</t>
   </si>
   <si>
     <t>IMMEUBLE LE BOEING 244 BD BARTHELEMY ABBADIE 13700 SAINT-VICTORET</t>
   </si>
   <si>
     <t>05/07/2022</t>
   </si>
   <si>
     <t>DERMA FIT CENTER PARIS</t>
   </si>
   <si>
     <t>118 AVENUE FOCH 94100 SAINT-MAUR-DES-FOSSES</t>
   </si>
   <si>
     <t>29/11/2019</t>
   </si>
   <si>
     <t>46.90Z</t>
   </si>
   <si>
-    <t xml:space="preserve">DHUIN PATRICIA   </t>
-[...67 lines deleted...]
-  <si>
     <t>GENIUS FORM</t>
   </si>
   <si>
     <t>5 AVENUE DU GENERAL DE GAULLE 94160 SAINT-MANDE</t>
   </si>
   <si>
     <t>17/02/2020</t>
   </si>
   <si>
     <t>LDL AMERICAN LISS</t>
   </si>
   <si>
     <t>L'ATELIER...</t>
   </si>
   <si>
     <t>77 B RUE VOLTAIRE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>01/02/2020</t>
   </si>
   <si>
     <t>85.60Z</t>
   </si>
   <si>
     <t>PARIS NORD BUSINESS SCHOOL</t>
@@ -457,75 +457,81 @@
   <si>
     <t>FAN</t>
   </si>
   <si>
     <t>8 B RUE GABRIEL VOISIN 51100 REIMS</t>
   </si>
   <si>
     <t>14/09/2022</t>
   </si>
   <si>
     <t>RESO FINANCE</t>
   </si>
   <si>
     <t>01/10/2022</t>
   </si>
   <si>
     <t>IDRIFORM</t>
   </si>
   <si>
     <t>32 RUE DE PARIS 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>20/05/2024</t>
   </si>
   <si>
+    <t>03/11/2025</t>
+  </si>
+  <si>
     <t>CHS ACADEMIE</t>
   </si>
   <si>
     <t>6 RUE DES BATELIERS 92110 CLICHY</t>
   </si>
   <si>
     <t>03/01/2023</t>
   </si>
   <si>
     <t>GENERATION LEARNING</t>
   </si>
   <si>
     <t>149 AVENUE DU MAINE 75014 PARIS</t>
   </si>
   <si>
     <t>16/03/2023</t>
   </si>
   <si>
     <t>CENTRAFORMA</t>
   </si>
   <si>
     <t>6 AVENUE DE LA LIBERATION 92350 LE PLESSIS-ROBINSON</t>
   </si>
   <si>
     <t>09/01/2024</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
   </si>
   <si>
     <t>NOERY BEAUTY</t>
   </si>
   <si>
     <t>9 AVENUE DES ERABLES 95400 VILLIERS-LE-BEL</t>
   </si>
   <si>
     <t>08/12/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1126,151 +1132,151 @@
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="3">
         <v>53350826935</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>75346701800028</v>
+        <v>51323950900054</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+        <v>36</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>37</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G7" s="2"/>
+        <v>39</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="H7" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I7" s="3">
-        <v>75640632264</v>
+        <v>31590711459</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>51323950900054</v>
+        <v>51323950900070</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D8" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2" t="s">
         <v>41</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
       <c r="I8" s="3">
         <v>31590711459</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>51323950900070</v>
+        <v>75346701800028</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D9" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="I9" s="3">
-        <v>31590711459</v>
+        <v>75640632264</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>80151137900027</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="2"/>
@@ -1317,347 +1323,347 @@
       <c r="F11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
         <v>84691465169</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>87945521000028</v>
+        <v>81794257600023</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="D12" s="2"/>
+      <c r="D12" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>93131844413</v>
+        <v>48</v>
+      </c>
+      <c r="I12" s="3" t="s">
+        <v>59</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>87947857600017</v>
+        <v>83382834600035</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>60</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>60</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I13" s="3">
-        <v>11941072194</v>
+        <v>76340977434</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>81794257600023</v>
+        <v>84497126700019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>17</v>
+      </c>
+      <c r="I14" s="3">
+        <v>11922821492</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>83382834600035</v>
+        <v>84816116200013</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="I15" s="3">
-        <v>76340977434</v>
+        <v>11922810092</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>84497126700019</v>
+        <v>85268914000022</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="I16" s="3">
-        <v>11922821492</v>
+        <v>53560954256</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>84816116200013</v>
+        <v>87855247000022</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D17" s="2"/>
+        <v>75</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>75</v>
+      </c>
       <c r="E17" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="I17" s="3">
-        <v>11922810092</v>
+        <v>52440882344</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>85268914000022</v>
+        <v>87945521000028</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D18" s="2" t="s">
         <v>78</v>
       </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="I18" s="3">
-        <v>53560954256</v>
+        <v>93131844413</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>87855247000022</v>
+        <v>87947857600017</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="D19" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="I19" s="3">
-        <v>52440882344</v>
+        <v>11941072194</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>88171930600014</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>17</v>
@@ -1899,51 +1905,51 @@
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>89931220100028</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="I27" s="3">
         <v>93131906513</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>90038394400015</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
@@ -2010,127 +2016,127 @@
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>90306367500016</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="I30" s="3">
         <v>93131976413</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>90323846700018</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>124</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="I31" s="3">
         <v>32600377360</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>90539232000016</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="I32" s="3">
         <v>11930922093</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>91064556300016</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
@@ -2197,51 +2203,51 @@
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>91834678400013</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="I35" s="3">
         <v>75331467333</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>91912745600011</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
@@ -2294,209 +2300,213 @@
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3">
         <v>11922554592</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>93055766500013</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="G38" s="2"/>
+      <c r="G38" s="2" t="s">
+        <v>147</v>
+      </c>
       <c r="H38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="3">
         <v>11922788692</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>94815108900018</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="3">
         <v>11922601892</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>94991612600012</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="3">
         <v>11756737375</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>98028459000026</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="G41" s="2"/>
+        <v>156</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>157</v>
+      </c>
       <c r="H41" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I41" s="3">
         <v>11922706992</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>98241756000017</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I42" s="3">
         <v>11950857095</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -2528,31 +2538,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/02/2025 07:59:30</dc:description>
+  <dc:description>Export en date du 01/31/2026 12:20:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>