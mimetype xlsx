--- v1 (2026-01-31)
+++ v2 (2026-03-20)
@@ -307,51 +307,51 @@
   <si>
     <t>L'ATELIER...</t>
   </si>
   <si>
     <t>77 B RUE VOLTAIRE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>01/02/2020</t>
   </si>
   <si>
     <t>85.60Z</t>
   </si>
   <si>
     <t>PARIS NORD BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>60 RUE DE LA JONQUIERE 75017 PARIS</t>
   </si>
   <si>
     <t>20/05/2021</t>
   </si>
   <si>
     <t>70.21Z</t>
   </si>
   <si>
-    <t>OBSERVATOIRE NATIONAL DES ELUS LOCAUX</t>
+    <t>OPPORTUNITES NOUVELLES POUR L EMPLOI LOCAL</t>
   </si>
   <si>
     <t>39 RUE DE LA GARE DE REUILLY 75012 PARIS</t>
   </si>
   <si>
     <t>30/09/2021</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>DK CONSEIL</t>
   </si>
   <si>
     <t>48 RUE DE NEUILLY 92110 CLICHY</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>ACADEMY ALMEIDA</t>
   </si>
@@ -1155,53 +1155,51 @@
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>51323950900054</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>51323950900070</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>42</v>
@@ -2318,53 +2316,51 @@
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>93055766500013</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>146</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>147</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I38" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I38" s="3"/>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>94815108900018</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
@@ -2431,53 +2427,51 @@
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>98028459000026</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>157</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="I41" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>98241756000017</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
@@ -2538,31 +2532,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/31/2026 12:20:29</dc:description>
+  <dc:description>Export en date du 03/20/2026 11:36:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>