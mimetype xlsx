--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -208,66 +208,66 @@
   <si>
     <t>CCI FRANCE</t>
   </si>
   <si>
     <t>8-10 8 RUE PIERRE BROSSOLETTE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>05/12/2018</t>
   </si>
   <si>
     <t>1175P008075</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE INDUSTRIE DE L'YONNE</t>
   </si>
   <si>
     <t>60 BOULEVARD VAUBAN 89000 AUXERRE</t>
   </si>
   <si>
     <t>04/11/2022</t>
   </si>
   <si>
     <t>2689P000489</t>
   </si>
   <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
     <t>FORMA SUP ARL</t>
   </si>
   <si>
     <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/06/2001</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1997</t>
   </si>
   <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
     <t>5 RUE DE MULHOUSE 21000 DIJON</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
@@ -1193,117 +1193,117 @@
       <c r="F14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>63</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>43903961100025</v>
+        <v>41058110200010</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="I15" s="3">
-        <v>84691657569</v>
+        <v>72330424333</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>41058110200010</v>
+        <v>43903961100025</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="I16" s="3">
-        <v>72330424333</v>
+        <v>84691657569</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>50876465100024</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>46</v>
@@ -1465,31 +1465,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 22:03:39</dc:description>
+  <dc:description>Export en date du 12/26/2025 05:05:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>