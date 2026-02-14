--- v1 (2025-12-26)
+++ v2 (2026-02-14)
@@ -1105,51 +1105,51 @@
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3">
         <v>27210429021</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>18750002000073</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>57</v>
       </c>
@@ -1465,31 +1465,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 05:05:37</dc:description>
+  <dc:description>Export en date du 02/14/2026 10:24:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>