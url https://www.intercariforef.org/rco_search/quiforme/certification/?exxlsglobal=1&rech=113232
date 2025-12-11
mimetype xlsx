--- v0 (2025-10-14)
+++ v1 (2025-12-11)
@@ -58,110 +58,275 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
+  </si>
+  <si>
+    <t>14 AVENUE DUQUESNE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>11/06/1997</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION BRETAGNE</t>
+  </si>
+  <si>
+    <t>CONTOUR ANTOINE DE ST-EXUPERY CONTOUR ANTOINE DE SAINT-EXUPERY 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU CANTAL</t>
+  </si>
+  <si>
+    <t>LE CAMPUS</t>
+  </si>
+  <si>
+    <t>BOULEVARD DU VIALENC 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>25/03/2010</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>8315P000115</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS D'ALSACE</t>
+  </si>
+  <si>
+    <t>ESPACE EUROPEEN ENTREPRISE 30 AVENUE DE L'EUROPE 67300 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>17/11/1997</t>
+  </si>
+  <si>
+    <t>4267P000267</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
+  </si>
+  <si>
+    <t>SIEGE ANTENNE NORD</t>
+  </si>
+  <si>
+    <t>42 RUE JEAN COCTEAU 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>10/05/1984</t>
+  </si>
+  <si>
+    <t>ATEK-CONSEIL</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITES D ESLETTES 76710 ESLETTES</t>
+  </si>
+  <si>
+    <t>01/11/2020</t>
+  </si>
+  <si>
+    <t>220 RTE NATIONALE 62113 VERQUIGNEUL</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>HELFY</t>
+  </si>
+  <si>
+    <t>ZA BRIQUETERIE 6 IMPASSE DU BOIS DE LA GRANGE 33610 CANEJAN</t>
+  </si>
+  <si>
+    <t>29/06/2012</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>1 RUE AIME DUBOST 62670 MAZINGARBE</t>
+  </si>
+  <si>
+    <t>15/11/2014</t>
+  </si>
+  <si>
+    <t>20/12/2024</t>
+  </si>
+  <si>
+    <t>INST.DEVELOP. COMPETENCES PROF.IDC PRO</t>
+  </si>
+  <si>
+    <t>ZA LE LIBRAIRE 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FORMATION POUR L INSERTION</t>
+  </si>
+  <si>
+    <t>152 RUE HENRI BERTHAUD 42153 RIORGES</t>
+  </si>
+  <si>
+    <t>01/02/2017</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION ET DE RECHERCHE DU BATIMENT ET DES TRAVAUX PUBLICS HAUTE LOIRE</t>
+  </si>
+  <si>
+    <t>17 COURS VICTOR HUGO 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>07/07/2011</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t>ASS NORMANDE FORMATION ARTISANAT BATIMEN</t>
+  </si>
+  <si>
+    <t>CS 90209 1 IMPASSE INITIALIS 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>13/10/2008</t>
+  </si>
+  <si>
+    <t>IFRB ILE DE FRANCE (YVELINES -ESSONNE- VAL D'OISE)</t>
+  </si>
+  <si>
+    <t>23 RUE CHARLES DE GAULLE 78560 LE PORT-MARLY</t>
+  </si>
+  <si>
+    <t>02/10/2013</t>
+  </si>
+  <si>
+    <t>ORGANISATION PROFESSIONNELLE DE LA PREVENTION DANS LE BATIMENT ET TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>45 AVENUE LECLERC 69007 LYON</t>
+  </si>
+  <si>
+    <t>28/01/2011</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION DANS L'ARTISANAT DU BATIMENT</t>
+  </si>
+  <si>
+    <t>59 RUE DE SAINT-CYR 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
     <t>BUREAU ALPES CONTROLES</t>
   </si>
   <si>
     <t>PAE LES GLAISINS 3 B IMP DES PRAIRIES 74000 ANNECY</t>
   </si>
   <si>
     <t>16/12/2013</t>
   </si>
   <si>
     <t>71.20B</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...4 lines deleted...]
-  <si>
     <t>SECILOG</t>
   </si>
   <si>
     <t>PARC DU GRAND TROYES 5 RUE DE PRAGUE 10300 SAINTE-SAVINE</t>
   </si>
   <si>
     <t>15/04/2009</t>
   </si>
   <si>
-    <t>70.22Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ZA DE LA TANNERIE 4 RUE DE LA FORET 55170 ANCERVILLE</t>
   </si>
   <si>
     <t>01/07/2014</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION CONTINUE</t>
   </si>
   <si>
     <t>ROUTE DE LA POINTE BLANCHE 97500 SAINT-PIERRE</t>
   </si>
   <si>
     <t>21/12/1987</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>05973155297</t>
   </si>
   <si>
     <t>ASS FORMATION BATIMENT POUR LA LORRAINE</t>
   </si>
   <si>
     <t>ZA NANCY PORTE SUD 2 ALLEE DES TILLEULS 54180 HEILLECOURT</t>
   </si>
   <si>
-    <t>02/10/2013</t>
-[...1 lines deleted...]
-  <si>
     <t>AUDIT CONSEIL FORMATION (ACF)</t>
   </si>
   <si>
     <t>7 RUE DU BOIS 92600 ASNIERES-SUR-SEINE</t>
   </si>
   <si>
     <t>10/11/2017</t>
   </si>
   <si>
     <t>64.20Z</t>
   </si>
   <si>
     <t>E.B.T.P.</t>
   </si>
   <si>
     <t>E.B.T.P. - EXPERTISE BATIMENT ET TRAITEMENT DE SES</t>
   </si>
   <si>
     <t>11 RUE CLEMENT ADER 31140 AUCAMVILLE</t>
   </si>
   <si>
     <t>01/06/1996</t>
   </si>
   <si>
     <t>ONET TECHNOLOGIES TI</t>
@@ -178,186 +343,1053 @@
   <si>
     <t>71.12B</t>
   </si>
   <si>
     <t>ONET TECHNOLOGIES TI FORMATION</t>
   </si>
   <si>
     <t>ZA LA PLAINE DES VAUX 6 A IMPASSE PIERRE LATECOERE 37500 CHINON</t>
   </si>
   <si>
     <t>31/03/2010</t>
   </si>
   <si>
     <t>APAVE PARISIENNE SAS</t>
   </si>
   <si>
     <t>6 RUE DU GENERAL AUDRAN 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>01/04/2021</t>
   </si>
   <si>
     <t>68.20B</t>
   </si>
   <si>
-    <t>ASSOCIATION FORMATION POUR L INSERTION</t>
-[...20 lines deleted...]
-    <t>31/12/2023</t>
+    <t>SOGELINK</t>
+  </si>
+  <si>
+    <t>131 CHEMIN DU BAC A TRAILLE 69300 CALUIRE-ET-CUIRE</t>
+  </si>
+  <si>
+    <t>01/06/2005</t>
+  </si>
+  <si>
+    <t>63.12Z</t>
+  </si>
+  <si>
+    <t>DEKRA INDUSTRIAL</t>
+  </si>
+  <si>
+    <t>ZI MAGRE 19 RUE STUART MILL 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/10/2000</t>
+  </si>
+  <si>
+    <t>LE MILLENAIRE 725 RUE LOUIS LEPINE 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>5 RUE ALFRED KASTLER 67540 OSTWALD</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>AFORTECH</t>
+  </si>
+  <si>
+    <t>10 RUE DU DEBARCADERE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>AFNOR COMPETENCES</t>
+  </si>
+  <si>
+    <t>11 RUE FRANCIS DE PRESSENSE 93210 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>04/12/2001</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DE CONDUCTEURS REGION AUVERGNE VIGIER</t>
+  </si>
+  <si>
+    <t>5 RUE DU PAVIN 63360 GERZAT</t>
+  </si>
+  <si>
+    <t>09/03/2006</t>
+  </si>
+  <si>
+    <t>85.53Z</t>
+  </si>
+  <si>
+    <t>GROUPE FORCES</t>
+  </si>
+  <si>
+    <t>4 RUE ROBERT SCHUMAN 25410 SAINT-VIT</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>AC ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>64 RUE CLEMENT ADER 42153 RIORGES</t>
+  </si>
+  <si>
+    <t>01/12/2014</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROF BATI TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>94 RUE DE LYON 71000 MACON</t>
+  </si>
+  <si>
+    <t>18/06/1996</t>
+  </si>
+  <si>
+    <t>ALP'EXPERT</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE SOLARIS 667 RUE ARISTIDE BERGES 38330 MONTBONNOT-SAINT-MARTIN</t>
+  </si>
+  <si>
+    <t>01/07/2004</t>
+  </si>
+  <si>
+    <t>ASE 30</t>
+  </si>
+  <si>
+    <t>ASE FORMATION + ALLIANCE SUD EXPERTISE</t>
+  </si>
+  <si>
+    <t>ZONE EURO 2000 5 AVENUE DE LA DAME 30132 CAISSARGUES</t>
+  </si>
+  <si>
+    <t>01/02/2012</t>
+  </si>
+  <si>
+    <t>GMSBTP</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE 912 6 RUE DE MOLINA 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>02/01/2012</t>
+  </si>
+  <si>
+    <t>VIVALIANS</t>
+  </si>
+  <si>
+    <t>ZAC DES BEAUX SOLEILS 9 CHAUSSEE JULES CESAR 95520 OSNY</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>C.N.F.P</t>
+  </si>
+  <si>
+    <t>14-16-TOUR ESSOR 20E 14 RUE SCANDICCI 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>ASS ANC ELEVES CONDUCTEURS TRAVAUX</t>
+  </si>
+  <si>
+    <t>RTE DE LABEGE B.P 40 33 5 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>UGA-UNION GROUPEMENTS ARTISANAUX</t>
+  </si>
+  <si>
+    <t>12 RUE DES METIERS 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
+    <t>FEDERATION BATIMENT TRAVAUX PUBLICS DROME ARDECHE</t>
+  </si>
+  <si>
+    <t>57 AVENUE DE LAUTAGNE 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>01/10/1995</t>
+  </si>
+  <si>
+    <t>BTP CFA NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>CFA DU BTP AVENUE LEON BLUM 64000 PAU</t>
+  </si>
+  <si>
+    <t>05/01/2004</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>2 A 4 2 RUE J B PERES 47000 AGEN</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>BP 15 AVENUE DU PORT DU ROY 33290 BLANQUEFORT</t>
+  </si>
+  <si>
+    <t>5 RUE DU 19 MARS 1962 40110 MORCENX-LA-NOUVELLE</t>
+  </si>
+  <si>
+    <t>1 RUE DU 5E REGIMENT DE CHASSEURS 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>LES BUREAUX DU LAC I 4 AVENUE DE CHAVAILLES 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>16/05/2011</t>
+  </si>
+  <si>
+    <t>BP 1182 86 ALLEE DU MOULIN RABAUD 87100 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>AFORMABA</t>
+  </si>
+  <si>
+    <t>9 RUE SAINT-LAMBERT 75015 PARIS</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>BUREAU VERITAS CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>RUE DU BOIS JOLI 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>CT CONSEILS</t>
+  </si>
+  <si>
+    <t>966 ROUTE DE MARBOZ 01440 VIRIAT</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>C2P FORMATIONS</t>
+  </si>
+  <si>
+    <t>4 RUE DES PONNIERES 21121 FONTAINE-LES-DIJON</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>OPTIMUS FAC</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE GOELAND BAT F AVENUE MARECHAL JUIN 20090 AJACCIO</t>
+  </si>
+  <si>
+    <t>01/04/2013</t>
+  </si>
+  <si>
+    <t>25/01/2024</t>
+  </si>
+  <si>
+    <t>FORMATION BOUQUINET</t>
+  </si>
+  <si>
+    <t>50 RUE DU MANOIR DE SERVIGNE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>30/09/2015</t>
+  </si>
+  <si>
+    <t>VINCI - POLE FORMATION</t>
+  </si>
+  <si>
+    <t>191 RUE GALLIENI 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
   </si>
   <si>
     <t xml:space="preserve">QUALICONSULT </t>
   </si>
   <si>
     <t>BATIMENT E 1 B RUE DU PETIT-CLAMART 78140 VELIZY-VILLACOUBLAY</t>
   </si>
   <si>
     <t>11/03/2004</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES MINISTERE TRAVAIL, SANTE, SOLIDARITE ET FAMILLES, CHARGE TRAVAIL ET EMPLOI</t>
-[...59 lines deleted...]
-    <t>10/05/1984</t>
+    <t>ALTITUDE FORMATION</t>
+  </si>
+  <si>
+    <t>ZA LES PRAIRIES 38290 FRONTONAS</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>IFRB POITOU CHARENTES</t>
+  </si>
+  <si>
+    <t>26 RUE SALVADOR ALLENDE 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>04/07/1996</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>KOALYS</t>
+  </si>
+  <si>
+    <t>DIAGAMTER</t>
+  </si>
+  <si>
+    <t>BATIMENT B RUE DE LA SOIE 94310 ORLY</t>
+  </si>
+  <si>
+    <t>02/12/2019</t>
+  </si>
+  <si>
+    <t>31/03/2023</t>
+  </si>
+  <si>
+    <t>46 ROUTE DE NARBONNE 31320 AUZEVILLE-TOLOSANE</t>
+  </si>
+  <si>
+    <t>01/04/2020</t>
+  </si>
+  <si>
+    <t>F P S G FORMATION PREVENTION SECURITE GENERALE EN ABREGE FIDUCIAL SECURITE</t>
+  </si>
+  <si>
+    <t>41 RUE DU CAPITAINE GUYNEMER 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>01/10/2015</t>
+  </si>
+  <si>
+    <t>4 AVENUE DOCTEUR SCHWEITZER 69330 MEYZIEU</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>NORRAC</t>
+  </si>
+  <si>
+    <t>LA VERDIERE 1 22 RUE GUSTAVE EIFFEL 13880 VELAUX</t>
+  </si>
+  <si>
+    <t>01/04/2014</t>
+  </si>
+  <si>
+    <t>151 IMPASSE DE LA BALME 69800 SAINT-PRIEST</t>
+  </si>
+  <si>
+    <t>01/02/2018</t>
+  </si>
+  <si>
+    <t>ZI CAP SUD 45 RUE DES SAUZES 63170 AUBIERE</t>
+  </si>
+  <si>
+    <t>15/09/2018</t>
+  </si>
+  <si>
+    <t>APAVE NORD-OUEST SAS</t>
+  </si>
+  <si>
+    <t>340 AVENUE DE LA MARNE 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>EURODELTA</t>
+  </si>
+  <si>
+    <t>HAM DE REAUTE ZA DE LA BEL 13 RUE VINCENT VAN GOGH 76290 MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>01/04/2005</t>
+  </si>
+  <si>
+    <t>CIEFAS</t>
+  </si>
+  <si>
+    <t>LES GOUTTES 69510 RONTALON</t>
+  </si>
+  <si>
+    <t>20/10/1999</t>
+  </si>
+  <si>
+    <t>02/01/2023</t>
+  </si>
+  <si>
+    <t>APAVE SUDEUROPE SAS</t>
+  </si>
+  <si>
+    <t>ZAC SAUMATY SEON 8 RUE JEAN JACQUES VERNAZZA 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>30/07/2010</t>
+  </si>
+  <si>
+    <t>ARNIAUD CONSULT'EAM</t>
+  </si>
+  <si>
+    <t>CENTRE AFF OPTIMUM ZAC MILLONNE 2 RTE DE LA SEYNE 83140 SIX FOURS LES PLAGES</t>
+  </si>
+  <si>
+    <t>08/04/2013</t>
+  </si>
+  <si>
+    <t>ACTIV'EXPERTISE</t>
+  </si>
+  <si>
+    <t>1 PLACE ALEXANDRE FARNESE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>12/07/2010</t>
+  </si>
+  <si>
+    <t>BUREAU PREVENTICAS</t>
+  </si>
+  <si>
+    <t>22 AVENUE DE LA DIVISION LECLERC 93000 BOBIGNY</t>
+  </si>
+  <si>
+    <t>01/11/2015</t>
+  </si>
+  <si>
+    <t>APAVE</t>
+  </si>
+  <si>
+    <t>10/12/2020</t>
+  </si>
+  <si>
+    <t>CONSEIL ET FORMATION AMIANTE</t>
+  </si>
+  <si>
+    <t>13 RUE RAOUL SERVANT 69007 LYON</t>
+  </si>
+  <si>
+    <t>02/01/2011</t>
+  </si>
+  <si>
+    <t>CEFASC ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>CITE DE L HABITAT RUE DE THANN 68460 LUTTERBACH</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>ODI FORMATION</t>
+  </si>
+  <si>
+    <t>QUEYREAU OUEST 89 AVENUE DU FRONSADAIS 33126 SAINT-MICHEL-DE-FRONSAC</t>
+  </si>
+  <si>
+    <t>01/12/2017</t>
+  </si>
+  <si>
+    <t>COGEIRISK</t>
+  </si>
+  <si>
+    <t>BAT A LES GALERIES DE HOUELBOURG RUE FERDINAND FOREST 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>06/12/2019</t>
+  </si>
+  <si>
+    <t>ATSI RHONE ALPES</t>
+  </si>
+  <si>
+    <t>ZAC DE CHESNES OUEST 99 BOUCLE DE LA RAMEE 38070 SAINT-QUENTIN-FALLAVIER</t>
+  </si>
+  <si>
+    <t>28/08/2013</t>
+  </si>
+  <si>
+    <t>IMBERT GAELLE FORMATION</t>
+  </si>
+  <si>
+    <t>IG FORMATION</t>
+  </si>
+  <si>
+    <t>ZAE CAHORS SUD 46230 FONTANES</t>
+  </si>
+  <si>
+    <t>19/07/2010</t>
+  </si>
+  <si>
+    <t>SONELO</t>
+  </si>
+  <si>
+    <t>ZAC DES MOULINS DE CAPIGNARD 2 RUE TRAVERSIERE 78580 LES ALLUETS-LE-ROI</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>ALYENCE</t>
+  </si>
+  <si>
+    <t>ZI LE CHANAY II 8 RUE JOSEPH CUGNOT 69720 SAINT-BONNET-DE-MURE</t>
+  </si>
+  <si>
+    <t>01/06/2010</t>
+  </si>
+  <si>
+    <t>CONCEPT SECURITE FORMATION</t>
+  </si>
+  <si>
+    <t>28 A RUE LAMARTINE 13700 MARIGNANE</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>FORMA 2E</t>
+  </si>
+  <si>
+    <t>25 AVENUE DU GENERAL GALLIENI 93250 VILLEMOMBLE</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>AMAXTEO</t>
+  </si>
+  <si>
+    <t>A.J. FORMATION</t>
+  </si>
+  <si>
+    <t>ZAC TECHNOPOLE BREST IROISE 80 RUE JOHANNES KEPLER 29200 BREST</t>
+  </si>
+  <si>
+    <t>07/01/2008</t>
+  </si>
+  <si>
+    <t>CHATEAU ROUQUEY NORD 6 RUE THALES 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/05/2014</t>
+  </si>
+  <si>
+    <t>ACTI EST 44 ROUTE DE CORBAS 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>14/11/2019</t>
+  </si>
+  <si>
+    <t>11/12/2023</t>
+  </si>
+  <si>
+    <t>HP FORMATION</t>
+  </si>
+  <si>
+    <t>EUROPE PARC ZONE ARTISANALE LES 2 B CHEMIN DU DERONTET 01360 BELIGNEUX</t>
+  </si>
+  <si>
+    <t>10/12/2008</t>
+  </si>
+  <si>
+    <t>33.20C</t>
+  </si>
+  <si>
+    <t>CREFAB HN</t>
+  </si>
+  <si>
+    <t>67 RUE PIERRE TAL-COAT 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>22/11/2007</t>
+  </si>
+  <si>
+    <t>SMARTLOG</t>
+  </si>
+  <si>
+    <t>SMARTLOG / DIALOGIS / MANUTEO / SUP</t>
+  </si>
+  <si>
+    <t>44 RUE DE LA PAIX 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>22/09/2017</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>ASSOCIATION AFBTP 63</t>
+  </si>
+  <si>
+    <t>21 AVENUE MARX DORMOY 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>27/10/2007</t>
+  </si>
+  <si>
+    <t>06/07/2023</t>
+  </si>
+  <si>
+    <t>ATIBAT (ACQUISITION TRANSMISSION INGENIERIE DU BATIMENT)</t>
+  </si>
+  <si>
+    <t>ZA LA BROSSE RUE DU TERTRE 35520 LA CHAPELLE-DES-FOUGERETZ</t>
+  </si>
+  <si>
+    <t>23/09/2013</t>
+  </si>
+  <si>
+    <t>05/04/2024</t>
+  </si>
+  <si>
+    <t>FORMATION DIAGNOSTIC TECHNIQUE IMMOBILIER</t>
+  </si>
+  <si>
+    <t>9 RUE ROBERT SCHUMAN 34430 SAINT-JEAN-DE-VEDAS</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>AFCE FORMATION</t>
+  </si>
+  <si>
+    <t>101 B RUE DES 80 FUSILLES 62590 OIGNIES</t>
+  </si>
+  <si>
+    <t>31/10/2011</t>
+  </si>
+  <si>
+    <t>12/12/2023</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>TEMIS CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>2-4 RUE COLONEL CHAMBONNET 69500 BRON</t>
+  </si>
+  <si>
+    <t>27/11/2013</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>ACERFS FORMATION</t>
+  </si>
+  <si>
+    <t>ROUTE NATIONALE 113 30670 AIGUES-VIVES</t>
+  </si>
+  <si>
+    <t>04/01/2016</t>
+  </si>
+  <si>
+    <t>130 ROUTE DE SAINT-GERVAIS 30200 BAGNOLS-SUR-CEZE</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>ODE FORMATION</t>
+  </si>
+  <si>
+    <t>87 B RUE DE PARIS 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>BTP CFA OCCITANIE</t>
+  </si>
+  <si>
+    <t>BTP CFA OCCITANIE - CAMPUS DE PERPIGNAN</t>
+  </si>
+  <si>
+    <t>TECNOSUD 205 RUE FELIX TROMBE 66100 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>FOR' EXPERT CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>10 AVENUE DE FONTCOUVERTE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/10/2009</t>
+  </si>
+  <si>
+    <t>CERTI CONSULT</t>
+  </si>
+  <si>
+    <t>58 RUE DES PYRENEES 64510 ANGAIS</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUIZ JOSE   </t>
+  </si>
+  <si>
+    <t>1 RUE NEUVE 67720 WEYERSHEIM</t>
+  </si>
+  <si>
+    <t>20/01/2014</t>
+  </si>
+  <si>
+    <t>NEO PREV</t>
+  </si>
+  <si>
+    <t>7 RUE DE SOPHIA-ANTIPOLIS 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>IRILUS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE HORIZON ESPLANADE DE FRANCE 3 RUE JACQUES CONSTANT MILLERET 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>IP2C</t>
+  </si>
+  <si>
+    <t>70 RUE DUGOMMIER 97110 POINTE A PITRE</t>
+  </si>
+  <si>
+    <t>02/03/2015</t>
+  </si>
+  <si>
+    <t>AG CENTRE INITIATION PREVENTION</t>
+  </si>
+  <si>
+    <t>4 RUE DE KERBERNARD 29200 BREST</t>
+  </si>
+  <si>
+    <t>16/03/2015</t>
+  </si>
+  <si>
+    <t>05/01/2024</t>
   </si>
   <si>
     <t>PROXIA FORMATION</t>
   </si>
   <si>
     <t>LIERGUES 493 MONTEE SAINT ELOI 69400 PORTE DES PIERRES DOREES</t>
   </si>
   <si>
     <t>01/06/2015</t>
   </si>
   <si>
     <t>24/09/2024</t>
   </si>
   <si>
     <t>ALEO EVOLUTION</t>
   </si>
   <si>
     <t>13 RUE DE LA RABOTIERE 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>14/03/2018</t>
   </si>
   <si>
     <t>09/08/2024</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>GO ! FORM'ACTION ALSACE</t>
   </si>
   <si>
     <t>GO ! FORM'ACTION 67 SUD</t>
   </si>
   <si>
     <t>51 RUE DU GENERAL LECLERC 67210 OBERNAI</t>
   </si>
   <si>
     <t>19/06/2015</t>
   </si>
   <si>
-    <t>85.53Z</t>
+    <t>BTP CFA POITOU CHARENTES</t>
+  </si>
+  <si>
+    <t>5 RUE DE CHANTEJEAU 86280 SAINT-BENOIT</t>
+  </si>
+  <si>
+    <t>APAVE ALSACIENNE SAS</t>
+  </si>
+  <si>
+    <t>2 RUE THIERS 68100 MULHOUSE</t>
+  </si>
+  <si>
+    <t>01/01/1968</t>
+  </si>
+  <si>
+    <t>CENTRE REG FORMAT BATIM TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>57690 CREHANGE</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION ET DE RECHERCHE DU BATIMENT BOURGOGNE FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>4 RUE DE FRANCHE-COMTE 25480 ECOLE-VALENTIN</t>
+  </si>
+  <si>
+    <t>01/12/1994</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION ET DE RECHERCHE DU BATIMENT ET DES TRAVAUX PUBLICS DU 77</t>
+  </si>
+  <si>
+    <t>45 RUE NOUVELLE 77190 DAMMARIE-LES-LYS</t>
+  </si>
+  <si>
+    <t>02/07/1973</t>
+  </si>
+  <si>
+    <t>SOCOTEC REUNION</t>
+  </si>
+  <si>
+    <t>LA MARE 33 RUE ANDRE LARDY 97438 SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>RW AUVERGNE-LOIRE</t>
+  </si>
+  <si>
+    <t>18 RUE FRANCOIS TARAVANT 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>22/08/2016</t>
+  </si>
+  <si>
+    <t>CABINET D'ANALYSE ET D'EXPERTISE EN SECURITE, AUDIT EN REGLEMENTATION</t>
+  </si>
+  <si>
+    <t>CAESAR</t>
+  </si>
+  <si>
+    <t>15 RUE TROVALET 97480 SAINT-JOSEPH</t>
+  </si>
+  <si>
+    <t>08/09/2011</t>
+  </si>
+  <si>
+    <t>80.10Z</t>
+  </si>
+  <si>
+    <t>PARO</t>
+  </si>
+  <si>
+    <t>KAPI CONSEILS ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>132 AVENUE DE L'INDUSTRIE 69140 RILLIEUX-LA-PAPE</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>AXSENS</t>
+  </si>
+  <si>
+    <t>LE GALLION AVENUE PASTEUR 13330 PELISSANNE</t>
+  </si>
+  <si>
+    <t>10/10/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ETCHEBERRY ALAIN   </t>
+  </si>
+  <si>
+    <t>ETCHE FORMATION</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN MONNET 64130 CHERAUTE</t>
+  </si>
+  <si>
+    <t>23/10/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CALPHY ERIC   </t>
+  </si>
+  <si>
+    <t>8 CHEMIN DES AULNES 67120 DORLISHEIM</t>
+  </si>
+  <si>
+    <t>26/12/2014</t>
+  </si>
+  <si>
+    <t>GREENTIPS</t>
+  </si>
+  <si>
+    <t>91 B 91 B ROUTE DES ROMAINS 67200 STRASBOURG</t>
+  </si>
+  <si>
+    <t>STRAFORMATION</t>
+  </si>
+  <si>
+    <t>21 RUE D'OSLO 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>28/02/2018</t>
+  </si>
+  <si>
+    <t>FORMAMIANTE</t>
+  </si>
+  <si>
+    <t>130 - 136 / BATIMENT G 130 AVENUE JOSEPH KESSEL 78960 VOISINS-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>21/03/2012</t>
+  </si>
+  <si>
+    <t>30/05/2024</t>
+  </si>
+  <si>
+    <t>GIB ING EXPERTISE</t>
+  </si>
+  <si>
+    <t>ZONE DE LA LAUGIER 7 VOIE ISOLE NORBERT 97215 RIVIERE-SALEE</t>
+  </si>
+  <si>
+    <t>04/05/2012</t>
+  </si>
+  <si>
+    <t>AGENCE REGIONALE PREVENCOOS</t>
+  </si>
+  <si>
+    <t>8 LOT HOUELBOURG SUR MER 97122 BAIE MAHAULT</t>
+  </si>
+  <si>
+    <t>16/12/2019</t>
+  </si>
+  <si>
+    <t>VB PREVENTION</t>
+  </si>
+  <si>
+    <t>63 RUE FRANCOIS RICHARD 54300 LUNEVILLE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>AREIA FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZA DE LA BAUDRIERE RTE DU NEUBOURG 27520 GRAND BOURGTHEROULDE</t>
+  </si>
+  <si>
+    <t>23/06/2015</t>
+  </si>
+  <si>
+    <t>15/07/2024</t>
+  </si>
+  <si>
+    <t>B 2 B FORMATION</t>
+  </si>
+  <si>
+    <t>11/06/2016</t>
+  </si>
+  <si>
+    <t>ATSI PACA</t>
+  </si>
+  <si>
+    <t>8 AVENUE DE LA MOUTE 13220 CHATEAUNEUF-LES-MARTIGUES</t>
+  </si>
+  <si>
+    <t>17/11/2014</t>
+  </si>
+  <si>
+    <t>BATI CONSEIL &amp; FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE HENRI BECQUEREL 49070 BEAUCOUZE</t>
+  </si>
+  <si>
+    <t>05/12/2019</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>BTP CFA CENTRE</t>
+  </si>
+  <si>
+    <t>50 RUE MARCEL PAUL 45770 SARAN</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>25/06/2024</t>
   </si>
   <si>
     <t>AMIANTE &amp; CO</t>
   </si>
   <si>
     <t>25 RUE MARIE MARVINGT 54200 TOUL</t>
   </si>
   <si>
     <t>21/10/2015</t>
   </si>
   <si>
     <t>77.39Z</t>
   </si>
   <si>
     <t>KAIROS FORMATION</t>
   </si>
   <si>
     <t>573 AVENUE DE L'HERMITAGE 30200 BAGNOLS-SUR-CEZE</t>
   </si>
   <si>
     <t>21/12/2015</t>
   </si>
   <si>
     <t>NANTES COORDINATION SECURITE - NCS</t>
   </si>
@@ -403,1082 +1435,50 @@
   <si>
     <t>PLN PLAINE DE PERI 20167 SARROLA-CARCOPINO</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
   </si>
   <si>
     <t>AFPR AMIANTE ET FORMATIONS A LA PREVENTION DES RISQUES</t>
   </si>
   <si>
     <t>ZI DE COURTINE 175 RUE DES 4 GENDARMES D’OUVEA 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/12/2016</t>
   </si>
   <si>
-    <t>ALTITUDE FORMATION</t>
-[...1030 lines deleted...]
-  <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>50 RUE FERDINAND BUISSON 33130 BEGLES</t>
   </si>
   <si>
     <t>AFPA ACCES A L' EMPLOI</t>
   </si>
   <si>
     <t>FORPA</t>
   </si>
   <si>
     <t>1 AVENUE DU LUXEMBOURG 68110 ILLZACH</t>
   </si>
   <si>
     <t>SERVICES FORMATIONS INDUSTRIES</t>
   </si>
   <si>
     <t>72 RUE ARISTIDE BRIAND 76650 PETIT-COURONNE</t>
   </si>
   <si>
     <t>ING2A</t>
   </si>
   <si>
     <t>18 RUE CHARLES GILLE 37000 TOURS</t>
@@ -1717,51 +1717,51 @@
   <si>
     <t>04/09/2020</t>
   </si>
   <si>
     <t>AMIANTE ET PLOMB FORMATION</t>
   </si>
   <si>
     <t>1 ALLEE DE LA COMBE 69380 LISSIEU</t>
   </si>
   <si>
     <t>01/10/2020</t>
   </si>
   <si>
     <t>SCHOOLAMIANTE</t>
   </si>
   <si>
     <t>26/04/2021</t>
   </si>
   <si>
     <t>APAVE EXPLOITATION FRANCE</t>
   </si>
   <si>
     <t>28/09/2021</t>
   </si>
   <si>
-    <t>SOCNA FORMATION</t>
+    <t>SOCNA CAMPUS</t>
   </si>
   <si>
     <t>8 AVENUE ALBERT BICHOT 21200 BEAUNE</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -2172,6770 +2172,6770 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>35181269800667</v>
+        <v>11000007200014</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>37874468400044</v>
+        <v>13002794900010</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>21510047251</v>
+        <v>53351087435</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>37874468400069</v>
+        <v>18150001800062</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D4" s="2"/>
+        <v>24</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>21510047251</v>
+        <v>28</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>29</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>38275478600012</v>
+        <v>18670223900093</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38310141700038</v>
+        <v>18974011100019</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D6" s="2"/>
+        <v>34</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>35</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I6" s="3">
-        <v>41540130754</v>
+        <v>98970229897</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38357223700030</v>
+        <v>49873366600065</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>38372394700032</v>
+        <v>49873366600073</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>38803510700027</v>
+        <v>45265362900025</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I9" s="3">
-        <v>24130153537</v>
+        <v>31620182862</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>38803510700290</v>
+        <v>45265362900033</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="G10" s="2"/>
+      <c r="G10" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="H10" s="2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="I10" s="3">
-        <v>24130153537</v>
+        <v>31620182862</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>39316827300299</v>
+        <v>45398962600032</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I11" s="3">
+        <v>72240122924</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>39882957200062</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I12" s="3">
         <v>82420103742</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>39936482700028</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C13" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="F13" s="2" t="s">
+      <c r="G13" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="G13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>40144985500535</v>
+        <v>33931030200023</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I14" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I14" s="3">
+        <v>25140034514</v>
+      </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>11000007200014</v>
+        <v>79900043500013</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="I15" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I15" s="3">
+        <v>11788238178</v>
+      </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>13002794900010</v>
+        <v>77572591400532</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I16" s="3">
-        <v>53351087435</v>
+        <v>11921047592</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>18150001800062</v>
+        <v>34835430900034</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>28</v>
+      </c>
+      <c r="I17" s="3">
+        <v>83630094963</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>18670223900093</v>
+        <v>35181269800667</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>77</v>
+      </c>
+      <c r="I18" s="3">
+        <v>82740069374</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>18974011100019</v>
+        <v>37874468400044</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>72</v>
+        <v>46</v>
       </c>
       <c r="I19" s="3">
-        <v>98970229897</v>
+        <v>21510047251</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>81193823200014</v>
+        <v>37874468400069</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="I20" s="3">
-        <v>82691421469</v>
+        <v>21510047251</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>81322220500029</v>
+        <v>38275478600012</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="I21" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>86</v>
+      </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>81333401800013</v>
+        <v>38310141700038</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>99</v>
+        <v>28</v>
       </c>
       <c r="I22" s="3">
-        <v>42670565767</v>
+        <v>41540130754</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>81474419900013</v>
+        <v>38357223700030</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="I23" s="3">
-        <v>44540345554</v>
+        <v>11755367675</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>81537695900012</v>
+        <v>38372394700032</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="I24" s="3">
-        <v>91300388230</v>
+        <v>73310281231</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>81740298500011</v>
+        <v>38803510700027</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>97</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>98</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
       <c r="I25" s="3">
-        <v>52440763644</v>
+        <v>24130153537</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>81814467700015</v>
+        <v>38803510700290</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I26" s="3">
-        <v>11788303178</v>
+        <v>24130153537</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>81899603500015</v>
+        <v>39316827300299</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>82200289500016</v>
+        <v>43299378000043</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>29</v>
+        <v>112</v>
       </c>
       <c r="I28" s="3">
-        <v>11940927794</v>
+        <v>82691224369</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>82409268800145</v>
+        <v>43325083400010</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="I29" s="3">
-        <v>11930762893</v>
+        <v>74870001787</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>82409268800160</v>
+        <v>43325083400473</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="I30" s="3">
-        <v>11930762893</v>
+        <v>74870001787</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>82409268800210</v>
+        <v>43325083400861</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="I31" s="3">
-        <v>11930762893</v>
+        <v>74870001787</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>82409268800228</v>
+        <v>43450592100016</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I32" s="3">
-        <v>11930762893</v>
+        <v>11753470975</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>82421696400018</v>
+        <v>43809603400022</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I33" s="3">
-        <v>93840381684</v>
+        <v>11930475093</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>40961703200134</v>
+        <v>43870754900020</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="I34" s="3">
-        <v>82380424038</v>
+        <v>83630352763</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>41094013400019</v>
+        <v>43994596500135</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>135</v>
+        <v>28</v>
       </c>
       <c r="I35" s="3">
-        <v>54860063186</v>
+        <v>26710163471</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>41100783400061</v>
+        <v>44135591400298</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>41100783400079</v>
+        <v>44458533500011</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="D37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I37" s="3">
-        <v>73310310231</v>
+        <v>26710090071</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>41391229600048</v>
+        <v>44749061600029</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="I38" s="3">
-        <v>11921004292</v>
+        <v>84380642938</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>41391229600055</v>
+        <v>44781273600026</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E39" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D39" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F39" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
       <c r="I39" s="3">
-        <v>11921004292</v>
+        <v>91300304330</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>41752978100078</v>
+        <v>44895614400035</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I40" s="3">
-        <v>93131307313</v>
+        <v>84420329542</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>41752978100094</v>
+        <v>45010303100123</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="D41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I41" s="3">
-        <v>93131307313</v>
+        <v>11910546891</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>41752978100102</v>
+        <v>45205707800027</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="F42" s="2" t="s">
+      <c r="G42" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I42" s="3"/>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>41967142500751</v>
+        <v>77695208700018</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="I43" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I43" s="3">
+        <v>73310000731</v>
+      </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>42198997100047</v>
+        <v>77890458100031</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>159</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>160</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I44" s="3">
-        <v>23760299576</v>
+        <v>42680024068</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>42482068600014</v>
+        <v>77947171300023</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="G45" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="I45" s="3"/>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>43299378000043</v>
+        <v>78235535800055</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I46" s="3">
-        <v>82691224369</v>
+        <v>72330875333</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>43325083400010</v>
+        <v>78235535800071</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>17</v>
+        <v>167</v>
       </c>
       <c r="I47" s="3">
-        <v>74870001787</v>
+        <v>72330875333</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>43325083400473</v>
+        <v>78235535800089</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>17</v>
+        <v>167</v>
       </c>
       <c r="I48" s="3">
-        <v>74870001787</v>
+        <v>72330875333</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>43325083400861</v>
+        <v>78235535800097</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>17</v>
+        <v>167</v>
       </c>
       <c r="I49" s="3">
-        <v>74870001787</v>
+        <v>72330875333</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>30107533900053</v>
+        <v>78235535800105</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="I50" s="3">
-        <v>54860131786</v>
+        <v>72330875333</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>30157044600015</v>
+        <v>78235535800113</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D51" s="2"/>
+        <v>164</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>164</v>
+      </c>
       <c r="E51" s="2" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="I51" s="3"/>
+        <v>167</v>
+      </c>
+      <c r="I51" s="3">
+        <v>72330875333</v>
+      </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>30233143400019</v>
+        <v>78235535800121</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>183</v>
+        <v>164</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>94</v>
+        <v>167</v>
       </c>
       <c r="I52" s="3">
-        <v>41570297757</v>
+        <v>72330875333</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>31519092600024</v>
+        <v>78461739100015</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>188</v>
+        <v>157</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>29</v>
+        <v>179</v>
       </c>
       <c r="I53" s="3">
-        <v>43250009325</v>
+        <v>11750033775</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>31988285800016</v>
+        <v>79018278600596</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>32193619700052</v>
+        <v>79061213900010</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>194</v>
+        <v>150</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>17</v>
+        <v>185</v>
       </c>
       <c r="I55" s="3">
-        <v>98970008997</v>
+        <v>82010157901</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>33794659400062</v>
+        <v>79093465700012</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="I56" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I56" s="3">
+        <v>26210315221</v>
+      </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>33931030200023</v>
+        <v>79254089000011</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="G57" s="2"/>
+        <v>191</v>
+      </c>
+      <c r="G57" s="2" t="s">
+        <v>192</v>
+      </c>
       <c r="H57" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I57" s="3">
-        <v>25140034514</v>
+        <v>94202078520</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>49035455200021</v>
+        <v>79446286100020</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>29</v>
+        <v>179</v>
       </c>
       <c r="I58" s="3">
-        <v>73460032046</v>
+        <v>53350979935</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>49343210800022</v>
+        <v>79500017300018</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I59" s="3">
-        <v>11788113178</v>
+        <v>11922030892</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>49380313400029</v>
+        <v>40144985500535</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>49438399500045</v>
+        <v>40961703200134</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I61" s="3">
-        <v>93131298213</v>
+        <v>82380424038</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>49472733200038</v>
+        <v>41094013400019</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I62" s="3"/>
+        <v>208</v>
+      </c>
+      <c r="I62" s="3">
+        <v>54860063186</v>
+      </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>49873366600065</v>
+        <v>41100783400061</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>209</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>210</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="G63" s="2"/>
+        <v>212</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>213</v>
+      </c>
       <c r="H63" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I63" s="3"/>
+        <v>101</v>
+      </c>
+      <c r="I63" s="3">
+        <v>73310310231</v>
+      </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>49873366600073</v>
+        <v>41100783400079</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="D64" s="2"/>
+        <v>209</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>210</v>
+      </c>
       <c r="E64" s="2" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I64" s="3"/>
+        <v>77</v>
+      </c>
+      <c r="I64" s="3">
+        <v>73310310231</v>
+      </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>50148508000011</v>
+        <v>41391229600048</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I65" s="3">
-        <v>93132166713</v>
+        <v>11921004292</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>50148508000045</v>
+        <v>41391229600055</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I66" s="3">
-        <v>93132166713</v>
+        <v>11921004292</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>50148508000060</v>
+        <v>41752978100078</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I67" s="3">
-        <v>93132166713</v>
+        <v>93131307313</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>50153038000028</v>
+        <v>41752978100094</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="D68" s="2"/>
+        <v>221</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>221</v>
+      </c>
       <c r="E68" s="2" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>234</v>
+        <v>28</v>
       </c>
       <c r="I68" s="3">
-        <v>82010117601</v>
+        <v>93131307313</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>50198586500010</v>
+        <v>41752978100102</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>235</v>
+        <v>221</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>135</v>
+        <v>28</v>
       </c>
       <c r="I69" s="3">
-        <v>23270148027</v>
+        <v>93131307313</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>50227266900065</v>
+        <v>41967142500751</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>238</v>
-[...3 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="I70" s="3"/>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>50239698900019</v>
+        <v>42198997100047</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>245</v>
-[...3 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I71" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I71" s="3">
+        <v>23760299576</v>
+      </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>50346383800022</v>
+        <v>42482068600014</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>248</v>
+        <v>235</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>249</v>
+        <v>236</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>250</v>
+        <v>237</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>179</v>
+        <v>101</v>
       </c>
       <c r="I72" s="3"/>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>43870754900020</v>
+        <v>51872092500032</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>252</v>
+        <v>239</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>253</v>
+        <v>240</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="I73" s="3"/>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>43994596500135</v>
+        <v>51963136000038</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>255</v>
+        <v>242</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I74" s="3">
-        <v>26710163471</v>
+        <v>93830410283</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>44135591400298</v>
+        <v>52414904400017</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I75" s="3"/>
+        <v>46</v>
+      </c>
+      <c r="I75" s="3">
+        <v>93840327684</v>
+      </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>44458533500011</v>
+        <v>52447547200048</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>261</v>
+        <v>248</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>29</v>
+        <v>185</v>
       </c>
       <c r="I76" s="3">
-        <v>26710090071</v>
+        <v>11930944793</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>44749061600029</v>
+        <v>52757314100043</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>263</v>
+        <v>250</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>264</v>
+        <v>106</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>265</v>
+        <v>251</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="I77" s="3"/>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>44781273600026</v>
+        <v>52916958300018</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>268</v>
+        <v>253</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>269</v>
+        <v>254</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="I78" s="3">
-        <v>91300304330</v>
+        <v>82691145969</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>44895614400035</v>
+        <v>53046715800016</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>271</v>
+        <v>256</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>272</v>
+        <v>257</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="I79" s="3">
-        <v>84420329542</v>
+        <v>42680209068</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>45010303100123</v>
+        <v>53104406300042</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>273</v>
+        <v>258</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>274</v>
+        <v>259</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>178</v>
+        <v>260</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I80" s="3">
-        <v>11910546891</v>
+        <v>72330832633</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>45205707800027</v>
+        <v>45406921200057</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>275</v>
+        <v>261</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I81" s="3"/>
+        <v>77</v>
+      </c>
+      <c r="I81" s="3">
+        <v>95970136197</v>
+      </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>45265362900025</v>
+        <v>48183466100037</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>280</v>
+        <v>265</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>281</v>
+        <v>266</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I82" s="3">
-        <v>31620182862</v>
+        <v>82380446638</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>45265362900033</v>
+        <v>49035455200021</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>282</v>
+        <v>269</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I83" s="3">
-        <v>31620182862</v>
+        <v>73460032046</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>45398962600032</v>
+        <v>49343210800022</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>285</v>
+        <v>271</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>286</v>
+        <v>272</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I84" s="3">
-        <v>72240122924</v>
+        <v>11788113178</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>45406921200057</v>
+        <v>49380313400029</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>288</v>
+        <v>274</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>289</v>
+        <v>275</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>290</v>
+        <v>276</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I85" s="3">
-        <v>95970136197</v>
+        <v>82690945969</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>48183466100037</v>
+        <v>49438399500045</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>291</v>
+        <v>277</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>292</v>
+        <v>278</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>293</v>
+        <v>279</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I86" s="3">
-        <v>82380446638</v>
+        <v>93131298213</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>79446286100020</v>
+        <v>49472733200038</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>295</v>
+        <v>281</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>296</v>
+        <v>282</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I87" s="3"/>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>79500017300018</v>
+        <v>50148508000011</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="D88" s="2"/>
+        <v>283</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>284</v>
+      </c>
       <c r="E88" s="2" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I88" s="3">
-        <v>11922030892</v>
+        <v>93132166713</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>79900043500013</v>
+        <v>50148508000045</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>300</v>
+        <v>283</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>301</v>
+        <v>287</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>33</v>
+        <v>288</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I89" s="3">
-        <v>11788238178</v>
+        <v>93132166713</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>79979485400015</v>
+        <v>50148508000060</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>302</v>
+        <v>283</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>303</v>
+        <v>289</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="G90" s="2"/>
+        <v>290</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>291</v>
+      </c>
       <c r="H90" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I90" s="3">
-        <v>72640362464</v>
+        <v>93132166713</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>79980412500018</v>
+        <v>50153038000028</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>307</v>
+        <v>294</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="I91" s="3"/>
+        <v>295</v>
+      </c>
+      <c r="I91" s="3">
+        <v>82010117601</v>
+      </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>80072965900022</v>
+        <v>50198586500010</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>308</v>
+        <v>296</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>309</v>
+        <v>297</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>310</v>
+        <v>298</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>29</v>
+        <v>208</v>
       </c>
       <c r="I92" s="3">
-        <v>25140272414</v>
+        <v>23270148027</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>80910743600028</v>
+        <v>50227266900065</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="D93" s="2"/>
+        <v>299</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>300</v>
+      </c>
       <c r="E93" s="2" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="G93" s="2"/>
+        <v>302</v>
+      </c>
+      <c r="G93" s="2" t="s">
+        <v>303</v>
+      </c>
       <c r="H93" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I93" s="3">
-        <v>82420276542</v>
+        <v>52530059453</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>50921839200025</v>
+        <v>50239698900019</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>314</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>316</v>
+        <v>305</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="G94" s="2"/>
+        <v>306</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>307</v>
+      </c>
       <c r="H94" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I94" s="3"/>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>51060280800022</v>
+        <v>50346383800022</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>319</v>
+        <v>310</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>29</v>
+        <v>167</v>
       </c>
       <c r="I95" s="3"/>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>51140404800031</v>
+        <v>50765713800065</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="G96" s="2"/>
+        <v>314</v>
+      </c>
+      <c r="G96" s="2" t="s">
+        <v>154</v>
+      </c>
       <c r="H96" s="2" t="s">
-        <v>29</v>
+        <v>179</v>
       </c>
       <c r="I96" s="3">
-        <v>91300292530</v>
+        <v>76341074934</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>51140404800049</v>
+        <v>50821661100022</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="G97" s="2"/>
+        <v>317</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>318</v>
+      </c>
       <c r="H97" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I97" s="3">
-        <v>91300292530</v>
+        <v>93132028713</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>51454169700025</v>
+        <v>50921839200025</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="D98" s="2"/>
+        <v>319</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>320</v>
+      </c>
       <c r="E98" s="2" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>328</v>
+        <v>273</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I98" s="3">
-        <v>11930695093</v>
+        <v>98970335697</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>51472700700031</v>
+        <v>51060280800022</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>329</v>
-[...3 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="G99" s="2"/>
+        <v>324</v>
+      </c>
+      <c r="G99" s="2" t="s">
+        <v>325</v>
+      </c>
       <c r="H99" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I99" s="3"/>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>51521078900019</v>
+        <v>51140404800031</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I100" s="3">
-        <v>93840313984</v>
+        <v>91300292530</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>51872092500032</v>
+        <v>51140404800049</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="I101" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I101" s="3">
+        <v>91300292530</v>
+      </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>51963136000038</v>
+        <v>51454169700025</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I102" s="3">
-        <v>93830410283</v>
+        <v>11930695093</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>52757314100043</v>
+        <v>51472700700031</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="D103" s="2"/>
+        <v>334</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>335</v>
+      </c>
       <c r="E103" s="2" t="s">
-        <v>51</v>
+        <v>336</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>342</v>
+        <v>273</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I103" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I103" s="3">
+        <v>91340684734</v>
+      </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>52916958300018</v>
+        <v>51521078900019</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I104" s="3">
-        <v>82691145969</v>
+        <v>93840313984</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>53046715800016</v>
+        <v>79979485400015</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="I105" s="3">
-        <v>42680209068</v>
+        <v>72640362464</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>53104406300042</v>
+        <v>79980412500018</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="I106" s="3"/>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>53482054300013</v>
+        <v>80072965900022</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>352</v>
-[...3 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="I107" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I107" s="3">
+        <v>25140272414</v>
+      </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>53510949000040</v>
+        <v>80910743600028</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>357</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>359</v>
+        <v>350</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I108" s="3">
-        <v>82691181569</v>
+        <v>82420276542</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>53746599900010</v>
+        <v>81000488700016</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>363</v>
+        <v>354</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="I109" s="3"/>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>53803841500039</v>
+        <v>81039127600013</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>364</v>
-[...3 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>366</v>
+        <v>356</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="G110" s="2"/>
+        <v>357</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>358</v>
+      </c>
       <c r="H110" s="2" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I110" s="3"/>
       <c r="J110" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>53860654200024</v>
+        <v>81193823200014</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>368</v>
+        <v>359</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="G111" s="2"/>
+        <v>361</v>
+      </c>
+      <c r="G111" s="2" t="s">
+        <v>362</v>
+      </c>
       <c r="H111" s="2" t="s">
-        <v>371</v>
+        <v>28</v>
       </c>
       <c r="I111" s="3">
-        <v>42670563667</v>
+        <v>82691421469</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>53912899100020</v>
+        <v>81322220500029</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>372</v>
+        <v>363</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="G112" s="2"/>
+        <v>365</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>366</v>
+      </c>
       <c r="H112" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="I112" s="3"/>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>53939708300020</v>
+        <v>81333401800013</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="I113" s="3">
-        <v>42670468267</v>
+        <v>42670565767</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>75041825300019</v>
+        <v>30107533900053</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I114" s="3"/>
+        <v>167</v>
+      </c>
+      <c r="I114" s="3">
+        <v>54860131786</v>
+      </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>75077279000010</v>
+        <v>30157044600015</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="I115" s="3"/>
       <c r="J115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>75232482200028</v>
+        <v>30233143400019</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>386</v>
+        <v>157</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>371</v>
-[...1 lines deleted...]
-      <c r="I116" s="3"/>
+        <v>179</v>
+      </c>
+      <c r="I116" s="3">
+        <v>41570297757</v>
+      </c>
       <c r="J116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>79254089000011</v>
+        <v>31519092600024</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>388</v>
+        <v>379</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I117" s="3">
-        <v>94202078520</v>
+        <v>43250009325</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>52414904400017</v>
+        <v>31988285800016</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>391</v>
+        <v>381</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>392</v>
+        <v>382</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>393</v>
+        <v>383</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>23</v>
+        <v>179</v>
       </c>
       <c r="I118" s="3">
-        <v>93840327684</v>
+        <v>11770002177</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>52447547200048</v>
+        <v>32193619700052</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="D119" s="2"/>
+        <v>384</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>384</v>
+      </c>
       <c r="E119" s="2" t="s">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>396</v>
+        <v>386</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>371</v>
+        <v>77</v>
       </c>
       <c r="I119" s="3">
-        <v>11930944793</v>
+        <v>98970008997</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>50765713800065</v>
+        <v>33794659400062</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>397</v>
+        <v>387</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>398</v>
+        <v>388</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I120" s="3"/>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>50821661100022</v>
+        <v>53482054300013</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="D121" s="2"/>
+        <v>390</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>391</v>
+      </c>
       <c r="E121" s="2" t="s">
-        <v>401</v>
+        <v>392</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>394</v>
+      </c>
+      <c r="I121" s="3"/>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>43450592100016</v>
+        <v>53510949000040</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="D122" s="2"/>
+        <v>395</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>396</v>
+      </c>
       <c r="E122" s="2" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>173</v>
+        <v>398</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I122" s="3">
-        <v>11753470975</v>
+        <v>82691181569</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>43809603400022</v>
+        <v>53746599900010</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I123" s="3">
-        <v>11930475093</v>
+        <v>93131413413</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>34835430900034</v>
+        <v>53803841500039</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>409</v>
-[...1 lines deleted...]
-      <c r="D124" s="2"/>
+        <v>402</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>403</v>
+      </c>
       <c r="E124" s="2" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>29</v>
+        <v>179</v>
       </c>
       <c r="I124" s="3">
-        <v>83630094963</v>
+        <v>72640326464</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>81000488700016</v>
+        <v>53860654200024</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>371</v>
-[...1 lines deleted...]
-      <c r="I125" s="3"/>
+        <v>185</v>
+      </c>
+      <c r="I125" s="3">
+        <v>42670563667</v>
+      </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>81039127600013</v>
+        <v>53912899100020</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>417</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I126" s="3"/>
+        <v>101</v>
+      </c>
+      <c r="I126" s="3">
+        <v>42670471267</v>
+      </c>
       <c r="J126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>75321677900029</v>
+        <v>53939708300020</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="D127" s="2"/>
+        <v>411</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>411</v>
+      </c>
       <c r="E127" s="2" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>371</v>
+        <v>28</v>
       </c>
       <c r="I127" s="3">
-        <v>41540325454</v>
+        <v>42670468267</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>75341548800026</v>
+        <v>75041825300019</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>423</v>
+        <v>415</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>425</v>
+        <v>417</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I128" s="3"/>
       <c r="J128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>75345334900049</v>
+        <v>75077279000010</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>295</v>
+        <v>419</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
       <c r="I129" s="3">
-        <v>53350915535</v>
+        <v>97970186397</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>75389809700021</v>
+        <v>75232482200028</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="I130" s="3"/>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>75401001500040</v>
+        <v>75321677900029</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="G131" s="2"/>
+        <v>426</v>
+      </c>
+      <c r="G131" s="2" t="s">
+        <v>60</v>
+      </c>
       <c r="H131" s="2" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="I131" s="3"/>
+        <v>185</v>
+      </c>
+      <c r="I131" s="3">
+        <v>41540325454</v>
+      </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>77534903800098</v>
+        <v>75341548800026</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I132" s="3"/>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>77572591400532</v>
+        <v>75345334900049</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>440</v>
+        <v>194</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>441</v>
+        <v>432</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>442</v>
+        <v>28</v>
       </c>
       <c r="I133" s="3">
-        <v>11921047592</v>
+        <v>53350915535</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>77695208700018</v>
+        <v>75389809700021</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>185</v>
+        <v>435</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I134" s="3">
-        <v>73310000731</v>
+        <v>93131500313</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>77890458100031</v>
+        <v>75401001500040</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>445</v>
+        <v>436</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>447</v>
+        <v>438</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>439</v>
+      </c>
+      <c r="I135" s="3"/>
       <c r="J135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>77947171300023</v>
+        <v>77534903800098</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>450</v>
-[...1 lines deleted...]
-      <c r="G136" s="2"/>
+        <v>442</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>443</v>
+      </c>
       <c r="H136" s="2" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="I136" s="3"/>
+        <v>167</v>
+      </c>
+      <c r="I136" s="3">
+        <v>24450294845</v>
+      </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>78235535800055</v>
+        <v>81474419900013</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>179</v>
+        <v>447</v>
       </c>
       <c r="I137" s="3">
-        <v>72330875333</v>
+        <v>44540345554</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>78235535800071</v>
+        <v>81537695900012</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>179</v>
       </c>
       <c r="I138" s="3">
-        <v>72330875333</v>
+        <v>91300388230</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>78235535800089</v>
+        <v>81740298500011</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>451</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>179</v>
+        <v>28</v>
       </c>
       <c r="I139" s="3">
-        <v>72330875333</v>
+        <v>52440763644</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>78235535800097</v>
+        <v>81814467700015</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="D140" s="2"/>
+        <v>454</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>455</v>
+      </c>
       <c r="E140" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="F140" s="2" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>179</v>
+        <v>46</v>
       </c>
       <c r="I140" s="3">
-        <v>72330875333</v>
+        <v>11788303178</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>78235535800105</v>
+        <v>81899603500015</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>179</v>
+        <v>28</v>
       </c>
       <c r="I141" s="3">
-        <v>72330875333</v>
+        <v>75640407164</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>78235535800113</v>
+        <v>82200289500016</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>179</v>
+        <v>28</v>
       </c>
       <c r="I142" s="3">
-        <v>72330875333</v>
+        <v>11940927794</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>78235535800121</v>
+        <v>82409268800145</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>451</v>
+        <v>464</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>179</v>
+        <v>28</v>
       </c>
       <c r="I143" s="3">
-        <v>72330875333</v>
+        <v>11930762893</v>
       </c>
       <c r="J143" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>78461739100015</v>
+        <v>82409268800160</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>185</v>
+        <v>466</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="I144" s="3">
-        <v>11750033775</v>
+        <v>11930762893</v>
       </c>
       <c r="J144" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>79018278600596</v>
+        <v>82409268800210</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="F145" s="2" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I145" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I145" s="3">
+        <v>11930762893</v>
+      </c>
       <c r="J145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>79061213900010</v>
+        <v>82409268800228</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>178</v>
+        <v>466</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>371</v>
+        <v>28</v>
       </c>
       <c r="I146" s="3">
-        <v>82010157901</v>
+        <v>11930762893</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>79093465700012</v>
+        <v>82421696400018</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
         <v>470</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
         <v>471</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>472</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I147" s="3">
-        <v>26210315221</v>
+        <v>93840381684</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
         <v>82422814201577</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>473</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>122</v>
+        <v>466</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I148" s="3">
         <v>11930743393</v>
       </c>
       <c r="J148" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M148" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
         <v>82436343600976</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>475</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>124</v>
+        <v>468</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>122</v>
+        <v>466</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I149" s="3">
         <v>11930762993</v>
       </c>
       <c r="J149" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
         <v>82785942200012</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>476</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I150" s="3">
         <v>44680272268</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M150" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
         <v>82793398700022</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>478</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
         <v>479</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>216</v>
+        <v>282</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I151" s="3">
         <v>28760579176</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M151" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
         <v>82851841500017</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>480</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>482</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>483</v>
       </c>
       <c r="H152" s="2" t="s">
-        <v>371</v>
+        <v>185</v>
       </c>
       <c r="I152" s="3">
         <v>24370365337</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
         <v>82851841500025</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>480</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
         <v>484</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>483</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I153" s="3">
         <v>24370365337</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M153" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
         <v>82903396800019</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>485</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>487</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I154" s="3">
         <v>75640417264</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
         <v>82950866200014</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>488</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>490</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I155" s="3">
         <v>76660207566</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M155" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
         <v>82950866200022</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>488</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
         <v>491</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>492</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>493</v>
       </c>
       <c r="H156" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I156" s="3">
         <v>76660207566</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
         <v>82950866200030</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>488</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
         <v>494</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>492</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I157" s="3">
         <v>76660207566</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M157" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
         <v>83327888000012</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>495</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
         <v>496</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>497</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I158" s="3"/>
       <c r="J158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
         <v>83409674500031</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
         <v>499</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I159" s="3">
         <v>11788376778</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
         <v>83409674500049</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>502</v>
       </c>
       <c r="H160" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I160" s="3">
         <v>11788376778</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
         <v>83409674500056</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
         <v>503</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I161" s="3">
         <v>11788376778</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M161" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
         <v>83409674500064</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
         <v>504</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I162" s="3">
         <v>11788376778</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M162" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
         <v>83409674500080</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
         <v>505</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I163" s="3">
         <v>11788376778</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M163" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
         <v>83409674500106</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
         <v>506</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I164" s="3">
         <v>11788376778</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M164" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
         <v>83409674500114</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
         <v>507</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I165" s="3">
         <v>11788376778</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
         <v>83409674500122</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
         <v>508</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I166" s="3">
         <v>11788376778</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
         <v>83409674500148</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I167" s="3">
         <v>11788376778</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M167" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
         <v>83409674500171</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
         <v>510</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I168" s="3">
         <v>11788376778</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M168" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
         <v>83409674500189</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
         <v>511</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I169" s="3">
         <v>11788376778</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
         <v>83409674500197</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
         <v>512</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>513</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I170" s="3">
         <v>11788376778</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M170" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
         <v>83409674500205</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
         <v>514</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>515</v>
       </c>
       <c r="H171" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I171" s="3">
         <v>11788376778</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
         <v>83409674500213</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D172" s="2" t="s">
         <v>498</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>516</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>517</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>94</v>
+        <v>179</v>
       </c>
       <c r="I172" s="3">
         <v>11788376778</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M172" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
         <v>83409674500239</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
         <v>518</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>519</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I173" s="3">
         <v>11788376778</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
         <v>83409674500247</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
         <v>520</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>521</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I174" s="3">
         <v>11788376778</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
         <v>83409674500254</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
         <v>522</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>523</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I175" s="3">
         <v>11788376778</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
         <v>83409674500320</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
         <v>524</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>515</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I176" s="3">
         <v>11788376778</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M176" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
         <v>83471406500028</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>525</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
         <v>526</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>527</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="I177" s="3">
         <v>93830701983</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M177" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
         <v>83765589300019</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>528</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>529</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>530</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>531</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I178" s="3">
         <v>32590954059</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M178" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
         <v>84017443700037</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>532</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
         <v>533</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>534</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I179" s="3">
         <v>11755760375</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M179" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
         <v>84289175600012</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>535</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
         <v>536</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>537</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I180" s="3">
         <v>84430346443</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
         <v>84302854900015</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C181" s="2" t="s">
         <v>538</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
         <v>539</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>216</v>
+        <v>282</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>540</v>
       </c>
       <c r="H181" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="I181" s="3"/>
       <c r="J181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
         <v>85208572900014</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>541</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
         <v>542</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>411</v>
+        <v>73</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>543</v>
       </c>
       <c r="H182" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I182" s="3">
         <v>84630510763</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
         <v>86650048100019</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
@@ -8943,347 +8943,347 @@
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
         <v>545</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>546</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
         <v>547</v>
       </c>
       <c r="I183" s="3">
         <v>53560549556</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M183" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
         <v>88070475400022</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>548</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
         <v>549</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>550</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I184" s="3">
         <v>32600442160</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M184" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
         <v>88082762100017</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>551</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
         <v>552</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>553</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I185" s="3">
         <v>52440903944</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M185" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
         <v>88208934500012</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
         <v>554</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
         <v>555</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>556</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>371</v>
+        <v>185</v>
       </c>
       <c r="I186" s="3">
         <v>76341066934</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M186" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
         <v>88871284100012</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>557</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
         <v>558</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>559</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I187" s="3">
         <v>32800208680</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M187" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
         <v>88952168800016</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>560</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
         <v>561</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>562</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I188" s="3">
         <v>84691780769</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M188" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
         <v>89970601400011</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>563</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>395</v>
+        <v>248</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>564</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I189" s="3">
         <v>11930884393</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M189" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
         <v>90386961800012</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>565</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>51</v>
+        <v>106</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>566</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="I190" s="3">
         <v>11922496392</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M190" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
         <v>94851225600025</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>567</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
         <v>568</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>569</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I191" s="3">
         <v>27210464021</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M191" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -9296,31 +9296,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 18:11:38</dc:description>
+  <dc:description>Export en date du 12/11/2025 09:28:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>