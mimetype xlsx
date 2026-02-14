--- v1 (2025-12-11)
+++ v2 (2026-02-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="570">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="573">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -130,956 +130,1259 @@
   <si>
     <t>CHAMBRE DE METIERS D'ALSACE</t>
   </si>
   <si>
     <t>ESPACE EUROPEEN ENTREPRISE 30 AVENUE DE L'EUROPE 67300 SCHILTIGHEIM</t>
   </si>
   <si>
     <t>17/11/1997</t>
   </si>
   <si>
     <t>4267P000267</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
   </si>
   <si>
     <t>SIEGE ANTENNE NORD</t>
   </si>
   <si>
     <t>42 RUE JEAN COCTEAU 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>BTP CFA POITOU CHARENTES</t>
+  </si>
+  <si>
+    <t>5 RUE DE CHANTEJEAU 86280 SAINT-BENOIT</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>APAVE ALSACIENNE SAS</t>
+  </si>
+  <si>
+    <t>2 RUE THIERS 68100 MULHOUSE</t>
+  </si>
+  <si>
+    <t>01/01/1968</t>
+  </si>
+  <si>
+    <t>68.20B</t>
+  </si>
+  <si>
+    <t>CENTRE REG FORMAT BATIM TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>57690 CREHANGE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION ET DE RECHERCHE DU BATIMENT BOURGOGNE FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>4 RUE DE FRANCHE-COMTE 25480 ECOLE-VALENTIN</t>
+  </si>
+  <si>
+    <t>01/12/1994</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION ET DE RECHERCHE DU BATIMENT ET DES TRAVAUX PUBLICS DU 77</t>
+  </si>
+  <si>
+    <t>45 RUE NOUVELLE 77190 DAMMARIE-LES-LYS</t>
+  </si>
+  <si>
+    <t>02/07/1973</t>
+  </si>
+  <si>
+    <t>SOCOTEC REUNION</t>
+  </si>
+  <si>
+    <t>LA MARE 33 RUE ANDRE LARDY 97438 SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>71.20B</t>
+  </si>
+  <si>
+    <t>RW AUVERGNE-LOIRE</t>
+  </si>
+  <si>
+    <t>18 RUE FRANCOIS TARAVANT 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>22/08/2016</t>
+  </si>
+  <si>
+    <t>ASS NORMANDE FORMATION ARTISANAT BATIMEN</t>
+  </si>
+  <si>
+    <t>CS 90209 1 IMPASSE INITIALIS 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>13/10/2008</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION DANS L'ARTISANAT DU BATIMENT</t>
+  </si>
+  <si>
+    <t>59 RUE DE SAINT-CYR 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>BUREAU ALPES CONTROLES</t>
+  </si>
+  <si>
+    <t>PAE LES GLAISINS 3 B IMP DES PRAIRIES 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>16/12/2013</t>
+  </si>
+  <si>
+    <t>SECILOG</t>
+  </si>
+  <si>
+    <t>PARC DU GRAND TROYES 5 RUE DE PRAGUE 10300 SAINTE-SAVINE</t>
+  </si>
+  <si>
+    <t>15/04/2009</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>ZA DE LA TANNERIE 4 RUE DE LA FORET 55170 ANCERVILLE</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>ROUTE DE LA POINTE BLANCHE 97500 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>21/12/1987</t>
+  </si>
+  <si>
+    <t>05973155297</t>
+  </si>
+  <si>
+    <t>ASS FORMATION BATIMENT POUR LA LORRAINE</t>
+  </si>
+  <si>
+    <t>ZA NANCY PORTE SUD 2 ALLEE DES TILLEULS 54180 HEILLECOURT</t>
+  </si>
+  <si>
+    <t>02/10/2013</t>
+  </si>
+  <si>
+    <t>AUDIT CONSEIL FORMATION (ACF)</t>
+  </si>
+  <si>
+    <t>7 RUE DU BOIS 92600 ASNIERES-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>10/11/2017</t>
+  </si>
+  <si>
+    <t>64.20Z</t>
+  </si>
+  <si>
+    <t>E.B.T.P.</t>
+  </si>
+  <si>
+    <t>E.B.T.P. - EXPERTISE BATIMENT ET TRAITEMENT DE SES</t>
+  </si>
+  <si>
+    <t>11 RUE CLEMENT ADER 31140 AUCAMVILLE</t>
+  </si>
+  <si>
+    <t>01/06/1996</t>
+  </si>
+  <si>
+    <t>ONET TECHNOLOGIES TI</t>
+  </si>
+  <si>
+    <t>ONET TECHNOLOGIES TI CANY</t>
+  </si>
+  <si>
+    <t>ZI DE SASSEVILLE 76450 CANY-BARVILLE</t>
+  </si>
+  <si>
+    <t>14/01/1994</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>ONET TECHNOLOGIES TI FORMATION</t>
+  </si>
+  <si>
+    <t>ZA LA PLAINE DES VAUX 6 A IMPASSE PIERRE LATECOERE 37500 CHINON</t>
+  </si>
+  <si>
+    <t>31/03/2010</t>
+  </si>
+  <si>
+    <t>APAVE PARISIENNE SAS</t>
+  </si>
+  <si>
+    <t>6 RUE DU GENERAL AUDRAN 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>FRC TECHNIQUE</t>
+  </si>
+  <si>
+    <t>4 AVENUE DE LA LIBERATION 60160 MONTATAIRE</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>CONSEIL &amp; FORMATION AMIANTE GRAND OUEST</t>
+  </si>
+  <si>
+    <t>ALLEE DES ALIZES 44380 PORNICHET</t>
+  </si>
+  <si>
+    <t>20/01/2020</t>
+  </si>
+  <si>
+    <t>IMBERT GAELLE FORMATION</t>
+  </si>
+  <si>
+    <t>IG FORMATION</t>
+  </si>
+  <si>
+    <t>ZAE CAHORS SUD 46230 FONTANES</t>
+  </si>
+  <si>
+    <t>19/07/2010</t>
+  </si>
+  <si>
+    <t>AFORTECH</t>
+  </si>
+  <si>
+    <t>10 RUE DU DEBARCADERE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>AFNOR COMPETENCES</t>
+  </si>
+  <si>
+    <t>11 RUE FRANCIS DE PRESSENSE 93210 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>04/12/2001</t>
+  </si>
+  <si>
+    <t>GO ! FORMATIONS BRETAGNE</t>
+  </si>
+  <si>
+    <t>FORMATION BOUQUINET</t>
+  </si>
+  <si>
+    <t>50 RUE DU MANOIR DE SERVIGNE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>30/09/2015</t>
+  </si>
+  <si>
+    <t>VINCI - POLE FORMATION</t>
+  </si>
+  <si>
+    <t>191 RUE GALLIENI 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>APAVE EXPLOITATION FRANCE</t>
+  </si>
+  <si>
+    <t>28/09/2021</t>
+  </si>
+  <si>
+    <t>KAIROS FORMATION</t>
+  </si>
+  <si>
+    <t>573 AVENUE DE L'HERMITAGE 30200 BAGNOLS-SUR-CEZE</t>
+  </si>
+  <si>
+    <t>21/12/2015</t>
+  </si>
+  <si>
+    <t>NANTES COORDINATION SECURITE - NCS</t>
+  </si>
+  <si>
+    <t>ZAC DE LA LORIE 14 RUE JAN PALACH 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>03/12/2015</t>
+  </si>
+  <si>
+    <t>S&amp;F CONSULTING</t>
+  </si>
+  <si>
+    <t>S&amp;F</t>
+  </si>
+  <si>
+    <t>30 B RUE DU VIEIL ABREUVOIR 78100 SAINT-GERMAIN-EN-LAYE</t>
+  </si>
+  <si>
+    <t>01/02/2016</t>
+  </si>
+  <si>
+    <t>ACTION PREVENTION DES RISQUES PROFESSIONNELS</t>
+  </si>
+  <si>
+    <t>131 AV IRENE ET F JOLIOT CURIE 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>01/12/2018</t>
+  </si>
+  <si>
+    <t>AMIANTE ET FORMATION</t>
+  </si>
+  <si>
+    <t>CFA NORD</t>
+  </si>
+  <si>
+    <t>ZI DES SIX MARIANNES RUE DES ENTREPRENEURS 59124 ESCAUDAIN</t>
+  </si>
+  <si>
+    <t>15/02/2018</t>
+  </si>
+  <si>
+    <t>23-25-(23   25) 23 RUE DU DEPOT 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>16/12/2019</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE LES ESTACHES 62730 LES ATTAQUES</t>
+  </si>
+  <si>
+    <t>02/01/2023</t>
+  </si>
+  <si>
+    <t>FOR' EXPERT CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>10 AVENUE DE FONTCOUVERTE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/10/2009</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FORMATION POUR L INSERTION</t>
+  </si>
+  <si>
+    <t>152 RUE HENRI BERTHAUD 42153 RIORGES</t>
+  </si>
+  <si>
+    <t>01/02/2017</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION ET DE RECHERCHE DU BATIMENT ET DES TRAVAUX PUBLICS HAUTE LOIRE</t>
+  </si>
+  <si>
+    <t>17 COURS VICTOR HUGO 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>07/07/2011</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QUALICONSULT </t>
+  </si>
+  <si>
+    <t>BATIMENT E 1 B RUE DU PETIT-CLAMART 78140 VELIZY-VILLACOUBLAY</t>
+  </si>
+  <si>
+    <t>11/03/2004</t>
+  </si>
+  <si>
+    <t>ALTITUDE FORMATION</t>
+  </si>
+  <si>
+    <t>ZA LES PRAIRIES 38290 FRONTONAS</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>IFRB POITOU CHARENTES</t>
+  </si>
+  <si>
+    <t>26 RUE SALVADOR ALLENDE 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>04/07/1996</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>KOALYS</t>
+  </si>
+  <si>
+    <t>DIAGAMTER</t>
+  </si>
+  <si>
+    <t>BATIMENT B RUE DE LA SOIE 94310 ORLY</t>
+  </si>
+  <si>
+    <t>02/12/2019</t>
+  </si>
+  <si>
+    <t>31/03/2023</t>
+  </si>
+  <si>
+    <t>46 ROUTE DE NARBONNE 31320 AUZEVILLE-TOLOSANE</t>
+  </si>
+  <si>
+    <t>01/04/2020</t>
+  </si>
+  <si>
+    <t>F P S G FORMATION PREVENTION SECURITE GENERALE EN ABREGE FIDUCIAL SECURITE</t>
+  </si>
+  <si>
+    <t>41 RUE DU CAPITAINE GUYNEMER 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>01/10/2015</t>
+  </si>
+  <si>
+    <t>4 AVENUE DOCTEUR SCHWEITZER 69330 MEYZIEU</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>NORRAC</t>
+  </si>
+  <si>
+    <t>LA VERDIERE 1 22 RUE GUSTAVE EIFFEL 13880 VELAUX</t>
+  </si>
+  <si>
+    <t>01/04/2014</t>
+  </si>
+  <si>
+    <t>151 IMPASSE DE LA BALME 69800 SAINT-PRIEST</t>
+  </si>
+  <si>
+    <t>01/02/2018</t>
+  </si>
+  <si>
+    <t>ZI CAP SUD 45 RUE DES SAUZES 63170 AUBIERE</t>
+  </si>
+  <si>
+    <t>15/09/2018</t>
+  </si>
+  <si>
+    <t>APAVE NORD-OUEST SAS</t>
+  </si>
+  <si>
+    <t>340 AVENUE DE LA MARNE 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>EURODELTA</t>
+  </si>
+  <si>
+    <t>HAM DE REAUTE ZA DE LA BEL 13 RUE VINCENT VAN GOGH 76290 MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>01/04/2005</t>
+  </si>
+  <si>
+    <t>CIEFAS</t>
+  </si>
+  <si>
+    <t>LES GOUTTES 69510 RONTALON</t>
+  </si>
+  <si>
+    <t>20/10/1999</t>
+  </si>
+  <si>
+    <t>SOGELINK</t>
+  </si>
+  <si>
+    <t>131 CHEMIN DU BAC A TRAILLE 69300 CALUIRE-ET-CUIRE</t>
+  </si>
+  <si>
+    <t>01/06/2005</t>
+  </si>
+  <si>
+    <t>63.12Z</t>
+  </si>
+  <si>
+    <t>DEKRA INDUSTRIAL</t>
+  </si>
+  <si>
+    <t>ZI MAGRE 19 RUE STUART MILL 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/10/2000</t>
+  </si>
+  <si>
+    <t>LE MILLENAIRE 725 RUE LOUIS LEPINE 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>5 RUE ALFRED KASTLER 67540 OSTWALD</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DE CONDUCTEURS REGION AUVERGNE VIGIER</t>
+  </si>
+  <si>
+    <t>5 RUE DU PAVIN 63360 GERZAT</t>
+  </si>
+  <si>
+    <t>09/03/2006</t>
+  </si>
+  <si>
+    <t>85.53Z</t>
+  </si>
+  <si>
+    <t>GROUPE FORCES</t>
+  </si>
+  <si>
+    <t>4 RUE ROBERT SCHUMAN 25410 SAINT-VIT</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>AC ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>64 RUE CLEMENT ADER 42153 RIORGES</t>
+  </si>
+  <si>
+    <t>01/12/2014</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROF BATI TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>94 RUE DE LYON 71000 MACON</t>
+  </si>
+  <si>
+    <t>18/06/1996</t>
+  </si>
+  <si>
+    <t>ALP'EXPERT</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE SOLARIS 667 RUE ARISTIDE BERGES 38330 MONTBONNOT-SAINT-MARTIN</t>
+  </si>
+  <si>
+    <t>01/07/2004</t>
+  </si>
+  <si>
+    <t>ASE 30</t>
+  </si>
+  <si>
+    <t>ASE FORMATION + ALLIANCE SUD EXPERTISE</t>
+  </si>
+  <si>
+    <t>ZONE EURO 2000 5 AVENUE DE LA DAME 30132 CAISSARGUES</t>
+  </si>
+  <si>
+    <t>01/02/2012</t>
+  </si>
+  <si>
+    <t>GMSBTP</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE 912 6 RUE DE MOLINA 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>02/01/2012</t>
+  </si>
+  <si>
+    <t>VIVALIANS</t>
+  </si>
+  <si>
+    <t>ZAC DES BEAUX SOLEILS 9 CHAUSSEE JULES CESAR 95520 OSNY</t>
+  </si>
+  <si>
+    <t>C.N.F.P</t>
+  </si>
+  <si>
+    <t>14-16-TOUR ESSOR 20E 14 RUE SCANDICCI 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>HELFY</t>
+  </si>
+  <si>
+    <t>ZA BRIQUETERIE 6 IMPASSE DU BOIS DE LA GRANGE 33610 CANEJAN</t>
+  </si>
+  <si>
+    <t>29/06/2012</t>
+  </si>
+  <si>
+    <t>1 RUE AIME DUBOST 62670 MAZINGARBE</t>
+  </si>
+  <si>
+    <t>15/11/2014</t>
+  </si>
+  <si>
+    <t>20/12/2024</t>
+  </si>
+  <si>
+    <t>INST.DEVELOP. COMPETENCES PROF.IDC PRO</t>
+  </si>
+  <si>
+    <t>ZA LE LIBRAIRE 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
+  </si>
+  <si>
+    <t>COGEIRISK</t>
+  </si>
+  <si>
+    <t>BAT A LES GALERIES DE HOUELBOURG RUE FERDINAND FOREST 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>06/12/2019</t>
+  </si>
+  <si>
+    <t>ATSI RHONE ALPES</t>
+  </si>
+  <si>
+    <t>ZAC DE CHESNES OUEST 99 BOUCLE DE LA RAMEE 38070 SAINT-QUENTIN-FALLAVIER</t>
+  </si>
+  <si>
+    <t>28/08/2013</t>
+  </si>
+  <si>
+    <t>SONELO</t>
+  </si>
+  <si>
+    <t>ZAC DES MOULINS DE CAPIGNARD 2 RUE TRAVERSIERE 78580 LES ALLUETS-LE-ROI</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>ALYENCE</t>
+  </si>
+  <si>
+    <t>ZI LE CHANAY II 8 RUE JOSEPH CUGNOT 69720 SAINT-BONNET-DE-MURE</t>
+  </si>
+  <si>
+    <t>01/06/2010</t>
+  </si>
+  <si>
+    <t>CONCEPT SECURITE FORMATION</t>
+  </si>
+  <si>
+    <t>28 A RUE LAMARTINE 13700 MARIGNANE</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>FORMA 2E</t>
+  </si>
+  <si>
+    <t>25 AVENUE DU GENERAL GALLIENI 93250 VILLEMOMBLE</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
     <t>ATEK-CONSEIL</t>
   </si>
   <si>
     <t>PARC D ACTIVITES D ESLETTES 76710 ESLETTES</t>
   </si>
   <si>
     <t>01/11/2020</t>
   </si>
   <si>
     <t>220 RTE NATIONALE 62113 VERQUIGNEUL</t>
   </si>
   <si>
     <t>01/06/2020</t>
   </si>
   <si>
-    <t>HELFY</t>
-[...59 lines deleted...]
-    <t>13/10/2008</t>
+    <t>AMAXTEO</t>
+  </si>
+  <si>
+    <t>A.J. FORMATION</t>
+  </si>
+  <si>
+    <t>ZAC TECHNOPOLE BREST IROISE 80 RUE JOHANNES KEPLER 29200 BREST</t>
+  </si>
+  <si>
+    <t>07/01/2008</t>
+  </si>
+  <si>
+    <t>CHATEAU ROUQUEY NORD 6 RUE THALES 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/05/2014</t>
+  </si>
+  <si>
+    <t>ACTI EST 44 ROUTE DE CORBAS 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>14/11/2019</t>
+  </si>
+  <si>
+    <t>11/12/2023</t>
+  </si>
+  <si>
+    <t>HP FORMATION</t>
+  </si>
+  <si>
+    <t>EUROPE PARC ZONE ARTISANALE LES 2 B CHEMIN DU DERONTET 01360 BELIGNEUX</t>
+  </si>
+  <si>
+    <t>10/12/2008</t>
+  </si>
+  <si>
+    <t>33.20C</t>
+  </si>
+  <si>
+    <t>CREFAB HN</t>
+  </si>
+  <si>
+    <t>67 RUE PIERRE TAL-COAT 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>22/11/2007</t>
+  </si>
+  <si>
+    <t>SMARTLOG</t>
+  </si>
+  <si>
+    <t>SMARTLOG / DIALOGIS / MANUTEO / SUP</t>
+  </si>
+  <si>
+    <t>44 RUE DE LA PAIX 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>22/09/2017</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>ASSOCIATION AFBTP 63</t>
+  </si>
+  <si>
+    <t>21 AVENUE MARX DORMOY 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>27/10/2007</t>
+  </si>
+  <si>
+    <t>06/07/2023</t>
+  </si>
+  <si>
+    <t>ATIBAT (ACQUISITION TRANSMISSION INGENIERIE DU BATIMENT)</t>
+  </si>
+  <si>
+    <t>ZA LA BROSSE RUE DU TERTRE 35520 LA CHAPELLE-DES-FOUGERETZ</t>
+  </si>
+  <si>
+    <t>23/09/2013</t>
+  </si>
+  <si>
+    <t>05/04/2024</t>
+  </si>
+  <si>
+    <t>FORMATION DIAGNOSTIC TECHNIQUE IMMOBILIER</t>
+  </si>
+  <si>
+    <t>9 RUE ROBERT SCHUMAN 34430 SAINT-JEAN-DE-VEDAS</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>AFCE FORMATION</t>
+  </si>
+  <si>
+    <t>101 B RUE DES 80 FUSILLES 62590 OIGNIES</t>
+  </si>
+  <si>
+    <t>31/10/2011</t>
+  </si>
+  <si>
+    <t>12/12/2023</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>TEMIS CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>2-4 RUE COLONEL CHAMBONNET 69500 BRON</t>
+  </si>
+  <si>
+    <t>27/11/2013</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>ACERFS FORMATION</t>
+  </si>
+  <si>
+    <t>ROUTE NATIONALE 113 30670 AIGUES-VIVES</t>
+  </si>
+  <si>
+    <t>04/01/2016</t>
+  </si>
+  <si>
+    <t>130 ROUTE DE SAINT-GERVAIS 30200 BAGNOLS-SUR-CEZE</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>ODE FORMATION</t>
+  </si>
+  <si>
+    <t>87 B RUE DE PARIS 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>BTP CFA OCCITANIE</t>
+  </si>
+  <si>
+    <t>BTP CFA OCCITANIE - CAMPUS DE PERPIGNAN</t>
+  </si>
+  <si>
+    <t>TECNOSUD 205 RUE FELIX TROMBE 66100 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>APAVE SUDEUROPE SAS</t>
+  </si>
+  <si>
+    <t>ZAC SAUMATY SEON 8 RUE JEAN JACQUES VERNAZZA 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>30/07/2010</t>
+  </si>
+  <si>
+    <t>ARNIAUD CONSULT'EAM</t>
+  </si>
+  <si>
+    <t>CENTRE AFF OPTIMUM ZAC MILLONNE 2 RTE DE LA SEYNE 83140 SIX FOURS LES PLAGES</t>
+  </si>
+  <si>
+    <t>08/04/2013</t>
+  </si>
+  <si>
+    <t>ACTIV'EXPERTISE</t>
+  </si>
+  <si>
+    <t>1 PLACE ALEXANDRE FARNESE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>12/07/2010</t>
+  </si>
+  <si>
+    <t>BUREAU PREVENTICAS</t>
+  </si>
+  <si>
+    <t>22 AVENUE DE LA DIVISION LECLERC 93000 BOBIGNY</t>
+  </si>
+  <si>
+    <t>01/11/2015</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>APAVE</t>
+  </si>
+  <si>
+    <t>10/12/2020</t>
+  </si>
+  <si>
+    <t>CONSEIL ET FORMATION AMIANTE</t>
+  </si>
+  <si>
+    <t>13 RUE RAOUL SERVANT 69007 LYON</t>
+  </si>
+  <si>
+    <t>02/01/2011</t>
+  </si>
+  <si>
+    <t>CEFASC ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>CITE DE L HABITAT RUE DE THANN 68460 LUTTERBACH</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>ODI FORMATION</t>
+  </si>
+  <si>
+    <t>QUEYREAU OUEST 89 AVENUE DU FRONSADAIS 33126 SAINT-MICHEL-DE-FRONSAC</t>
+  </si>
+  <si>
+    <t>01/12/2017</t>
+  </si>
+  <si>
+    <t>CABINET D'ANALYSE ET D'EXPERTISE EN SECURITE, AUDIT EN REGLEMENTATION</t>
+  </si>
+  <si>
+    <t>CAESAR</t>
+  </si>
+  <si>
+    <t>15 RUE TROVALET 97480 SAINT-JOSEPH</t>
+  </si>
+  <si>
+    <t>08/09/2011</t>
+  </si>
+  <si>
+    <t>80.10Z</t>
+  </si>
+  <si>
+    <t>PARO</t>
+  </si>
+  <si>
+    <t>KAPI CONSEILS ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>132 AVENUE DE L'INDUSTRIE 69140 RILLIEUX-LA-PAPE</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>AXSENS</t>
+  </si>
+  <si>
+    <t>LE GALLION AVENUE PASTEUR 13330 PELISSANNE</t>
+  </si>
+  <si>
+    <t>10/10/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ETCHEBERRY ALAIN   </t>
+  </si>
+  <si>
+    <t>ETCHE FORMATION</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN MONNET 64130 CHERAUTE</t>
+  </si>
+  <si>
+    <t>23/10/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CALPHY ERIC   </t>
+  </si>
+  <si>
+    <t>8 CHEMIN DES AULNES 67120 DORLISHEIM</t>
+  </si>
+  <si>
+    <t>26/12/2014</t>
+  </si>
+  <si>
+    <t>GREENTIPS</t>
+  </si>
+  <si>
+    <t>91 B 91 B ROUTE DES ROMAINS 67200 STRASBOURG</t>
+  </si>
+  <si>
+    <t>STRAFORMATION</t>
+  </si>
+  <si>
+    <t>21 RUE D'OSLO 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>28/02/2018</t>
+  </si>
+  <si>
+    <t>FORMAMIANTE</t>
+  </si>
+  <si>
+    <t>130 - 136 / BATIMENT G 130 AVENUE JOSEPH KESSEL 78960 VOISINS-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>21/03/2012</t>
+  </si>
+  <si>
+    <t>30/05/2024</t>
+  </si>
+  <si>
+    <t>GIB ING EXPERTISE</t>
+  </si>
+  <si>
+    <t>ZONE DE LA LAUGIER 7 VOIE ISOLE NORBERT 97215 RIVIERE-SALEE</t>
+  </si>
+  <si>
+    <t>04/05/2012</t>
+  </si>
+  <si>
+    <t>AGENCE REGIONALE PREVENCOOS</t>
+  </si>
+  <si>
+    <t>8 LOT HOUELBOURG SUR MER 97122 BAIE MAHAULT</t>
+  </si>
+  <si>
+    <t>VB PREVENTION</t>
+  </si>
+  <si>
+    <t>63 RUE FRANCOIS RICHARD 54300 LUNEVILLE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>AREIA FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZA DE LA BAUDRIERE RTE DU NEUBOURG 27520 GRAND BOURGTHEROULDE</t>
+  </si>
+  <si>
+    <t>23/06/2015</t>
+  </si>
+  <si>
+    <t>15/07/2024</t>
+  </si>
+  <si>
+    <t>B 2 B FORMATION</t>
+  </si>
+  <si>
+    <t>11/06/2016</t>
+  </si>
+  <si>
+    <t>ATSI PACA</t>
+  </si>
+  <si>
+    <t>8 AVENUE DE LA MOUTE 13220 CHATEAUNEUF-LES-MARTIGUES</t>
+  </si>
+  <si>
+    <t>17/11/2014</t>
+  </si>
+  <si>
+    <t>BATI CONSEIL &amp; FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE HENRI BECQUEREL 49070 BEAUCOUZE</t>
+  </si>
+  <si>
+    <t>05/12/2019</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>BTP CFA CENTRE</t>
+  </si>
+  <si>
+    <t>50 RUE MARCEL PAUL 45770 SARAN</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>25/06/2024</t>
+  </si>
+  <si>
+    <t>ORGANISATION PROFESSIONNELLE DE LA PREVENTION DANS LE BATIMENT ET TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>45 AVENUE LECLERC 69007 LYON</t>
+  </si>
+  <si>
+    <t>28/01/2011</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>ASS ANC ELEVES CONDUCTEURS TRAVAUX</t>
+  </si>
+  <si>
+    <t>RTE DE LABEGE B.P 40 33 5 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>UGA-UNION GROUPEMENTS ARTISANAUX</t>
+  </si>
+  <si>
+    <t>12 RUE DES METIERS 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
+    <t>FEDERATION BATIMENT TRAVAUX PUBLICS DROME ARDECHE</t>
+  </si>
+  <si>
+    <t>57 AVENUE DE LAUTAGNE 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>01/10/1995</t>
+  </si>
+  <si>
+    <t>BTP CFA NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>CFA DU BTP AVENUE LEON BLUM 64000 PAU</t>
+  </si>
+  <si>
+    <t>05/01/2004</t>
+  </si>
+  <si>
+    <t>2 A 4 2 RUE J B PERES 47000 AGEN</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>BP 15 AVENUE DU PORT DU ROY 33290 BLANQUEFORT</t>
+  </si>
+  <si>
+    <t>5 RUE DU 19 MARS 1962 40110 MORCENX-LA-NOUVELLE</t>
+  </si>
+  <si>
+    <t>1 RUE DU 5E REGIMENT DE CHASSEURS 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>LES BUREAUX DU LAC I 4 AVENUE DE CHAVAILLES 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>16/05/2011</t>
+  </si>
+  <si>
+    <t>BP 1182 86 ALLEE DU MOULIN RABAUD 87100 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>AFORMABA</t>
+  </si>
+  <si>
+    <t>9 RUE SAINT-LAMBERT 75015 PARIS</t>
+  </si>
+  <si>
+    <t>BUREAU VERITAS CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>RUE DU BOIS JOLI 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>CT CONSEILS</t>
+  </si>
+  <si>
+    <t>966 ROUTE DE MARBOZ 01440 VIRIAT</t>
+  </si>
+  <si>
+    <t>C2P FORMATIONS</t>
+  </si>
+  <si>
+    <t>4 RUE DES PONNIERES 21121 FONTAINE-LES-DIJON</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>OPTIMUS FAC</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE GOELAND BAT F AVENUE MARECHAL JUIN 20090 AJACCIO</t>
+  </si>
+  <si>
+    <t>01/04/2013</t>
+  </si>
+  <si>
+    <t>25/01/2024</t>
   </si>
   <si>
     <t>IFRB ILE DE FRANCE (YVELINES -ESSONNE- VAL D'OISE)</t>
   </si>
   <si>
     <t>23 RUE CHARLES DE GAULLE 78560 LE PORT-MARLY</t>
   </si>
   <si>
-    <t>02/10/2013</t>
-[...820 lines deleted...]
-  <si>
     <t>CERTI CONSULT</t>
   </si>
   <si>
     <t>58 RUE DES PYRENEES 64510 ANGAIS</t>
   </si>
   <si>
     <t>01/01/2014</t>
   </si>
   <si>
     <t xml:space="preserve">RUIZ JOSE   </t>
   </si>
   <si>
     <t>1 RUE NEUVE 67720 WEYERSHEIM</t>
   </si>
   <si>
     <t>20/01/2014</t>
   </si>
   <si>
     <t>NEO PREV</t>
   </si>
   <si>
     <t>7 RUE DE SOPHIA-ANTIPOLIS 14200 HEROUVILLE-SAINT-CLAIR</t>
   </si>
   <si>
     <t>01/02/2019</t>
@@ -1129,311 +1432,62 @@
   <si>
     <t>ALEO EVOLUTION</t>
   </si>
   <si>
     <t>13 RUE DE LA RABOTIERE 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>14/03/2018</t>
   </si>
   <si>
     <t>09/08/2024</t>
   </si>
   <si>
     <t>GO ! FORM'ACTION ALSACE</t>
   </si>
   <si>
     <t>GO ! FORM'ACTION 67 SUD</t>
   </si>
   <si>
     <t>51 RUE DU GENERAL LECLERC 67210 OBERNAI</t>
   </si>
   <si>
     <t>19/06/2015</t>
   </si>
   <si>
-    <t>BTP CFA POITOU CHARENTES</t>
-[...217 lines deleted...]
-  <si>
     <t>AMIANTE &amp; CO</t>
   </si>
   <si>
     <t>25 RUE MARIE MARVINGT 54200 TOUL</t>
   </si>
   <si>
     <t>21/10/2015</t>
   </si>
   <si>
     <t>77.39Z</t>
   </si>
   <si>
-    <t>KAIROS FORMATION</t>
-[...28 lines deleted...]
-  <si>
     <t>MENDIKO FORMATION</t>
   </si>
   <si>
     <t>ZI DE SAINT ETIENNE CHEMIN DE CAZENAVE 64100 BAYONNE</t>
   </si>
   <si>
     <t>04/03/2016</t>
   </si>
   <si>
     <t>INSTITUT FRANCAIS DE FORMATION EN COMMUNICATION ET MANAGEMENT ASSOCIATION</t>
   </si>
   <si>
     <t>PARC DACTIVITE LEONARD DE VINCI BAT F 152 RUE DE PARIS 94190 VILLENEUVE-SAINT-GEORGES</t>
   </si>
   <si>
     <t>04/07/2016</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>PLN PLAINE DE PERI 20167 SARROLA-CARCOPINO</t>
   </si>
   <si>
     <t>01/01/2017</t>
@@ -1591,174 +1645,129 @@
   <si>
     <t>04/07/2018</t>
   </si>
   <si>
     <t>IMMEUBLE TAISSOUNIERES 1681 ROUTE DES DOLINES 06560 VALBONNE</t>
   </si>
   <si>
     <t>01/03/2019</t>
   </si>
   <si>
     <t>PARC TECHNOLOGIE ORLEANS CHARBONNIERE 3 RUE DE ROCHEFORT 45800 SAINT-JEAN-DE-BRAYE</t>
   </si>
   <si>
     <t>01/11/2021</t>
   </si>
   <si>
     <t>4-6 4 RUE DES ORMES 59810 LESQUIN</t>
   </si>
   <si>
     <t>01/08/2022</t>
   </si>
   <si>
     <t>ZA DU ROUCAGNIER 503 RUE DU ROUCAGNIER 34400 LUNEL-VIEL</t>
   </si>
   <si>
-    <t>ACTION PREVENTION DES RISQUES PROFESSIONNELS</t>
-[...19 lines deleted...]
-  <si>
     <t>EMBARGO</t>
   </si>
   <si>
     <t>33 RUE DE LA REPUBLIQUE 69002 LYON</t>
   </si>
   <si>
     <t>08/04/2019</t>
   </si>
   <si>
     <t>LOIRE-HAUTE LOIRE-FORMATIONS</t>
   </si>
   <si>
     <t>ZI CHAVANON 43120 MONISTROL-SUR-LOIRE</t>
   </si>
   <si>
     <t>20/09/2018</t>
   </si>
   <si>
     <t>DIAGNOSTIC CONCEPT</t>
   </si>
   <si>
     <t>RITONDU 20290 PRUNELLI-DI-CASACCONI</t>
   </si>
   <si>
     <t>09/04/2024</t>
   </si>
   <si>
     <t>FORMATIONS ET CONSEILS</t>
   </si>
   <si>
     <t>11 RUE CARNOT 63300 THIERS</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>SOC TRANSPORTS MANUTENTION TRAVAUX PUBLI</t>
   </si>
   <si>
     <t>8 AVENUE DE KERGROISE 56100 LORIENT</t>
   </si>
   <si>
     <t>01/01/1966</t>
   </si>
   <si>
     <t>49.41C</t>
   </si>
   <si>
-    <t>FRC TECHNIQUE</t>
-[...16 lines deleted...]
-  <si>
     <t>HEXA'SAFE</t>
   </si>
   <si>
     <t>150 ROUTE DE GALARGUES 34160 CAMPAGNE</t>
   </si>
   <si>
     <t>18/02/2020</t>
   </si>
   <si>
     <t>PROFORMA</t>
   </si>
   <si>
     <t>13 RUE NOBEL 80110 BERTEAUCOURT-LES-THENNES</t>
   </si>
   <si>
     <t>04/09/2020</t>
   </si>
   <si>
     <t>AMIANTE ET PLOMB FORMATION</t>
   </si>
   <si>
     <t>1 ALLEE DE LA COMBE 69380 LISSIEU</t>
   </si>
   <si>
     <t>01/10/2020</t>
   </si>
   <si>
     <t>SCHOOLAMIANTE</t>
   </si>
   <si>
     <t>26/04/2021</t>
-  </si>
-[...4 lines deleted...]
-    <t>28/09/2021</t>
   </si>
   <si>
     <t>SOCNA CAMPUS</t>
   </si>
   <si>
     <t>8 AVENUE ALBERT BICHOT 21200 BEAUNE</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2106,51 +2115,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M191"/>
+  <dimension ref="A1:M193"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2359,6930 +2368,6980 @@
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="3">
         <v>98970229897</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>49873366600065</v>
+        <v>30107533900053</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I7" s="3"/>
+        <v>41</v>
+      </c>
+      <c r="I7" s="3">
+        <v>54860131786</v>
+      </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>49873366600073</v>
+        <v>30157044600015</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>45265362900025</v>
+        <v>30233143400019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="I9" s="3">
-        <v>31620182862</v>
+        <v>41570297757</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>45265362900033</v>
+        <v>31519092600024</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="I10" s="3">
-        <v>31620182862</v>
+        <v>43250009325</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>45398962600032</v>
+        <v>31988285800016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="I11" s="3">
-        <v>72240122924</v>
+        <v>11770002177</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>39882957200062</v>
+        <v>32193619700052</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D12" s="2"/>
+        <v>56</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="I12" s="3">
-        <v>82420103742</v>
+        <v>98970008997</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>39936482700028</v>
+        <v>33794659400062</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>33931030200023</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I14" s="3">
         <v>25140034514</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>79900043500013</v>
+        <v>34835430900034</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="3">
-        <v>11788238178</v>
+        <v>83630094963</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77572591400532</v>
+        <v>35181269800667</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="I16" s="3">
-        <v>11921047592</v>
+        <v>82740069374</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>34835430900034</v>
+        <v>37874468400044</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="I17" s="3">
-        <v>83630094963</v>
+        <v>21510047251</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>35181269800667</v>
+        <v>37874468400069</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="I18" s="3">
-        <v>82740069374</v>
+        <v>21510047251</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>37874468400044</v>
+        <v>38275478600012</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>21510047251</v>
+        <v>28</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>81</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>37874468400069</v>
+        <v>38310141700038</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="I20" s="3">
-        <v>21510047251</v>
+        <v>41540130754</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>38275478600012</v>
+        <v>38357223700030</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>88</v>
+      </c>
+      <c r="I21" s="3">
+        <v>11755367675</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>38310141700038</v>
+        <v>38372394700032</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+        <v>89</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>90</v>
+      </c>
       <c r="E22" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I22" s="3">
-        <v>41540130754</v>
+        <v>73310281231</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>38357223700030</v>
+        <v>38803510700027</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="I23" s="3">
-        <v>11755367675</v>
+        <v>24130153537</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>38372394700032</v>
+        <v>38803510700290</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I24" s="3">
-        <v>73310281231</v>
+        <v>24130153537</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>38803510700027</v>
+        <v>39316827300299</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>38803510700290</v>
+        <v>88070475400022</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I26" s="3">
-        <v>24130153537</v>
+        <v>32600442160</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>39316827300299</v>
+        <v>88082762100017</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="I27" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I27" s="3">
+        <v>52440903944</v>
+      </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>43299378000043</v>
+        <v>49035455200021</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>110</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>111</v>
+      </c>
       <c r="E28" s="2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>112</v>
+        <v>28</v>
       </c>
       <c r="I28" s="3">
-        <v>82691224369</v>
+        <v>73460032046</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>43325083400010</v>
+        <v>43450592100016</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="I29" s="3">
-        <v>74870001787</v>
+        <v>11753470975</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>43325083400473</v>
+        <v>43809603400022</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="I30" s="3">
-        <v>74870001787</v>
+        <v>11930475093</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>43325083400861</v>
+        <v>79446286100020</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D31" s="2"/>
+        <v>120</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>121</v>
+      </c>
       <c r="E31" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>77</v>
+        <v>49</v>
       </c>
       <c r="I31" s="3">
-        <v>74870001787</v>
+        <v>53350979935</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>43450592100016</v>
+        <v>79500017300018</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I32" s="3">
-        <v>11753470975</v>
+        <v>11922030892</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>43809603400022</v>
+        <v>90386961800012</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>123</v>
+        <v>102</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="I33" s="3">
-        <v>11930475093</v>
+        <v>11922496392</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>43870754900020</v>
+        <v>81537695900012</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>128</v>
+        <v>49</v>
       </c>
       <c r="I34" s="3">
-        <v>83630352763</v>
+        <v>91300388230</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>43994596500135</v>
+        <v>81740298500011</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I35" s="3">
-        <v>26710163471</v>
+        <v>52440763644</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>44135591400298</v>
+        <v>81814467700015</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="D36" s="2"/>
+        <v>135</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>136</v>
+      </c>
       <c r="E36" s="2" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="I36" s="3"/>
+        <v>75</v>
+      </c>
+      <c r="I36" s="3">
+        <v>11788303178</v>
+      </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>44458533500011</v>
+        <v>83471406500028</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="I37" s="3">
-        <v>26710090071</v>
+        <v>93830701983</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>44749061600029</v>
+        <v>83765589300019</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>142</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>143</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="I38" s="3">
-        <v>84380642938</v>
+        <v>32590954059</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>44781273600026</v>
+        <v>83765589300027</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="D39" s="2" t="s">
         <v>142</v>
       </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="I39" s="3">
-        <v>91300304330</v>
+        <v>32590954059</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>44895614400035</v>
+        <v>83765589300035</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="D40" s="2"/>
+        <v>142</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>143</v>
+      </c>
       <c r="E40" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I40" s="3">
-        <v>84420329542</v>
+        <v>32590954059</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>45010303100123</v>
+        <v>51521078900019</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="I41" s="3">
-        <v>11910546891</v>
+        <v>93840313984</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>45205707800027</v>
+        <v>39882957200062</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>153</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I42" s="3"/>
+      <c r="I42" s="3">
+        <v>82420103742</v>
+      </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>77695208700018</v>
+        <v>39936482700028</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="G43" s="2"/>
+        <v>159</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>160</v>
+      </c>
       <c r="H43" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I43" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I43" s="3"/>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>77890458100031</v>
+        <v>40144985500535</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="I44" s="3"/>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>77947171300023</v>
+        <v>40961703200134</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I45" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I45" s="3">
+        <v>82380424038</v>
+      </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>78235535800055</v>
+        <v>41094013400019</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="I46" s="3">
-        <v>72330875333</v>
+        <v>54860063186</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>78235535800071</v>
+        <v>41100783400061</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D47" s="2"/>
+        <v>171</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>172</v>
+      </c>
       <c r="E47" s="2" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="G47" s="2"/>
+        <v>174</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>175</v>
+      </c>
       <c r="H47" s="2" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>78235535800089</v>
+        <v>41100783400079</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D48" s="2"/>
+        <v>171</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>172</v>
+      </c>
       <c r="E48" s="2" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>167</v>
+        <v>59</v>
       </c>
       <c r="I48" s="3">
-        <v>72330875333</v>
+        <v>73310310231</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>78235535800097</v>
+        <v>41391229600048</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>164</v>
+        <v>178</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>167</v>
+        <v>28</v>
       </c>
       <c r="I49" s="3">
-        <v>72330875333</v>
+        <v>11921004292</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>78235535800105</v>
+        <v>41391229600055</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>164</v>
+        <v>178</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>167</v>
+        <v>28</v>
       </c>
       <c r="I50" s="3">
-        <v>72330875333</v>
+        <v>11921004292</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>78235535800113</v>
+        <v>41752978100078</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>167</v>
+        <v>28</v>
       </c>
       <c r="I51" s="3">
-        <v>72330875333</v>
+        <v>93131307313</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>78235535800121</v>
+        <v>41752978100094</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D52" s="2"/>
+        <v>183</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="E52" s="2" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>167</v>
+        <v>28</v>
       </c>
       <c r="I52" s="3">
-        <v>72330875333</v>
+        <v>93131307313</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>78461739100015</v>
+        <v>41752978100102</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>157</v>
+        <v>189</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>179</v>
+        <v>28</v>
       </c>
       <c r="I53" s="3">
-        <v>11750033775</v>
+        <v>93131307313</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>79018278600596</v>
+        <v>41967142500751</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>181</v>
+        <v>191</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>79061213900010</v>
+        <v>42198997100047</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>150</v>
+        <v>195</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>185</v>
+        <v>28</v>
       </c>
       <c r="I55" s="3">
-        <v>82010157901</v>
+        <v>23760299576</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>79093465700012</v>
+        <v>42482068600014</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="G56" s="2"/>
+        <v>198</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>149</v>
+      </c>
       <c r="H56" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>79254089000011</v>
+        <v>43299378000043</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>28</v>
+        <v>202</v>
       </c>
       <c r="I57" s="3">
-        <v>94202078520</v>
+        <v>82691224369</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>79446286100020</v>
+        <v>43325083400010</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>179</v>
+        <v>59</v>
       </c>
       <c r="I58" s="3">
-        <v>53350979935</v>
+        <v>74870001787</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>79500017300018</v>
+        <v>43325083400473</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>198</v>
+        <v>116</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="I59" s="3">
-        <v>11922030892</v>
+        <v>74870001787</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>40144985500535</v>
+        <v>43325083400861</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="I60" s="3"/>
+        <v>59</v>
+      </c>
+      <c r="I60" s="3">
+        <v>74870001787</v>
+      </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>40961703200134</v>
+        <v>43870754900020</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>28</v>
+        <v>212</v>
       </c>
       <c r="I61" s="3">
-        <v>82380424038</v>
+        <v>83630352763</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>41094013400019</v>
+        <v>43994596500135</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>208</v>
+        <v>28</v>
       </c>
       <c r="I62" s="3">
-        <v>54860063186</v>
+        <v>26710163471</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>41100783400061</v>
+        <v>44135591400298</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>41100783400079</v>
+        <v>44458533500011</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="I64" s="3">
-        <v>73310310231</v>
+        <v>26710090071</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>41391229600048</v>
+        <v>44749061600029</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="I65" s="3">
-        <v>11921004292</v>
+        <v>84380642938</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>41391229600055</v>
+        <v>44781273600026</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="D66" s="2"/>
+        <v>225</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>226</v>
+      </c>
       <c r="E66" s="2" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="I66" s="3">
-        <v>11921004292</v>
+        <v>91300304330</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>41752978100078</v>
+        <v>44895614400035</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I67" s="3">
-        <v>93131307313</v>
+        <v>84420329542</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>41752978100094</v>
+        <v>45010303100123</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>221</v>
-[...3 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>225</v>
+        <v>40</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I68" s="3">
-        <v>93131307313</v>
+        <v>11910546891</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>41752978100102</v>
+        <v>45205707800027</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="G69" s="2"/>
+        <v>236</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="H69" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I69" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>41967142500751</v>
+        <v>45265362900025</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="D70" s="2"/>
+        <v>238</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>238</v>
+      </c>
       <c r="E70" s="2" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="I70" s="3"/>
+        <v>75</v>
+      </c>
+      <c r="I70" s="3">
+        <v>31620182862</v>
+      </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>42198997100047</v>
+        <v>45265362900033</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="D71" s="2"/>
+        <v>238</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>238</v>
+      </c>
       <c r="E71" s="2" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="G71" s="2"/>
+        <v>242</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>243</v>
+      </c>
       <c r="H71" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="I71" s="3"/>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>42482068600014</v>
+        <v>45398962600032</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="I72" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I72" s="3">
+        <v>72240122924</v>
+      </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>51872092500032</v>
+        <v>45406921200057</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="I73" s="3"/>
+        <v>59</v>
+      </c>
+      <c r="I73" s="3">
+        <v>95970136197</v>
+      </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>51963136000038</v>
+        <v>48183466100037</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I74" s="3">
-        <v>93830410283</v>
+        <v>82380446638</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>52414904400017</v>
+        <v>49343210800022</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="I75" s="3">
-        <v>93840327684</v>
+        <v>11788113178</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>52447547200048</v>
+        <v>49380313400029</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>185</v>
+        <v>28</v>
       </c>
       <c r="I76" s="3">
-        <v>11930944793</v>
+        <v>82690945969</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>52757314100043</v>
+        <v>49438399500045</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>106</v>
+        <v>260</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="I77" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I77" s="3">
+        <v>93131298213</v>
+      </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>52916958300018</v>
+        <v>49472733200038</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I78" s="3"/>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>53046715800016</v>
+        <v>49873366600065</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I79" s="3"/>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>53104406300042</v>
+        <v>49873366600073</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I80" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I80" s="3"/>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>45406921200057</v>
+        <v>50148508000011</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D81" s="2"/>
+        <v>270</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>271</v>
+      </c>
       <c r="E81" s="2" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="I81" s="3">
-        <v>95970136197</v>
+        <v>93132166713</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>48183466100037</v>
+        <v>50148508000045</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>265</v>
+        <v>274</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I82" s="3">
-        <v>82380446638</v>
+        <v>93132166713</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>49035455200021</v>
+        <v>50148508000060</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="G83" s="2"/>
+        <v>277</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>278</v>
+      </c>
       <c r="H83" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I83" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I83" s="3"/>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>49343210800022</v>
+        <v>50153038000028</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>28</v>
+        <v>282</v>
       </c>
       <c r="I84" s="3">
-        <v>11788113178</v>
+        <v>82010117601</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>49380313400029</v>
+        <v>50198586500010</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>28</v>
+        <v>170</v>
       </c>
       <c r="I85" s="3">
-        <v>82690945969</v>
+        <v>23270148027</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>49438399500045</v>
+        <v>50227266900065</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="D86" s="2"/>
+        <v>286</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>287</v>
+      </c>
       <c r="E86" s="2" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="G86" s="2"/>
+        <v>289</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>290</v>
+      </c>
       <c r="H86" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I86" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I86" s="3"/>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>49472733200038</v>
+        <v>50239698900019</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>281</v>
+        <v>292</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="G87" s="2"/>
+        <v>293</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>294</v>
+      </c>
       <c r="H87" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I87" s="3"/>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>50148508000011</v>
+        <v>50346383800022</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>285</v>
+        <v>296</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="G88" s="2"/>
+        <v>297</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>298</v>
+      </c>
       <c r="H88" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="I88" s="3"/>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>50148508000045</v>
+        <v>50765713800065</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>283</v>
+        <v>299</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="G89" s="2"/>
+        <v>301</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="H89" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I89" s="3"/>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>50148508000060</v>
+        <v>50821661100022</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>47</v>
+        <v>156</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>283</v>
+        <v>302</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>289</v>
+        <v>303</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I90" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I90" s="3"/>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>50153038000028</v>
+        <v>50921839200025</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="D91" s="2"/>
+        <v>306</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>307</v>
+      </c>
       <c r="E91" s="2" t="s">
-        <v>293</v>
+        <v>308</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>294</v>
+        <v>255</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>295</v>
+        <v>28</v>
       </c>
       <c r="I91" s="3">
-        <v>82010117601</v>
+        <v>98970335697</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>50198586500010</v>
+        <v>51060280800022</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>298</v>
-[...1 lines deleted...]
-      <c r="G92" s="2"/>
+        <v>311</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>312</v>
+      </c>
       <c r="H92" s="2" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I92" s="3"/>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>50227266900065</v>
+        <v>51140404800031</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I93" s="3">
-        <v>52530059453</v>
+        <v>91300292530</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>50239698900019</v>
+        <v>51140404800049</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>305</v>
+        <v>316</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>306</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I94" s="3"/>
+      <c r="I94" s="3">
+        <v>91300292530</v>
+      </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>50346383800022</v>
+        <v>51454169700025</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="I95" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I95" s="3">
+        <v>11930695093</v>
+      </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>50765713800065</v>
+        <v>51472700700031</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="D96" s="2"/>
+        <v>321</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>322</v>
+      </c>
       <c r="E96" s="2" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>314</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>179</v>
+        <v>28</v>
       </c>
       <c r="I96" s="3">
-        <v>76341074934</v>
+        <v>91340684734</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>50821661100022</v>
+        <v>51872092500032</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="I97" s="3"/>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>50921839200025</v>
+        <v>51963136000038</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>319</v>
-[...3 lines deleted...]
-      </c>
+        <v>327</v>
+      </c>
+      <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>273</v>
+        <v>329</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I98" s="3">
-        <v>98970335697</v>
+        <v>93830410283</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>51060280800022</v>
+        <v>52414904400017</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I99" s="3"/>
+        <v>75</v>
+      </c>
+      <c r="I99" s="3">
+        <v>93840327684</v>
+      </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>51140404800031</v>
+        <v>52447547200048</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>28</v>
+        <v>336</v>
       </c>
       <c r="I100" s="3">
-        <v>91300292530</v>
+        <v>11930944793</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>51140404800049</v>
+        <v>52757314100043</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>326</v>
+        <v>337</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>329</v>
+        <v>102</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="I101" s="3"/>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>51454169700025</v>
+        <v>52916958300018</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="I102" s="3">
-        <v>11930695093</v>
+        <v>82691145969</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>51472700700031</v>
+        <v>53046715800016</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>334</v>
-[...3 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>273</v>
+        <v>344</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="I103" s="3">
-        <v>91340684734</v>
+        <v>42680209068</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>51521078900019</v>
+        <v>53104406300042</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="I104" s="3">
-        <v>93840313984</v>
+        <v>72330832633</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>79979485400015</v>
+        <v>53482054300013</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="D105" s="2"/>
+        <v>348</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>349</v>
+      </c>
       <c r="E105" s="2" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="I105" s="3"/>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>79980412500018</v>
+        <v>53510949000040</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="D106" s="2"/>
+        <v>353</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>354</v>
+      </c>
       <c r="E106" s="2" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="I106" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I106" s="3">
+        <v>82691181569</v>
+      </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>80072965900022</v>
+        <v>53746599900010</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>348</v>
+        <v>359</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I107" s="3">
-        <v>25140272414</v>
+        <v>93131413413</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>80910743600028</v>
+        <v>53803841500039</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="D108" s="2"/>
+        <v>360</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>361</v>
+      </c>
       <c r="E108" s="2" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="I108" s="3">
-        <v>82420276542</v>
+        <v>72640326464</v>
       </c>
       <c r="J108" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>81000488700016</v>
+        <v>53860654200024</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="I109" s="3"/>
+        <v>336</v>
+      </c>
+      <c r="I109" s="3">
+        <v>42670563667</v>
+      </c>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>81039127600013</v>
+        <v>53912899100020</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>357</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I110" s="3"/>
+        <v>97</v>
+      </c>
+      <c r="I110" s="3">
+        <v>42670471267</v>
+      </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>81193823200014</v>
+        <v>53939708300020</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="D111" s="2"/>
+        <v>369</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>369</v>
+      </c>
       <c r="E111" s="2" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>361</v>
-[...3 lines deleted...]
-      </c>
+        <v>371</v>
+      </c>
+      <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I111" s="3">
-        <v>82691421469</v>
+        <v>42670468267</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>81322220500029</v>
+        <v>75041825300019</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>47</v>
+        <v>156</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>179</v>
+        <v>28</v>
       </c>
       <c r="I112" s="3"/>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>81333401800013</v>
+        <v>75077279000010</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="I113" s="3">
-        <v>42670565767</v>
+        <v>97970186397</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>30107533900053</v>
+        <v>75232482200028</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="I114" s="3"/>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>30157044600015</v>
+        <v>75321677900029</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="G115" s="2"/>
+        <v>383</v>
+      </c>
+      <c r="G115" s="2" t="s">
+        <v>160</v>
+      </c>
       <c r="H115" s="2" t="s">
-        <v>108</v>
+        <v>336</v>
       </c>
       <c r="I115" s="3"/>
       <c r="J115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>30233143400019</v>
+        <v>75341548800026</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="G116" s="2"/>
+        <v>386</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>387</v>
+      </c>
       <c r="H116" s="2" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I116" s="3"/>
       <c r="J116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>31519092600024</v>
+        <v>75345334900049</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>379</v>
+        <v>122</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I117" s="3">
-        <v>43250009325</v>
+        <v>53350915535</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>31988285800016</v>
+        <v>75389809700021</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>179</v>
+        <v>28</v>
       </c>
       <c r="I118" s="3">
-        <v>11770002177</v>
+        <v>93131500313</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>32193619700052</v>
+        <v>75401001500040</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="I119" s="3"/>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>33794659400062</v>
+        <v>77534903800098</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="G120" s="2"/>
+        <v>399</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>400</v>
+      </c>
       <c r="H120" s="2" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="I120" s="3"/>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>53482054300013</v>
+        <v>77572591400532</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>390</v>
-[...3 lines deleted...]
-      </c>
+        <v>401</v>
+      </c>
+      <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="I121" s="3"/>
+        <v>404</v>
+      </c>
+      <c r="I121" s="3">
+        <v>11921047592</v>
+      </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>53510949000040</v>
+        <v>77695208700018</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>395</v>
-[...3 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>398</v>
+        <v>48</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I122" s="3">
-        <v>82691181569</v>
+        <v>73310000731</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>53746599900010</v>
+        <v>77890458100031</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="I123" s="3">
-        <v>93131413413</v>
+        <v>42680024068</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>53803841500039</v>
+        <v>77947171300023</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I124" s="3"/>
       <c r="J124" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>53860654200024</v>
+        <v>78235535800055</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>185</v>
+        <v>41</v>
       </c>
       <c r="I125" s="3">
-        <v>42670563667</v>
+        <v>72330875333</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>53912899100020</v>
+        <v>78235535800071</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>223</v>
+        <v>417</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>101</v>
+        <v>41</v>
       </c>
       <c r="I126" s="3">
-        <v>42670471267</v>
+        <v>72330875333</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>53939708300020</v>
+        <v>78235535800089</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>411</v>
-[...3 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="I127" s="3">
-        <v>42670468267</v>
+        <v>72330875333</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>75041825300019</v>
+        <v>78235535800097</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="G128" s="2" t="s">
         <v>417</v>
       </c>
+      <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I128" s="3"/>
+        <v>41</v>
+      </c>
+      <c r="I128" s="3">
+        <v>72330875333</v>
+      </c>
       <c r="J128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>75077279000010</v>
+        <v>78235535800105</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>101</v>
+        <v>41</v>
       </c>
       <c r="I129" s="3">
-        <v>97970186397</v>
+        <v>72330875333</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>75232482200028</v>
+        <v>78235535800113</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="D130" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="E130" s="2" t="s">
         <v>421</v>
       </c>
-      <c r="D130" s="2"/>
-      <c r="E130" s="2" t="s">
+      <c r="F130" s="2" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="I130" s="3"/>
+        <v>41</v>
+      </c>
+      <c r="I130" s="3">
+        <v>72330875333</v>
+      </c>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>75321677900029</v>
+        <v>78235535800121</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>424</v>
+        <v>413</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>426</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>185</v>
+        <v>41</v>
       </c>
       <c r="I131" s="3">
-        <v>41540325454</v>
+        <v>72330875333</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>75341548800026</v>
+        <v>78461739100015</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>429</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I132" s="3"/>
+        <v>49</v>
+      </c>
+      <c r="I132" s="3">
+        <v>11750033775</v>
+      </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>75345334900049</v>
+        <v>79018278600596</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>194</v>
+        <v>428</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="I133" s="3"/>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>75389809700021</v>
+        <v>79061213900010</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>435</v>
+        <v>40</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>28</v>
+        <v>336</v>
       </c>
       <c r="I134" s="3">
-        <v>93131500313</v>
+        <v>82010157901</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>75401001500040</v>
+        <v>79093465700012</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="I135" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I135" s="3">
+        <v>26210315221</v>
+      </c>
       <c r="J135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>77534903800098</v>
+        <v>79254089000011</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>47</v>
+        <v>156</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="G136" s="2" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I136" s="3"/>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>81474419900013</v>
+        <v>79900043500013</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>446</v>
+        <v>84</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>447</v>
+        <v>28</v>
       </c>
       <c r="I137" s="3">
-        <v>44540345554</v>
+        <v>11788238178</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>81537695900012</v>
+        <v>79979485400015</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>448</v>
+        <v>441</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>179</v>
+        <v>75</v>
       </c>
       <c r="I138" s="3">
-        <v>91300388230</v>
+        <v>72640362464</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>81740298500011</v>
+        <v>79980412500018</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="G139" s="2"/>
+        <v>446</v>
+      </c>
+      <c r="G139" s="2" t="s">
+        <v>312</v>
+      </c>
       <c r="H139" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I139" s="3"/>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>81814467700015</v>
+        <v>80072965900022</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>454</v>
-[...3 lines deleted...]
-      </c>
+        <v>447</v>
+      </c>
+      <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="I140" s="3">
-        <v>11788303178</v>
+        <v>25140272414</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>81899603500015</v>
+        <v>80910743600028</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I141" s="3">
-        <v>75640407164</v>
+        <v>82420276542</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>82200289500016</v>
+        <v>81000488700016</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="I142" s="3"/>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>82409268800145</v>
+        <v>81039127600013</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>466</v>
-[...1 lines deleted...]
-      <c r="G143" s="2"/>
+        <v>458</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>459</v>
+      </c>
       <c r="H143" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I143" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I143" s="3"/>
       <c r="J143" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>82409268800160</v>
+        <v>81193823200014</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>466</v>
-[...1 lines deleted...]
-      <c r="G144" s="2"/>
+        <v>462</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>463</v>
+      </c>
       <c r="H144" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I144" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I144" s="3"/>
       <c r="J144" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>82409268800210</v>
+        <v>81322220500029</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>464</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>466</v>
       </c>
-      <c r="G145" s="2"/>
+      <c r="G145" s="2" t="s">
+        <v>467</v>
+      </c>
       <c r="H145" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I145" s="3"/>
       <c r="J145" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>82409268800228</v>
+        <v>81333401800013</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="D146" s="2"/>
+        <v>468</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>469</v>
+      </c>
       <c r="E146" s="2" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>28</v>
+        <v>212</v>
       </c>
       <c r="I146" s="3">
-        <v>11930762893</v>
+        <v>42670565767</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>82421696400018</v>
+        <v>81474419900013</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>28</v>
+        <v>475</v>
       </c>
       <c r="I147" s="3">
-        <v>93840381684</v>
+        <v>44540345554</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>82422814201577</v>
+        <v>81899603500015</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I148" s="3">
-        <v>11930743393</v>
+        <v>75640407164</v>
       </c>
       <c r="J148" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>82436343600976</v>
+        <v>82200289500016</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I149" s="3">
-        <v>11930762993</v>
+        <v>11940927794</v>
       </c>
       <c r="J149" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>82785942200012</v>
+        <v>82409268800145</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>56</v>
+        <v>484</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I150" s="3">
-        <v>44680272268</v>
+        <v>11930762893</v>
       </c>
       <c r="J150" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>82793398700022</v>
+        <v>82409268800160</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>282</v>
+        <v>484</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I151" s="3">
-        <v>28760579176</v>
+        <v>11930762893</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>82851841500017</v>
+        <v>82409268800210</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>482</v>
-[...3 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>185</v>
+        <v>28</v>
       </c>
       <c r="I152" s="3">
-        <v>24370365337</v>
+        <v>11930762893</v>
       </c>
       <c r="J152" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>82851841500025</v>
+        <v>82409268800228</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="F153" s="2" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I153" s="3">
-        <v>24370365337</v>
+        <v>11930762893</v>
       </c>
       <c r="J153" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>82903396800019</v>
+        <v>82421696400018</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I154" s="3">
-        <v>75640417264</v>
+        <v>93840381684</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>82950866200014</v>
+        <v>82422814201577</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I155" s="3">
-        <v>76660207566</v>
+        <v>11930743393</v>
       </c>
       <c r="J155" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>82950866200022</v>
+        <v>82436343600976</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>492</v>
-[...3 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I156" s="3">
-        <v>76660207566</v>
+        <v>11930762993</v>
       </c>
       <c r="J156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>82950866200030</v>
+        <v>82785942200012</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>492</v>
+        <v>155</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I157" s="3">
-        <v>76660207566</v>
+        <v>44680272268</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>83327888000012</v>
+        <v>82793398700022</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>497</v>
+        <v>264</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I158" s="3"/>
+      <c r="I158" s="3">
+        <v>28760579176</v>
+      </c>
       <c r="J158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>83409674500031</v>
+        <v>82851841500017</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
         <v>499</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>500</v>
       </c>
-      <c r="G159" s="2"/>
+      <c r="G159" s="2" t="s">
+        <v>501</v>
+      </c>
       <c r="H159" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="I159" s="3"/>
       <c r="J159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>83409674500049</v>
+        <v>82851841500025</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="F160" s="2" t="s">
         <v>501</v>
       </c>
-      <c r="F160" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I160" s="3">
-        <v>11788376778</v>
+        <v>24370365337</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>83409674500056</v>
+        <v>82903396800019</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I161" s="3">
-        <v>11788376778</v>
+        <v>75640417264</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>83409674500064</v>
+        <v>82950866200014</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I162" s="3">
-        <v>11788376778</v>
+        <v>76660207566</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>83409674500080</v>
+        <v>82950866200022</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>500</v>
-[...1 lines deleted...]
-      <c r="G163" s="2"/>
+        <v>510</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>511</v>
+      </c>
       <c r="H163" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I163" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I163" s="3"/>
       <c r="J163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M163" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>83409674500106</v>
+        <v>82950866200030</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I164" s="3">
-        <v>11788376778</v>
+        <v>76660207566</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>83409674500114</v>
+        <v>83327888000012</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>498</v>
+        <v>513</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>500</v>
+        <v>515</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I165" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I165" s="3"/>
       <c r="J165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>83409674500122</v>
+        <v>83409674500031</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>500</v>
+        <v>518</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I166" s="3">
         <v>11788376778</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>83409674500148</v>
+        <v>83409674500049</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>500</v>
-[...1 lines deleted...]
-      <c r="G167" s="2"/>
+        <v>518</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>520</v>
+      </c>
       <c r="H167" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I167" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I167" s="3"/>
       <c r="J167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M167" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>83409674500171</v>
+        <v>83409674500056</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>510</v>
+        <v>521</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>500</v>
+        <v>518</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I168" s="3">
         <v>11788376778</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>83409674500189</v>
+        <v>83409674500064</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>511</v>
+        <v>522</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>500</v>
+        <v>518</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I169" s="3">
         <v>11788376778</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>83409674500197</v>
+        <v>83409674500080</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>512</v>
+        <v>523</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I170" s="3">
         <v>11788376778</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>83409674500205</v>
+        <v>83409674500106</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>500</v>
-[...3 lines deleted...]
-      </c>
+        <v>518</v>
+      </c>
+      <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I171" s="3">
         <v>11788376778</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M171" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>83409674500213</v>
+        <v>83409674500114</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>498</v>
-[...3 lines deleted...]
-      </c>
+        <v>516</v>
+      </c>
+      <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>179</v>
+        <v>28</v>
       </c>
       <c r="I172" s="3">
         <v>11788376778</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>83409674500239</v>
+        <v>83409674500122</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="F173" s="2" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I173" s="3">
         <v>11788376778</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>83409674500247</v>
+        <v>83409674500148</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I174" s="3">
         <v>11788376778</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>83409674500254</v>
+        <v>83409674500171</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I175" s="3">
         <v>11788376778</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>83409674500320</v>
+        <v>83409674500189</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I176" s="3">
         <v>11788376778</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>83471406500028</v>
+        <v>83409674500197</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="I177" s="3">
-        <v>93830701983</v>
+        <v>11788376778</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>83765589300019</v>
+        <v>83409674500205</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>528</v>
-[...3 lines deleted...]
-      </c>
+        <v>516</v>
+      </c>
+      <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="G178" s="2"/>
+        <v>518</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>533</v>
+      </c>
       <c r="H178" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I178" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I178" s="3"/>
       <c r="J178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M178" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>84017443700037</v>
+        <v>83409674500213</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>532</v>
-[...1 lines deleted...]
-      <c r="D179" s="2"/>
+        <v>516</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>516</v>
+      </c>
       <c r="E179" s="2" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="I179" s="3">
-        <v>11755760375</v>
+        <v>11788376778</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>84289175600012</v>
+        <v>83409674500239</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>535</v>
+        <v>516</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
         <v>536</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>537</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I180" s="3">
-        <v>84430346443</v>
+        <v>11788376778</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M180" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>84302854900015</v>
+        <v>83409674500247</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>538</v>
+        <v>516</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="F181" s="2" t="s">
         <v>539</v>
       </c>
-      <c r="F181" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="I181" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I181" s="3">
+        <v>11788376778</v>
+      </c>
       <c r="J181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M181" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>85208572900014</v>
+        <v>83409674500254</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>541</v>
+        <v>516</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>541</v>
+      </c>
+      <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I182" s="3">
-        <v>84630510763</v>
+        <v>11788376778</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M182" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>86650048100019</v>
+        <v>83409674500320</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>544</v>
+        <v>516</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>546</v>
+        <v>533</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>547</v>
+        <v>28</v>
       </c>
       <c r="I183" s="3">
-        <v>53560549556</v>
+        <v>11788376778</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M183" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>88070475400022</v>
+        <v>84017443700037</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I184" s="3">
-        <v>32600442160</v>
+        <v>11755760375</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>88082762100017</v>
+        <v>84289175600012</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I185" s="3">
-        <v>52440903944</v>
+        <v>84430346443</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M185" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>88208934500012</v>
+        <v>84302854900015</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>556</v>
-[...1 lines deleted...]
-      <c r="G186" s="2"/>
+        <v>264</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>551</v>
+      </c>
       <c r="H186" s="2" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="I186" s="3"/>
       <c r="J186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M186" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>88871284100012</v>
+        <v>85208572900014</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>559</v>
-[...1 lines deleted...]
-      <c r="G187" s="2"/>
+        <v>68</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>554</v>
+      </c>
       <c r="H187" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I187" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I187" s="3"/>
       <c r="J187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M187" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>88952168800016</v>
+        <v>86650048100019</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>28</v>
+        <v>558</v>
       </c>
       <c r="I188" s="3">
-        <v>84691780769</v>
+        <v>53560549556</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M188" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>89970601400011</v>
+        <v>88208934500012</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>248</v>
+        <v>560</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>28</v>
+        <v>336</v>
       </c>
       <c r="I189" s="3">
-        <v>11930884393</v>
+        <v>76341066934</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M189" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>90386961800012</v>
+        <v>88871284100012</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>106</v>
+        <v>563</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="I190" s="3">
-        <v>11922496392</v>
+        <v>32800208680</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>94851225600025</v>
+        <v>88952168800016</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I191" s="3">
+        <v>84691780769</v>
+      </c>
+      <c r="J191" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K191" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L191" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M191" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13">
+      <c r="A192" s="1">
+        <v>89970601400011</v>
+      </c>
+      <c r="B192" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C192" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="D192" s="2"/>
+      <c r="E192" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="G192" s="2"/>
+      <c r="H192" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="I192" s="3">
+        <v>11930884393</v>
+      </c>
+      <c r="J192" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K192" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L192" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M192" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13">
+      <c r="A193" s="1">
+        <v>94851225600025</v>
+      </c>
+      <c r="B193" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C193" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="D193" s="2"/>
+      <c r="E193" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="F193" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="G193" s="2"/>
+      <c r="H193" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="I193" s="3">
         <v>27210464021</v>
       </c>
-      <c r="J191" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M191" s="2" t="s">
+      <c r="J193" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K193" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L193" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M193" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -9296,31 +9355,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/11/2025 09:28:30</dc:description>
+  <dc:description>Export en date du 02/14/2026 08:13:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>