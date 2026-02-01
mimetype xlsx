--- v0 (2025-12-11)
+++ v1 (2026-02-01)
@@ -73,102 +73,102 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t xml:space="preserve">GUIDEZ SEBASTIEN CLAUDE DANIEL </t>
   </si>
   <si>
     <t>326 RUE VERTE 59141 THUN-L'EVEQUE</t>
   </si>
   <si>
     <t>18/03/2015</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>GROUPE YDYLE</t>
+  </si>
+  <si>
+    <t>19 RUE DU DOME 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>04/09/2018</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>VILLEPARISIS</t>
+  </si>
+  <si>
+    <t>21/10/2022</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>VOYELLE</t>
+  </si>
+  <si>
+    <t>11 AVENUE DES PEUPLIERS 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>28/10/2016</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
     <t>WEB ASSOCIATION BERGERAC</t>
   </si>
   <si>
     <t>35 RUE FONBALQUINE 24100 BERGERAC</t>
   </si>
   <si>
     <t>18/07/2016</t>
   </si>
   <si>
     <t>82.99Z</t>
-  </si>
-[...40 lines deleted...]
-    <t>62.01Z</t>
   </si>
   <si>
     <t>AUVERGNE-RHONE-ALPES TOURISME</t>
   </si>
   <si>
     <t>11 B QUAI PERRACHE 69002 LYON</t>
   </si>
   <si>
     <t>18/02/2019</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>SKILLS4ALL</t>
   </si>
   <si>
     <t>54-56 54 AVENUE HOCHE 75008 PARIS</t>
   </si>
   <si>
     <t>24/06/2019</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
@@ -763,190 +763,190 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>32590934059</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>81290071000029</v>
+        <v>52833849400024</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>75240181224</v>
+        <v>11755469875</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>52833849400024</v>
+        <v>53042719400028</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>11755469875</v>
+        <v>11950747495</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>53042719400028</v>
+        <v>75245848900040</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D5" s="2" t="s">
         <v>29</v>
       </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>11950747495</v>
+        <v>53350924035</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>75245848900040</v>
+        <v>81290071000029</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="3">
-        <v>53350924035</v>
+        <v>75240181224</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>82443386600046</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
@@ -1232,125 +1232,125 @@
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>88153281600017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="I15" s="3">
         <v>76310988431</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>88334770000014</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="I16" s="3">
         <v>11922340692</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="I17" s="3">
         <v>11756106075</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>89250203000018</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C18" s="2" t="s">
@@ -1491,31 +1491,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/11/2025 01:55:23</dc:description>
+  <dc:description>Export en date du 02/01/2026 11:48:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>