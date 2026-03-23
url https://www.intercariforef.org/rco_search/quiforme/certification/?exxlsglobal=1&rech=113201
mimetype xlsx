--- v1 (2026-02-01)
+++ v2 (2026-03-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -209,53 +209,50 @@
     <t>Fermé</t>
   </si>
   <si>
     <t>VOLTEE</t>
   </si>
   <si>
     <t>38 ALLEE DU TERLON 31850 MONTRABE</t>
   </si>
   <si>
     <t>27/05/2021</t>
   </si>
   <si>
     <t>30/06/2023</t>
   </si>
   <si>
     <t>BEFORMA</t>
   </si>
   <si>
     <t>COURS DE L'USINE LA MARE 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>16/07/2019</t>
   </si>
   <si>
     <t>15/02/2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>04973207097</t>
   </si>
   <si>
     <t>SENZA</t>
   </si>
   <si>
     <t>48 RUE CLAUDE BALBASTRE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>05/12/2019</t>
   </si>
   <si>
     <t>RN FORMATION</t>
   </si>
   <si>
     <t>3 CHEMIN DES ARNIS 31130 BALMA</t>
   </si>
   <si>
     <t>21/01/2020</t>
   </si>
   <si>
     <t>WEBMYDAY</t>
   </si>
   <si>
     <t>11 RUE DE LA PORTE JAUNE 92380 GARCHES</t>
   </si>
@@ -1121,345 +1118,339 @@
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>85180338700022</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>60</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="I12" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>85222156300020</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>64</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="I13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>88024436300011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I14" s="3">
         <v>76341057734</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>88153281600017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="3">
         <v>76310988431</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>88334770000014</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I16" s="3">
         <v>11922340692</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I17" s="3">
         <v>11756106075</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>89250203000018</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="F18" s="2" t="s">
+      <c r="G18" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>89273375900021</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I19" s="3">
         <v>75331295833</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>90272350100018</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I20" s="3">
         <v>93131931013</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1491,31 +1482,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 11:48:26</dc:description>
+  <dc:description>Export en date du 03/23/2026 07:32:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>