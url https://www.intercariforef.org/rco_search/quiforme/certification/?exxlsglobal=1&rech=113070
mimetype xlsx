--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -58,657 +58,657 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>AFTRAL</t>
+  </si>
+  <si>
+    <t>46 AVENUE DE VILLIERS 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>CHATEAU DE RENEMONT AVENUE DU GENERAL DE GAULLE 54140 JARVILLE-LA-MALGRANGE</t>
+  </si>
+  <si>
+    <t>368 BOULEVARD HENRI BARNIER 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>RUE REPUBLIQUE 60290 MONCHY-SAINT-ELOI</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
+    <t>94 RUE DU PORTEAU 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/03/1985</t>
+  </si>
+  <si>
+    <t>4 AVENUE DE L'ENERGIE 67800 BISCHHEIM</t>
+  </si>
+  <si>
+    <t>20/08/1986</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE 10440 TORVILLIERS</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION TRANSPORTS SANITAIRES</t>
+  </si>
+  <si>
+    <t>06/10/1986</t>
+  </si>
+  <si>
+    <t>31/12/2022</t>
+  </si>
+  <si>
+    <t>11 PLACE D'AQUITAINE MIN 94550 CHEVILLY-LARUE</t>
+  </si>
+  <si>
+    <t>01/01/1990</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE RUE HANS GEIGER 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>16/04/1993</t>
+  </si>
+  <si>
+    <t>AUTOPORT DES PYRENEES BOULEVARD DU PRESIDENT KENNEDY 65000 TARBES</t>
+  </si>
+  <si>
+    <t>01/12/1988</t>
+  </si>
+  <si>
+    <t>AFT-FC TOULOUSE</t>
+  </si>
+  <si>
+    <t>72 RUE EDMOND ROSTAND 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/12/1995</t>
+  </si>
+  <si>
+    <t>AFT TC</t>
+  </si>
+  <si>
+    <t>RUE HARALD STAMMBACH 59290 WASQUEHAL</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>ZAC DE LA MAISON NEUVE 2 RUE JEAN MERMOZ 44980 SAINTE-LUCE-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>17 RUE DE L’INGENIEUR BERTIN 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>RUE DE LA MOUEE 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/09/1997</t>
+  </si>
+  <si>
+    <t>18 RUE DU VAL CLAIR 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ALLEE DE GASCOGNE 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>POLE INTERREGIONAL TRANSPORT PERSONNES</t>
+  </si>
+  <si>
+    <t>127 131 AVENUE LEDRU-ROLLIN 75011 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>AFT FC</t>
+  </si>
+  <si>
+    <t>248 AVENUE FRANKLIN ROOSEVELT 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>01/05/1998</t>
+  </si>
+  <si>
+    <t>MAISON DU TRANSPORT RUE LOUIS SAILLANT 26800 PORTES-LES-VALENCE</t>
+  </si>
+  <si>
+    <t>52 RUE DE LA TALAUDIERE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/06/1998</t>
+  </si>
+  <si>
+    <t>TREODET 29500 ERGUE GABERIC</t>
+  </si>
+  <si>
+    <t>01/09/2001</t>
+  </si>
+  <si>
+    <t>AFT-FC</t>
+  </si>
+  <si>
+    <t>D ACTIVITES MEDITERRANNEE 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>01/03/2002</t>
+  </si>
+  <si>
+    <t>273 RUE DE L'ARTISANAT 14500 VIRE NORMANDIE</t>
+  </si>
+  <si>
+    <t>01/04/2002</t>
+  </si>
+  <si>
+    <t>3 AVENUE ELSA TRIOLET 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>619 RUE DENIS PAPIN 73290 LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>11 ROUTE PRINCIPALE DU PORT 92230 GENNEVILLIERS</t>
+  </si>
+  <si>
+    <t>ZAE DU PONT DU CERF MAISON DU TRANSPORT 24380 SANILHAC</t>
+  </si>
+  <si>
+    <t>ISTELI WASQUEHAL</t>
+  </si>
+  <si>
+    <t>158 RUE LEON JOUHAUX 59290 WASQUEHAL</t>
+  </si>
+  <si>
+    <t>01/09/2002</t>
+  </si>
+  <si>
+    <t>ETL TOULOUSE</t>
+  </si>
+  <si>
+    <t>ISTELI MONCHY ST ELOI</t>
+  </si>
+  <si>
+    <t>L' ORANGERIE 60290 MONCHY-SAINT-ELOI</t>
+  </si>
+  <si>
+    <t>01/10/2022</t>
+  </si>
+  <si>
+    <t>ISTELI SAINTE LUCE</t>
+  </si>
+  <si>
+    <t>ZAC MAISON NEUVE 2 RUE JEAN MERMOZ 44980 SAINTE-LUCE-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>ISTELI NANCY JARVILLE</t>
+  </si>
+  <si>
+    <t>CHATEAU RENEMONT AVENUE DU GENERAL DE GAULLE 54140 JARVILLE-LA-MALGRANGE</t>
+  </si>
+  <si>
+    <t>RN 7 PRC LOGISTIQUE ALLIER 03400 TOULON-SUR-ALLIER</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>ZAC EURESPACES 7 RUE DES GRANDES PIECES 25770 SERRE-LES-SAPINS</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN GIRAUDOUX 87410 LE PALAIS-SUR-VIENNE</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>ZAE AERODROME EST 2 RUE COLI 59121 PROUVY</t>
+  </si>
+  <si>
+    <t>01/09/2004</t>
+  </si>
+  <si>
+    <t>RUE DU ZINC 77176 SAVIGNY-LE-TEMPLE</t>
+  </si>
+  <si>
+    <t>08/10/2004</t>
+  </si>
+  <si>
+    <t>RUE DE LA VASSELLERIE 80080 AMIENS</t>
+  </si>
+  <si>
+    <t>30 RUE DE PARADIS 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2005</t>
+  </si>
+  <si>
+    <t>8 RUE VINCENT VAN GOGH 76290 MONTIVILLIERS</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>ZI DES BLETTRYS 71530 CHAMPFORGEUIL</t>
+  </si>
+  <si>
+    <t>01/02/2007</t>
+  </si>
+  <si>
+    <t>ZAC DES CHATELIERS RUE LEONARD DE VINCI 45400 SEMOY</t>
+  </si>
+  <si>
+    <t>01/03/2007</t>
+  </si>
+  <si>
+    <t>ZI DES SOEURS 2 AVENUE ANDRE DULIN 17300 ROCHEFORT</t>
+  </si>
+  <si>
+    <t>01/05/2008</t>
+  </si>
+  <si>
+    <t>340 RUE DE LA GARE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>BATIMENT P GARONOR 93600 AULNAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>2 RUE BORDAZAHAR 64990 MOUGUERRE</t>
+  </si>
+  <si>
+    <t>01/03/2010</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA MARE BLANCHE 77186 NOISIEL</t>
+  </si>
+  <si>
+    <t>ZAC DES REPDYCK RUE FRANCOIS-NOEL BABEUF 59760 GRANDE-SYNTHE</t>
+  </si>
+  <si>
+    <t>622 RUE DES HAUTS DE FRANCE 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/02/2012</t>
+  </si>
+  <si>
+    <t>CHE DE LA NOUE ROUSSEAU 91220 LE PLESSIS PATE</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>4 RUE PIERRE BOURDAN 02000 LAON</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>RUE DU BOIS JOLI 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>RUE DE LA COTONNIERE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>PARC ACTIVITES LES COLONNES BD FRANCOIS ARAGO 79180 CHAURAY</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>POLE D'ACTIVITE DE NICOPOLIS ZONE B 260 ALLEE DES EGLANTINES 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>ZI DES PLAINES 39570 COURLAOUX</t>
+  </si>
+  <si>
+    <t>01/12/2013</t>
+  </si>
+  <si>
+    <t>ZAC DES PLATIERES 38670 CHASSE-SUR-RHONE</t>
+  </si>
+  <si>
+    <t>ZA TECHNOLAND ETUPES 4 RUE DE LA VOIVRE 25490 FESCHES-LE-CHATEL</t>
+  </si>
+  <si>
+    <t>AFT-IFTIM</t>
+  </si>
+  <si>
+    <t>ZI LA GARE 22940 PLAINTEL</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
+  </si>
+  <si>
+    <t>5 RUE DES ARTISANS 16400 PUYMOYEN</t>
+  </si>
+  <si>
+    <t>01/02/2015</t>
+  </si>
+  <si>
+    <t>593 RUE DE LAUMEUIL 19600 SAINT-PANTALEON-DE-LARCHE</t>
+  </si>
+  <si>
+    <t>01/03/2015</t>
+  </si>
+  <si>
+    <t>ZI CROIX DU SUD 23 AVENUE DES ETANGS 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>ZI GREZAN 45 AVENUE FREDERIC BARTHOLDI 30000 NIMES</t>
+  </si>
+  <si>
+    <t>PARC DE LA VENTE OLIVIERS 145 CHEMIN DES TAILLIS 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
+  </si>
+  <si>
+    <t>46 CHEMIN DES RUELLES 89380 APPOIGNY</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>ZA DU MONNE RUE DU CHATELET 72700 ALLONNES</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>ZI CAMBAIE 99 RUE HENRI CORNU 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>31/10/2015</t>
+  </si>
+  <si>
+    <t>ISTELI</t>
+  </si>
+  <si>
+    <t>2 RUE DE VIENNE 67300 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>20/02/2017</t>
+  </si>
+  <si>
+    <t>MIN MARCHE INTERET NATIONAL MARCHE GARE 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/02/2016</t>
+  </si>
+  <si>
+    <t>6001 ZI DE CARROS 1 ZONE INDUSTRIELLE 06510 CARROS</t>
+  </si>
+  <si>
+    <t>31/03/2017</t>
+  </si>
+  <si>
+    <t>160 CHEMIN DU MOULIN 04220 SAINTE-TULLE</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE SUISSE 68390 SAUSHEIM</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>BATIMENT A101 RUE DU CAP GRIS NEZ 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>33 IMPASSE DES ARBOUSIERS 69400 ARNAS</t>
+  </si>
+  <si>
+    <t>30/11/2018</t>
+  </si>
+  <si>
+    <t>ST SYLVAIN D'ANJOU RUE FABIEN CESBRON 49112 VERRIERES-EN-ANJOU</t>
+  </si>
+  <si>
+    <t>31/03/2019</t>
+  </si>
+  <si>
+    <t>130 ALLEE DE LA VOLLA 38113 VEUREY-VOROIZE</t>
+  </si>
+  <si>
+    <t>30/04/2019</t>
+  </si>
+  <si>
+    <t>322 RUE POUILLY LOCHE 71000 MACON</t>
+  </si>
+  <si>
+    <t>01/06/2019</t>
+  </si>
+  <si>
+    <t>6 AVENUE ANTOINE-LAURENT LAVOISIER 64140 LONS</t>
+  </si>
+  <si>
+    <t>31/05/2019</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES DES BELLEVUES RUE DE LA PATELLE 95310 SAINT-OUEN-L'AUMONE</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>12 AVENUE DE L'INDUSTRIE 08000 CHARLEVILLE-MEZIERES</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>387 AVENUE DE BONPORT 76320 SAINT-PIERRE-LES-ELBEUF</t>
+  </si>
+  <si>
+    <t>3 RUE DES BAUCHES 78260 ACHERES</t>
+  </si>
+  <si>
+    <t>01/11/2019</t>
+  </si>
+  <si>
+    <t>2326 AVENUE HENRI SCHNEIDER 69330 JONAGE</t>
+  </si>
+  <si>
+    <t>01/12/2019</t>
+  </si>
+  <si>
+    <t>2064 AVENUE HENRI SCHNEIDER 69330 JONAGE</t>
+  </si>
+  <si>
+    <t>70 BOUCLE DE LA RAMEE 38070 SAINT-QUENTIN-FALLAVIER</t>
+  </si>
+  <si>
+    <t>M.I.N D'AGEN AV AQUITAINE 47550 BOE</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>11 B ZONE DE KERMAT 29410 GUICLAN</t>
+  </si>
+  <si>
+    <t>ZA LA COUDRIERE II 37210 PARCAY-MESLAY</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>RN9 MONTEE DES NOYERS ROUTE DE NARBONNE D'609 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>BAT HEXAGONE PORTE F 24 BOULEVARD GAY LUSSAC 13014 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/03/2020</t>
+  </si>
+  <si>
+    <t>326 RUE DE STALINGRAD 62232 ANNEZIN</t>
+  </si>
+  <si>
+    <t>01/08/2020</t>
+  </si>
+  <si>
+    <t>AV ABEL BARBIN ET CHARLES BENOIT 02100 ROUVROY</t>
+  </si>
+  <si>
+    <t>29 RUE DE STRASBOURG 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>ZA LA ROUGEMARE 27930 FAUVILLE</t>
+  </si>
+  <si>
+    <t>2 RUE GUSTAVE EIFFEL 91070 BONDOUFLE</t>
+  </si>
+  <si>
+    <t>17/12/2020</t>
+  </si>
+  <si>
+    <t>4 RUE ALBERT EINSTEIN 78190 TRAPPES</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE LE POIRIER PENCHE RN19 77170 SERVON</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE BELLE FONTAINE 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>ZI DU BOIS JOLY 5 RUE ETIENNE LENOIR 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>41 RUE SIMONE SIGNORET 81380 LESCURE-D'ALBIGEOIS</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>ISTELI TOULOUSE 2 IMPASSE HENRI PITOT 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>9 RUE ALEXIS CLAIRAUT 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>ZAC DU CLOS DU MOULIN 202 BOULEVARD DUHAMEL DU MONCEAU 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>5 RUE DE LA RAINIERE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>15 ALLEE DU CHATEAU BLANC 59290 WASQUEHAL</t>
+  </si>
+  <si>
+    <t>01/11/2023</t>
+  </si>
+  <si>
+    <t>17 RUE DE ROMELET 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
     <t>INSTITUT NEMO</t>
   </si>
   <si>
     <t>40 RUE DE LA COLONIE 75013 PARIS</t>
   </si>
   <si>
     <t>15/02/2013</t>
-  </si>
-[...598 lines deleted...]
-    <t>01/08/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1113,4157 +1113,4157 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>44935604700042</v>
+        <v>30540504500017</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>11755110575</v>
+        <v>11750091675</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>30540504500017</v>
+        <v>30540504500025</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
         <v>11750091675</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>30540504500025</v>
+        <v>30540504500041</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
         <v>11750091675</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>30540504500041</v>
+        <v>30540504500066</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
         <v>11750091675</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>30540504500066</v>
+        <v>30540504500116</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3">
         <v>11750091675</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>30540504500116</v>
+        <v>30540504500132</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3">
         <v>11750091675</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>30540504500132</v>
+        <v>30540504500223</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
         <v>11750091675</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>30540504500223</v>
+        <v>30540504500249</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
         <v>11750091675</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>30540504500249</v>
+        <v>30540504500298</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="F10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="2"/>
+      <c r="G10" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3">
         <v>11750091675</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>30540504500298</v>
+        <v>30540504500363</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D11" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="G11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
         <v>11750091675</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>30540504500363</v>
+        <v>30540504500371</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
         <v>11750091675</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30540504500371</v>
+        <v>30540504500397</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3">
         <v>11750091675</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30540504500397</v>
+        <v>30540504500421</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="E14" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3">
         <v>11750091675</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>30540504500421</v>
+        <v>30540504500504</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3">
         <v>11750091675</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>30540504500504</v>
+        <v>30540504500512</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D16" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="3">
         <v>11750091675</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>30540504500512</v>
+        <v>30540504500520</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="I17" s="3">
         <v>11750091675</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>30540504500520</v>
+        <v>30540504500587</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="I18" s="3">
         <v>11750091675</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>30540504500587</v>
+        <v>30540504500595</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3">
         <v>11750091675</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>30540504500595</v>
+        <v>30540504500603</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="3">
         <v>11750091675</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>30540504500603</v>
+        <v>30540504500629</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="E21" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="3">
         <v>11750091675</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>30540504500629</v>
+        <v>30540504500637</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="3">
         <v>11750091675</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>30540504500637</v>
+        <v>30540504500652</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D23" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="E23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="3">
         <v>11750091675</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>30540504500652</v>
+        <v>30540504500660</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="3">
         <v>11750091675</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>30540504500660</v>
+        <v>30540504500694</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="3">
         <v>11750091675</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>30540504500694</v>
+        <v>30540504500702</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D26" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="E26" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="3">
         <v>11750091675</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>30540504500702</v>
+        <v>30540504500744</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D27" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="3">
         <v>11750091675</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>30540504500744</v>
+        <v>30540504500751</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="3">
         <v>11750091675</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>30540504500751</v>
+        <v>30540504500777</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="3">
         <v>11750091675</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>30540504500777</v>
+        <v>30540504500785</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D30" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="E30" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="3">
         <v>11750091675</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>30540504500785</v>
+        <v>30540504500868</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="3">
         <v>11750091675</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>30540504500868</v>
+        <v>30540504500876</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D32" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="E32" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="3">
         <v>11750091675</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>30540504500876</v>
+        <v>30540504500892</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="3">
         <v>11750091675</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>30540504500892</v>
+        <v>30540504500900</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D34" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="G34" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="E34" s="2" t="s">
-[...5 lines deleted...]
-      <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="3">
         <v>11750091675</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>30540504500900</v>
+        <v>30540504500926</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="3">
         <v>11750091675</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>30540504500926</v>
+        <v>30540504500934</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D36" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E36" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E36" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="3">
         <v>11750091675</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>30540504500934</v>
+        <v>30540504500991</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D37" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3">
         <v>11750091675</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>30540504500991</v>
+        <v>30540504501015</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="3">
         <v>11750091675</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>30540504501015</v>
+        <v>30540504501031</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="3">
         <v>11750091675</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>30540504501031</v>
+        <v>30540504501080</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="3">
         <v>11750091675</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>30540504501080</v>
+        <v>30540504501130</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="3">
         <v>11750091675</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>30540504501130</v>
+        <v>30540504501148</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>95</v>
+        <v>58</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="3">
         <v>11750091675</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>30540504501148</v>
+        <v>30540504501155</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>61</v>
+        <v>95</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="3">
         <v>11750091675</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>30540504501155</v>
+        <v>30540504501171</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="3">
         <v>11750091675</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>30540504501171</v>
+        <v>30540504501213</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="3">
         <v>11750091675</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>30540504501213</v>
+        <v>30540504501221</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="3">
         <v>11750091675</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>30540504501221</v>
+        <v>30540504501338</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="3">
         <v>11750091675</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>30540504501338</v>
+        <v>30540504501346</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="3">
         <v>11750091675</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>30540504501346</v>
+        <v>30540504501387</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="3">
         <v>11750091675</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>30540504501387</v>
+        <v>30540504501403</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="3">
         <v>11750091675</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>30540504501403</v>
+        <v>30540504501429</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="3">
         <v>11750091675</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>30540504501429</v>
+        <v>30540504501452</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="3">
         <v>11750091675</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>30540504501452</v>
+        <v>30540504501478</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="3">
         <v>11750091675</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>30540504501478</v>
+        <v>30540504501502</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="F54" s="2" t="s">
+      <c r="G54" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="3">
         <v>11750091675</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>30540504501502</v>
+        <v>30540504501510</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="G55" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="3">
         <v>11750091675</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>30540504501510</v>
+        <v>30540504501528</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="3">
         <v>11750091675</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>30540504501528</v>
+        <v>30540504501536</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="3">
         <v>11750091675</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>30540504501536</v>
+        <v>30540504501569</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="G58" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="F58" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="3">
         <v>11750091675</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>30540504501569</v>
+        <v>30540504501577</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="G59" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="3">
         <v>11750091675</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>30540504501577</v>
+        <v>30540504501601</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="3">
         <v>11750091675</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>30540504501601</v>
+        <v>30540504501619</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="3">
         <v>11750091675</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>30540504501619</v>
+        <v>30540504501627</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="3">
         <v>11750091675</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>30540504501627</v>
+        <v>30540504501635</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>130</v>
+      </c>
       <c r="E63" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="3">
         <v>11750091675</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>30540504501635</v>
+        <v>30540504501668</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D64" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="E64" s="2" t="s">
+      <c r="F64" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="3">
         <v>11750091675</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>30540504501668</v>
+        <v>30540504501676</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D65" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="E65" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F65" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="F65" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G65" s="2"/>
+      <c r="G65" s="2" t="s">
+        <v>123</v>
+      </c>
       <c r="H65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="3">
         <v>11750091675</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>30540504501676</v>
+        <v>30540504501692</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="3">
         <v>11750091675</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>30540504501692</v>
+        <v>30540504501700</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="3">
         <v>11750091675</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>30540504501700</v>
+        <v>30540504501718</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="3">
         <v>11750091675</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>30540504501718</v>
+        <v>30540504501759</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="3">
         <v>11750091675</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>30540504501759</v>
+        <v>30540504501775</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F70" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="3">
         <v>11750091675</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>30540504501775</v>
+        <v>30540504501783</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="3">
         <v>11750091675</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>30540504501783</v>
+        <v>30540504501858</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D72" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>146</v>
+      </c>
       <c r="E72" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>148</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="3">
         <v>11750091675</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>30540504501858</v>
+        <v>30540504501866</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D73" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="E73" s="2" t="s">
+      <c r="F73" s="2" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="3">
         <v>11750091675</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>30540504501866</v>
+        <v>30540504501874</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="3">
         <v>11750091675</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>30540504501874</v>
+        <v>30540504501882</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="3">
         <v>11750091675</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>30540504501882</v>
+        <v>30540504501908</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F76" s="2" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="3">
         <v>11750091675</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>30540504501908</v>
+        <v>30540504501940</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="3">
         <v>11750091675</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>30540504501940</v>
+        <v>30540504501957</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="3">
         <v>11750091675</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>30540504501957</v>
+        <v>30540504501965</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F79" s="2" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="3">
         <v>11750091675</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>30540504501965</v>
+        <v>30540504501999</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F80" s="2" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="3">
         <v>11750091675</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>30540504501999</v>
+        <v>30540504502013</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F81" s="2" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="3">
         <v>11750091675</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>30540504502013</v>
+        <v>30540504502021</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F82" s="2" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="3">
         <v>11750091675</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>30540504502021</v>
+        <v>30540504502039</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="F83" s="2" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="3">
         <v>11750091675</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>30540504502039</v>
+        <v>30540504502047</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F84" s="2" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="3">
         <v>11750091675</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>30540504502047</v>
+        <v>30540504502054</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="3">
         <v>11750091675</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>30540504502054</v>
+        <v>30540504502112</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>175</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="3">
         <v>11750091675</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>30540504502112</v>
+        <v>30540504502146</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="3">
         <v>11750091675</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>30540504502146</v>
+        <v>30540504502153</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="3">
         <v>11750091675</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>30540504502153</v>
+        <v>30540504502161</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="3">
         <v>11750091675</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>30540504502161</v>
+        <v>30540504502203</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="3">
         <v>11750091675</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>30540504502203</v>
+        <v>30540504502211</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="3">
         <v>11750091675</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>30540504502211</v>
+        <v>30540504502237</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>184</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="3">
         <v>11750091675</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>30540504502237</v>
+        <v>30540504502245</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="3">
         <v>11750091675</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>30540504502245</v>
+        <v>30540504502252</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="3">
         <v>11750091675</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>30540504502252</v>
+        <v>30540504502294</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F95" s="2" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="3">
         <v>11750091675</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>30540504502294</v>
+        <v>30540504502302</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="3">
         <v>11750091675</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>30540504502302</v>
+        <v>30540504502328</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="3">
         <v>11750091675</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>30540504502328</v>
+        <v>30540504502336</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="3">
         <v>11750091675</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>30540504502336</v>
+        <v>30540504502393</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="3">
         <v>11750091675</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>30540504502393</v>
+        <v>30540504502401</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="3">
         <v>11750091675</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>30540504502401</v>
+        <v>30540504502419</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="3">
         <v>11750091675</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>30540504502419</v>
+        <v>30540504502443</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="3">
         <v>11750091675</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>30540504502443</v>
+        <v>30540504502450</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="3">
         <v>11750091675</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>30540504502450</v>
+        <v>30540504502534</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>201</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="3">
         <v>11750091675</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>30540504502534</v>
+        <v>30540504502542</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="F105" s="2" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="3">
         <v>11750091675</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>30540504502542</v>
+        <v>30540504502617</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F106" s="2" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="3">
         <v>11750091675</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>30540504502617</v>
+        <v>30540504502682</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="F107" s="2" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="3">
         <v>11750091675</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>30540504502682</v>
+        <v>30540504502807</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="F108" s="2" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="3">
         <v>11750091675</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>30540504502807</v>
+        <v>30540504502815</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="F109" s="2" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="3">
         <v>11750091675</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>30540504502815</v>
+        <v>30540504503029</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F110" s="2" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="3">
         <v>11750091675</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>30540504503029</v>
+        <v>44935604700042</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>20</v>
+        <v>214</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>216</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="3">
-        <v>11750091675</v>
+        <v>11755110575</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -5279,31 +5279,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 06:07:57</dc:description>
+  <dc:description>Export en date du 02/03/2026 01:08:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>