--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -1432,53 +1432,51 @@
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>30540504500298</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>30540504500363</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
@@ -2344,53 +2342,51 @@
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>30540504500900</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>77</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>79</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I34" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>30540504500926</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>80</v>
@@ -3090,53 +3086,51 @@
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>30540504501502</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>116</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I54" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>30540504501510</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
@@ -3240,53 +3234,51 @@
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>30540504501569</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>123</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I58" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>30540504501577</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
@@ -3505,53 +3497,51 @@
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>30540504501676</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>123</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I65" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>30540504501692</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
@@ -5279,31 +5269,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/03/2026 01:08:12</dc:description>
+  <dc:description>Export en date du 03/21/2026 01:14:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>