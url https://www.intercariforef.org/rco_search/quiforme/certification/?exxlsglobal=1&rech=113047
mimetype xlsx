--- v0 (2025-11-04)
+++ v1 (2025-12-26)
@@ -14,178 +14,673 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1264">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MATH-ACTION ET LANGUES</t>
+  </si>
+  <si>
+    <t>FORM'ACTION78</t>
+  </si>
+  <si>
+    <t>77 AVENUE DE SAINT GERMAIN 78600 MAISONS-LAFFITTE</t>
+  </si>
+  <si>
+    <t>12/08/2004</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIJON SABRINA   </t>
+  </si>
+  <si>
+    <t>ZONE DES AVANTS 5 AVENUE DU GRAND CHENE 34270 SAINT-MATHIEU-DE-TREVIERS</t>
+  </si>
+  <si>
+    <t>04/10/2004</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>ASS POUR LA FORMATION EN ANGLAIS</t>
+  </si>
+  <si>
+    <t>LE BEAUGENCY 8 BOULEVARD MARCEL CRISTOL 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>06/12/2004</t>
+  </si>
+  <si>
+    <t>ALPINE RAINBOW</t>
+  </si>
+  <si>
+    <t>419 ROUTE DES CHOSEAUX 74320 SEVRIER</t>
+  </si>
+  <si>
+    <t>18/01/2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COLLAY FREDERIC   </t>
+  </si>
+  <si>
+    <t>30 PASSAGE GAMBETTA 75020 PARIS</t>
+  </si>
+  <si>
+    <t>11/02/2019</t>
+  </si>
+  <si>
+    <t>ADOMLINGUA COMMUNICATION</t>
+  </si>
+  <si>
+    <t>5 RUE DU HAVRE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>25/04/2007</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>BROCELIANDE</t>
+  </si>
+  <si>
+    <t>WALL STREET ENGLISH</t>
+  </si>
+  <si>
+    <t>1 CHEMIN JEAN-MARIE VIANNEY 69130 ECULLY</t>
+  </si>
+  <si>
+    <t>03/05/2005</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>THE CAMBRIDGE CENTRE</t>
+  </si>
+  <si>
+    <t>23 AVENUE GEORGES BRASSENS 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GERVAIS CAROLINE   </t>
+  </si>
+  <si>
+    <t>112 AVENUE DU 18 JUIN 1940 92500 RUEIL-MALMAISON</t>
+  </si>
+  <si>
+    <t>18/08/2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TETE ALEXANDRE   </t>
+  </si>
+  <si>
+    <t>ALTER-NATIVE</t>
+  </si>
+  <si>
+    <t>LE VERCORS - B6 92 AVENUE MICHEL JOURDAN 06150 CANNES</t>
+  </si>
+  <si>
+    <t>03/07/2015</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>FOCAL POINT</t>
+  </si>
+  <si>
+    <t>7 AVENUE DIDIER DAURAT 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>28/05/2019</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>FRANCE LANGUES INTERNATIONAL ( F.L.I )</t>
+  </si>
+  <si>
+    <t>25 AVENUE DE LA GARE 73800 MONTMELIAN</t>
+  </si>
+  <si>
+    <t>01/08/2021</t>
+  </si>
+  <si>
+    <t>APTERYX FORMATIONS</t>
+  </si>
+  <si>
+    <t>98 AVENUE DE VILLIERS 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAYONS SANDRINE   </t>
+  </si>
+  <si>
+    <t>ANGLAISPRO</t>
+  </si>
+  <si>
+    <t>3 PLACE DE LUXEMBOURG 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>LYON LANGUES BY INFLEXYON</t>
+  </si>
+  <si>
+    <t>48 RUE QUIVOGNE 69002 LYON</t>
+  </si>
+  <si>
+    <t>02/07/2018</t>
+  </si>
+  <si>
+    <t>MYCONNECTING</t>
+  </si>
+  <si>
+    <t>40 RUE DE L'EST 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>12/03/2012</t>
+  </si>
+  <si>
+    <t>A LOT OF ENGLISH</t>
+  </si>
+  <si>
+    <t>262 CHEMIN DE BEL AIR 46120 LE BOUYSSOU</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONMASSON ANNE   </t>
+  </si>
+  <si>
+    <t>11 RUE EURYALE DEHAYNIN 75019 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>VIAS</t>
+  </si>
+  <si>
+    <t>16 RUE MARCADET 75018 PARIS</t>
+  </si>
+  <si>
+    <t>10/12/2010</t>
+  </si>
+  <si>
+    <t>A.C.E TRAINING</t>
+  </si>
+  <si>
+    <t>ZAC FIESCHI 4 RUE BONAPARTE 27200 VERNON</t>
+  </si>
+  <si>
+    <t>28/03/2018</t>
+  </si>
+  <si>
+    <t>WOOSPEAK</t>
+  </si>
+  <si>
+    <t>HOLDIPARC 2 CAR JEAN MONNET 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>CAPITAL FORMATIONS</t>
+  </si>
+  <si>
+    <t>12 RUE DU HELDER 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/2012</t>
+  </si>
+  <si>
+    <t>EDUCASTREAM</t>
+  </si>
+  <si>
+    <t>LA DEFENSE II, 33 PLACE DES COROLLES 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>03/03/2022</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>MANDYBEN</t>
+  </si>
+  <si>
+    <t>146 RUE PARADIS 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>31/05/2019</t>
+  </si>
+  <si>
+    <t>VIA LINGUA</t>
+  </si>
+  <si>
+    <t>12 RUE DE BOURGOGNE 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/10/2011</t>
+  </si>
+  <si>
+    <t>DJEM</t>
+  </si>
+  <si>
+    <t>DJEM FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE CESAR 12 CHAUSSEE JULES CESAR 95520 OSNY</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAINDAVOINE ANNE SOPHIE   </t>
+  </si>
+  <si>
+    <t>A-S LEARNING</t>
+  </si>
+  <si>
+    <t>5 GRANDE RUE 51300 GLANNES</t>
+  </si>
+  <si>
+    <t>01/03/2007</t>
+  </si>
+  <si>
+    <t>WOOSPEAK FRANCE</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>ACADOMIA PRO</t>
+  </si>
+  <si>
+    <t>7 RUE DE LA BAUME 75008 PARIS</t>
+  </si>
+  <si>
+    <t>20/01/2007</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>DGB ENGLISH TEAM TWO</t>
+  </si>
+  <si>
+    <t>WALL STREET INSTITUTE</t>
+  </si>
+  <si>
+    <t>2 G AVENUE DES MONTBOUCONS 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>02/04/2007</t>
+  </si>
+  <si>
+    <t>18 RUE ALBERT CAMUS 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>31/12/2022</t>
+  </si>
+  <si>
+    <t>AL FORMATION</t>
+  </si>
+  <si>
+    <t>ECORIS</t>
+  </si>
+  <si>
+    <t>574 RUE DE CHANTABORD 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>01/09/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE D INDUSTRIE DE MAINE LOIRE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DU ROI RENE 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>UNIVERSITE GRENOBLE ALPES</t>
+  </si>
+  <si>
+    <t>621 AVENUE CENTRALE 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>04/11/2019</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>NANTES UNIVERSITE</t>
+  </si>
+  <si>
+    <t>1 QUAI DE TOURVILLE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>04/10/2021</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE CAEN NORMANDIE</t>
+  </si>
+  <si>
+    <t>ESPLANADE DE LA PAIX 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>2514P600014</t>
+  </si>
+  <si>
+    <t>UNIVERSITE JEAN MONNET SAINT ETIENNE</t>
+  </si>
+  <si>
+    <t>SUFC SCE COMMUN UNIVERSITAIRE FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>21 RUE DENIS PAPIN 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>25/12/2010</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>8242P000242</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DU LITTORAL COTE D'OPALE</t>
+  </si>
+  <si>
+    <t>1 PLACE DE L'YSER 59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>3162P003062</t>
+  </si>
+  <si>
+    <t>UNIVERSITE LUMIERE LYON 2</t>
+  </si>
+  <si>
+    <t>18 QUAI CLAUDE BERNARD 69007 LYON</t>
+  </si>
+  <si>
+    <t>8269P001169</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES</t>
+  </si>
+  <si>
+    <t>CFPPA</t>
+  </si>
+  <si>
+    <t>16 RUE EDOUARD BELIN 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>4370P000770</t>
+  </si>
+  <si>
+    <t>CENTRE NATIONAL D'ENSEIGNEMENT A DISTANCE</t>
+  </si>
+  <si>
+    <t>CNED-DIRECTION GENERALE</t>
+  </si>
+  <si>
+    <t>TELEPORT 2 2 BOULEVARD NICEPHORE NIEPCE 86360 CHASSENEUIL-DU-POITOU</t>
+  </si>
+  <si>
+    <t>01/11/2001</t>
+  </si>
+  <si>
+    <t>5486P002386</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REID FIONA   </t>
+  </si>
+  <si>
+    <t>7 DOMAINE D'AYOUS 64320 IDRON</t>
+  </si>
+  <si>
+    <t>01/04/2013</t>
+  </si>
+  <si>
+    <t>MANAGER'SOLUTION</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA MER 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>01/01/1988</t>
+  </si>
+  <si>
+    <t>HAMILTON HOUSE</t>
+  </si>
+  <si>
+    <t>346 COURS MARECHAL GALLIENI 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>01/09/2001</t>
+  </si>
+  <si>
+    <t>FRANCE LANGUES COMMUNICATION</t>
+  </si>
+  <si>
+    <t>FLC FORMATION</t>
+  </si>
+  <si>
+    <t>116 BOULEVARD RAYMOND POINCARE 06160 ANTIBES</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>ACCOM INSTITUT</t>
+  </si>
+  <si>
+    <t>2 RUE DE SEZE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>20/03/1999</t>
+  </si>
+  <si>
+    <t>SESAM FORMATIONS</t>
+  </si>
+  <si>
+    <t>12 RUE GAETAN RONDEAU 44200 NANTES</t>
+  </si>
+  <si>
+    <t>30/12/2010</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
     <t>EQUIVALENCE LANGUES ET COMMUNICATION</t>
   </si>
   <si>
     <t>SOPHIA ANTIPOLIS PLACE SOPHIE LAFFITE 06560 VALBONNE</t>
   </si>
   <si>
     <t>15/01/1997</t>
   </si>
   <si>
     <t>85.52Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...4 lines deleted...]
-  <si>
     <t>ROND POINT ANGLAIS</t>
   </si>
   <si>
     <t>8 RUE JEAN LE GALL 29200 BREST</t>
   </si>
   <si>
     <t>01/01/1996</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>ACB &amp; CO</t>
   </si>
   <si>
     <t>ACB TRADUCTION</t>
   </si>
   <si>
     <t>PLACE DE THESSALIE 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/2009</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">GUILBAUD ISABELLE   </t>
   </si>
   <si>
     <t>FORMATION LANGUES I GUILBAUD</t>
   </si>
   <si>
     <t>MADELEINE RIVE DE LOIRE 1 PLACE JEAN MONNET 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
     <t>AMERICAN CENTER</t>
   </si>
   <si>
     <t>CHEZ AMERICAN CENTER 27 RUE ALDEBERT 13006 MARSEILLE</t>
   </si>
   <si>
     <t>01/10/1990</t>
   </si>
   <si>
     <t>48 AVENUE ROBERT SCHUMAN 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>08/07/2019</t>
   </si>
   <si>
     <t>229 RUE SAINT-HONORE 75001 PARIS</t>
   </si>
   <si>
     <t>08/11/2021</t>
   </si>
   <si>
     <t>4 RUE DE LA REPUBLIQUE 69001 LYON</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>ELYSEES LANGUES</t>
   </si>
   <si>
     <t>28 T RUE GUERSANT 75017 PARIS</t>
   </si>
   <si>
     <t>15/12/2000</t>
   </si>
   <si>
     <t>07/07/2025</t>
   </si>
   <si>
     <t>THE ENGLISH CONNECTION</t>
   </si>
   <si>
     <t>1 RUE DU DOME 75016 PARIS</t>
   </si>
   <si>
     <t>15/06/2005</t>
   </si>
   <si>
     <t xml:space="preserve">COUDERC SYLVIE   </t>
   </si>
   <si>
     <t>EUROPA ETUDE</t>
@@ -205,1454 +700,1916 @@
   <si>
     <t>01/12/2016</t>
   </si>
   <si>
     <t xml:space="preserve">FERGUSON TIMOTHY   </t>
   </si>
   <si>
     <t>10 RUE MUGUETS ANSE COLLAT 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>02/09/2014</t>
   </si>
   <si>
     <t>02973293797</t>
   </si>
   <si>
     <t>KANGOUROU</t>
   </si>
   <si>
     <t>5 RUE DU GENERAL CLERGERIE 75016 PARIS</t>
   </si>
   <si>
     <t>01/02/2014</t>
   </si>
   <si>
+    <t>MBR COMPETENCES ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>ECOLINGUA - 360 COMPETENCES MBR - FORMAPERF</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE TURENNE 2 RUE ICARE 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>01/04/2008</t>
+  </si>
+  <si>
+    <t>FORM'ACTION</t>
+  </si>
+  <si>
+    <t>5 RUE MARMONTEL 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/10/2013</t>
+  </si>
+  <si>
+    <t>EDUCATIONAL PROGRAMS BORDEAUX 1</t>
+  </si>
+  <si>
+    <t>23 AVENUE PRESIDENT J.F. KENNEDY 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>11/09/2006</t>
+  </si>
+  <si>
+    <t>ECOLE DE LANGUES</t>
+  </si>
+  <si>
+    <t>50 RUE EDOUARD DELANGLADE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>07/10/2013</t>
+  </si>
+  <si>
+    <t>ANGLAIS@MARSEILLE</t>
+  </si>
+  <si>
+    <t>82-84 82 RUE DU ROUET 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/12/2000</t>
+  </si>
+  <si>
+    <t>CNAM BRETAGNE - AGCNAM</t>
+  </si>
+  <si>
+    <t>2 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
+  </si>
+  <si>
+    <t>02/02/2009</t>
+  </si>
+  <si>
+    <t>ENGLISHBOOSTER</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD DE SEBASTOPOL 75001 PARIS</t>
+  </si>
+  <si>
+    <t>02/05/2018</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ TOULON</t>
+  </si>
+  <si>
+    <t>22 RUE PICOT 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/05/2001</t>
+  </si>
+  <si>
+    <t>ANGLAIS@AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>23 AVENUE SAINTE-VICTOIRE 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>25/07/2001</t>
+  </si>
+  <si>
+    <t>FRANCHINVEST</t>
+  </si>
+  <si>
+    <t>53 RUE CARNOT 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>04/07/2001</t>
+  </si>
+  <si>
+    <t>JEUNES DIPLOMATES</t>
+  </si>
+  <si>
+    <t>1 PLACE FERDINAND MILLION 73200 ALBERTVILLE</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>ENGLISH VILLAGE</t>
+  </si>
+  <si>
+    <t>44 RUE HAUTE SEILLE 57000 METZ</t>
+  </si>
+  <si>
+    <t>21/06/2013</t>
+  </si>
+  <si>
+    <t>1 PASSAGE ANNETTE ZELMAN 54000 NANCY</t>
+  </si>
+  <si>
+    <t>09/10/2019</t>
+  </si>
+  <si>
+    <t>ATOUT SAVOIR</t>
+  </si>
+  <si>
+    <t>10 FAUBOURG DE BESANCON 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>01/03/2003</t>
+  </si>
+  <si>
+    <t>SFSL SOC FORMATION SERVICES LINGUISTIQUE</t>
+  </si>
+  <si>
+    <t>25 RUE D'ANTRAIN 35700 RENNES</t>
+  </si>
+  <si>
+    <t>01/10/2002</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>74 C RUE DE PARIS 35000 RENNES</t>
+  </si>
+  <si>
+    <t>STEPHAN LEARNING</t>
+  </si>
+  <si>
+    <t>3 RUE ROBERT 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>07/12/2001</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ TOURS</t>
+  </si>
+  <si>
+    <t>26 AVENUE DE VERDUN 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>01/11/2019</t>
+  </si>
+  <si>
+    <t>4 RUE VICTOR HUGO 37000 TOURS</t>
+  </si>
+  <si>
+    <t>02/09/2020</t>
+  </si>
+  <si>
+    <t>ANGLAIS@NIMES</t>
+  </si>
+  <si>
+    <t>55 ALLEE DE L'ARGENTINE 30900 NIMES</t>
+  </si>
+  <si>
+    <t>28/07/2021</t>
+  </si>
+  <si>
+    <t>SARL LAFOREST</t>
+  </si>
+  <si>
+    <t>12 RUE DE CANNES 59000 LILLE</t>
+  </si>
+  <si>
+    <t>26/12/2001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CURTIN KATHLEEN   </t>
+  </si>
+  <si>
+    <t>181 AVENUE ACHILLE PERETTI 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>01/04/2005</t>
+  </si>
+  <si>
+    <t>FLOSTER BV</t>
+  </si>
+  <si>
+    <t>PULSEO 1 AVENUE DE LA GARE 40100 DAX</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>GESTALY</t>
+  </si>
+  <si>
+    <t>750 LESTRADE 19360 COSNAC</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>OBJECTIF PN</t>
+  </si>
+  <si>
+    <t>190 AVENUE GENERAL FRANCK DE PEYRONNET 69270 CAILLOUX-SUR-FONTAINES</t>
+  </si>
+  <si>
+    <t>01/10/2014</t>
+  </si>
+  <si>
+    <t>DGB ENGLISH TEAM</t>
+  </si>
+  <si>
+    <t>8 ALLEE ANDRE BOURLAND 21000 DIJON</t>
+  </si>
+  <si>
+    <t>16/01/2015</t>
+  </si>
+  <si>
+    <t>7 RUE DE LA BANQUE 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>02/01/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHARLES-MESSANCE SANDRINE   </t>
+  </si>
+  <si>
+    <t>125 RTE DE COTABILLET 26380 PEYRINS</t>
+  </si>
+  <si>
+    <t>01/07/2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMITH ANDREW JAMES  </t>
+  </si>
+  <si>
+    <t>ENGLISH - WHY NOT</t>
+  </si>
+  <si>
+    <t>23 CLISTIVAN 56500 LA CHAPELLE-NEUVE</t>
+  </si>
+  <si>
+    <t>28/11/2002</t>
+  </si>
+  <si>
+    <t>EXOFORMATIONS</t>
+  </si>
+  <si>
+    <t>30 RUE GEORGES THORETTON 92230 GENNEVILLIERS</t>
+  </si>
+  <si>
+    <t>03/01/2011</t>
+  </si>
+  <si>
+    <t>ENGLISH CONSULTANTS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE NORLY -BAT A 42 CHEMIN DU MOULIN CARRON 69130 ECULLY</t>
+  </si>
+  <si>
+    <t>ATLAS FORMATION</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIQUE DE LA PARDIEU 2 AVENUE LEONARD DE VINCI 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WHARTON MAXINE   </t>
+  </si>
+  <si>
+    <t>12 RUE DU BOYER 35400 SAINT-MALO</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t>WW LANGUES</t>
+  </si>
+  <si>
+    <t>LE MERCURE B 80 RUE CHARLES DUCHESNE 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/06/2019</t>
+  </si>
+  <si>
+    <t>ESPACE PROJET FORMATION</t>
+  </si>
+  <si>
+    <t>147 RUE DE PARIS 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>24/02/2020</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>OGEC LYCEES ET INSTITUT MONTPLAISIR</t>
+  </si>
+  <si>
+    <t>75 RUE MONTPLAISIR 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>21/01/1987</t>
+  </si>
+  <si>
+    <t>MAISON DES JEUNES</t>
+  </si>
+  <si>
+    <t>2 PLACE CALONNE 08200 SEDAN</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
+  </si>
+  <si>
+    <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>31/10/1994</t>
+  </si>
+  <si>
+    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>ZAC DU BOIS DE PLAISANCE 87 AVENUE DE LA MARE GESSART 60280 VENETTE</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>161 RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
+  </si>
+  <si>
+    <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>74 RUE DE POULAINVILLE 80080 AMIENS</t>
+  </si>
+  <si>
+    <t>RUE EMILE ZOLA 80130 FRIVILLE-ESCARBOTIN</t>
+  </si>
+  <si>
+    <t>ASSOCIATION INTERPROFESSIONNELLE POUR LA FORMATION PERMANENTE DANS LE SARLADAIS</t>
+  </si>
+  <si>
+    <t>173 IMPASSE DE LA LAUZE 24200 SARLAT-LA-CANEDA</t>
+  </si>
+  <si>
+    <t>18/05/2022</t>
+  </si>
+  <si>
+    <t>POUR LA PROMO DES LANGUES ETRANG.EN FRAN</t>
+  </si>
+  <si>
+    <t>52 BOULEVARD DE MAGENTA 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2006</t>
+  </si>
+  <si>
+    <t>CNAM ILE DE FRANCE - AGCNAM</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>OGEC LES CHARMILLES</t>
+  </si>
+  <si>
+    <t>OF CFA CHARMILLES</t>
+  </si>
+  <si>
+    <t>8 RUE DU TOUR DE L’EAU 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>GLEECLUB</t>
+  </si>
+  <si>
+    <t>12 PLACE DES MARRONNIERS 94100 SAINT-MAUR-DES-FOSSES</t>
+  </si>
+  <si>
+    <t>14/02/2018</t>
+  </si>
+  <si>
+    <t>AVES</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE DELTA 1 ALLEE DE L'ELECTRONIQUE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>15/03/2013</t>
+  </si>
+  <si>
+    <t>RAINBOW COLORFUL TALENTS</t>
+  </si>
+  <si>
+    <t>MAISON DES LOIS 2 IMPASSE MICHEL LABROUSSE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/03/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWIDERSKI FREDERIC   </t>
+  </si>
+  <si>
+    <t>37 CHEMIN DE CANTELAUDE 33160 SAINT-MEDARD-EN-JALLES</t>
+  </si>
+  <si>
+    <t>25/07/2014</t>
+  </si>
+  <si>
+    <t>PCCF</t>
+  </si>
+  <si>
+    <t>23 AVENUE ANDRE CHENIER 06100 NICE</t>
+  </si>
+  <si>
+    <t>11/07/2022</t>
+  </si>
+  <si>
+    <t>09/07/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANTKIW LYNDSAY   </t>
+  </si>
+  <si>
+    <t>55 RUE DES PINS 31700 BEAUZELLE</t>
+  </si>
+  <si>
+    <t>25/04/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FORREST-TRANTER CIARAN   </t>
+  </si>
+  <si>
+    <t>23 AVENUE DE VERDUN 34120 PEZENAS</t>
+  </si>
+  <si>
+    <t>03/09/2016</t>
+  </si>
+  <si>
+    <t>RADIO ENGLISH LYON</t>
+  </si>
+  <si>
+    <t>38 RUE VICTOR HUGO 69002 LYON</t>
+  </si>
+  <si>
+    <t>09/05/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KUNKEL STEPHANIE   </t>
+  </si>
+  <si>
+    <t>45 ROUTE DU GAGET 69830 SAINT-GEORGES-DE-RENEINS</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>COURS CENTER</t>
+  </si>
+  <si>
+    <t>45 RUE BOURSAULT 75017 PARIS</t>
+  </si>
+  <si>
+    <t>02/07/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRIFFON CORINNE CLAUDETTE YVETTE </t>
+  </si>
+  <si>
+    <t>109 RUE JEAN BAFFIER 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>19/03/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SESIC MILICA   </t>
+  </si>
+  <si>
+    <t>13 RUE PRAIRE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/11/2015</t>
+  </si>
+  <si>
+    <t>SNFD FORMATION</t>
+  </si>
+  <si>
+    <t>21 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>12/06/2017</t>
+  </si>
+  <si>
+    <t>11/12/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAIR ELIZABETH ANNE  </t>
+  </si>
+  <si>
+    <t>5 RUE CAROLINE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>23/10/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOYCE CONOR   </t>
+  </si>
+  <si>
+    <t>8 RUE DE LA REPUBLIQUE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>ENGLISH AB</t>
+  </si>
+  <si>
+    <t>9 AVENUE DE NIMES 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD MARECHAL LECLERC 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>17/02/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOURDEL MARYLINE FRANCOISE MICHELLE </t>
+  </si>
+  <si>
+    <t>LA POMMERAYE 9 PUTILLE 49110 MAUGES-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>ENGLISH FAMILY</t>
+  </si>
+  <si>
+    <t>17 RUE DU COMMERCE 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>23/12/2013</t>
+  </si>
+  <si>
+    <t>27/12/2024</t>
+  </si>
+  <si>
+    <t>ASS FORMA PROF APPRENT AUTO METIERS COMM</t>
+  </si>
+  <si>
+    <t>AFPAM</t>
+  </si>
+  <si>
+    <t>4 RUE JULES MELINE 51430 BEZANNES</t>
+  </si>
+  <si>
+    <t>18/12/2014</t>
+  </si>
+  <si>
+    <t>FORCORHE LANGUES (FORMATION ET CONSEIL EN LANGUES DES RESSOURCES HUMAINES DE L'ENTREPRISE)</t>
+  </si>
+  <si>
+    <t>INLINGUA</t>
+  </si>
+  <si>
+    <t>42 RUE DE BERRI 75008 PARIS</t>
+  </si>
+  <si>
+    <t>19/01/2017</t>
+  </si>
+  <si>
+    <t>THE MARZIO SCHOOL</t>
+  </si>
+  <si>
+    <t>7 RUE DES BAUMES 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>09/02/2007</t>
+  </si>
+  <si>
+    <t>SOCIETE BONNIER</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>PROGRESSIO</t>
+  </si>
+  <si>
+    <t>9 RUE SCRIBE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>10/12/2020</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DES FONDATEURS ET PROTECTEURS DE L'INSTITUT CATHOLIQUE DE LYON</t>
+  </si>
+  <si>
+    <t>10 PLACE DES ARCHIVES 69002 LYON</t>
+  </si>
+  <si>
+    <t>30/10/2015</t>
+  </si>
+  <si>
+    <t>INFOLANGUES SARL</t>
+  </si>
+  <si>
+    <t>52 AVENUE BARTHELEMY BUYER 69009 LYON</t>
+  </si>
+  <si>
+    <t>24/06/1991</t>
+  </si>
+  <si>
+    <t>CAP FORMATION</t>
+  </si>
+  <si>
+    <t>89 AVENUE NOTRE-DAME DE SANTE 84200 CARPENTRAS</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>PROFORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE DE BRAQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/1986</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPER DES COMMUNICATIONS AVENIR</t>
+  </si>
+  <si>
+    <t>VILLA KANSAS 18 AVENUE DE L’EUROPE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>15/09/1994</t>
+  </si>
+  <si>
+    <t>OISE ETUDES LINGUISTIQUES</t>
+  </si>
+  <si>
+    <t>71 B RUE DE VAUGIRARD 75006 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>79.11Z</t>
+  </si>
+  <si>
+    <t>ASSOCATION POUR LA FORMATION ET LA PROMOTION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>14 BOULEVARD PREUILLY 37000 TOURS</t>
+  </si>
+  <si>
+    <t>01/09/1986</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JARAY CSILLA TUNDE  </t>
+  </si>
+  <si>
+    <t>BUSINESS ENGLISH SERVICES</t>
+  </si>
+  <si>
+    <t>11 CHEMIN DE LA FERME FLEURIE 38330 SAINT-NAZAIRE-LES-EYMES</t>
+  </si>
+  <si>
+    <t>15/09/2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STACEY PHILIPPA   </t>
+  </si>
+  <si>
+    <t>EUREKA</t>
+  </si>
+  <si>
+    <t>HAM DE SERRE 38460 PANOSSAS</t>
+  </si>
+  <si>
+    <t>01/11/2007</t>
+  </si>
+  <si>
+    <t>AERO SCHOOL</t>
+  </si>
+  <si>
+    <t>126 AVENUE GEORGES CLEMENCEAU 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/06/2015</t>
+  </si>
+  <si>
+    <t>FONDATION LA MACHE</t>
+  </si>
+  <si>
+    <t>69 BD JEAN VINGT TROIS 69008 LYON 8EME</t>
+  </si>
+  <si>
+    <t>29/06/2007</t>
+  </si>
+  <si>
+    <t>ENGLISH COACH</t>
+  </si>
+  <si>
+    <t>BAT F 92 RUE CALLELONGUE 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>08/02/2008</t>
+  </si>
+  <si>
+    <t>LA MAISON DE L'ANGLAIS</t>
+  </si>
+  <si>
+    <t>62 AVENUE DU PLATEAU DES GLIERES 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>ZONE COMMERCIALE DE LA MUDE 21 ROUTE DE LA ROCHELLE 79000 BESSINES</t>
+  </si>
+  <si>
+    <t>16/12/2019</t>
+  </si>
+  <si>
+    <t>84 RUE DU 18 JUIN 17138 PUILBOREAU</t>
+  </si>
+  <si>
+    <t>02/11/2020</t>
+  </si>
+  <si>
+    <t>AMBOS</t>
+  </si>
+  <si>
+    <t>9 RUE GANNERON 75018 PARIS</t>
+  </si>
+  <si>
+    <t>29/12/2017</t>
+  </si>
+  <si>
+    <t>ANGLOPHONE</t>
+  </si>
+  <si>
+    <t>LD KERDANIEL 29880 GUISSENY</t>
+  </si>
+  <si>
+    <t>08/04/2008</t>
+  </si>
+  <si>
+    <t>KEEPSCHOOL FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>BUREAU C4 33 AVENUE D'ITALIE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>01/10/2022</t>
+  </si>
+  <si>
+    <t>18 RUE DE LA COMTESSE CECILE 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>01/04/2014</t>
+  </si>
+  <si>
+    <t>40 RUE DU LOUVRE 75001 PARIS</t>
+  </si>
+  <si>
+    <t>ADEO FORMATION</t>
+  </si>
+  <si>
+    <t>1 RUE MOULIN A TAN 72400 LA FERTE-BERNARD</t>
+  </si>
+  <si>
+    <t>01/09/2010</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ STRASBOURG</t>
+  </si>
+  <si>
+    <t>5 PLACE DU CORBEAU 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>15/10/2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACHARD CELINE   </t>
+  </si>
+  <si>
+    <t>428 RUE DE GOUY 76520 LES AUTHIEUX-SUR-LE-PORT-SAINT-OUEN</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>ABD FORMATIONS</t>
+  </si>
+  <si>
+    <t>CAPCOURS</t>
+  </si>
+  <si>
+    <t>12 AVENUE DES PRES 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>17/07/2017</t>
+  </si>
+  <si>
+    <t>VAFORM</t>
+  </si>
+  <si>
+    <t>25 LES BEAUMES LUBERON 84360 PUGET</t>
+  </si>
+  <si>
+    <t>01/11/2008</t>
+  </si>
+  <si>
+    <t>FRENCH FACTORY BORDEAUX</t>
+  </si>
+  <si>
+    <t>FFB</t>
+  </si>
+  <si>
+    <t>24 AVENUE ARISTIDE BRIAND 33720 BARSAC</t>
+  </si>
+  <si>
+    <t>L'ATELIER B'LINGUA</t>
+  </si>
+  <si>
+    <t>8 RUE EDMOND ROSTAND 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>14/06/2010</t>
+  </si>
+  <si>
+    <t>HELP ENGLISH</t>
+  </si>
+  <si>
+    <t>LE PARC 9 RUE DES TERMES 33180 VERTHEUIL</t>
+  </si>
+  <si>
+    <t>29/12/2008</t>
+  </si>
+  <si>
+    <t>WEFIT GROUP</t>
+  </si>
+  <si>
+    <t>168 RUE DE LA CONVENTION 75015 PARIS</t>
+  </si>
+  <si>
+    <t>28/01/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STAPLETON TIMOTHY KENNETH  </t>
+  </si>
+  <si>
+    <t>2 LE CHETIF VIN 18520 BENGY-SUR-CRAON</t>
+  </si>
+  <si>
+    <t>25/02/2009</t>
+  </si>
+  <si>
+    <t>ARRIMAGE LANGUES</t>
+  </si>
+  <si>
+    <t>ARRIMAGES LANGUES</t>
+  </si>
+  <si>
+    <t>LE PHENIX - BAT 9 1350 AVENUE ALBERT EINSTEIN 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUVET ALEXIA   </t>
+  </si>
+  <si>
+    <t>681 CHEMIN DES AMANDIERS 34400 LUNEL</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TEMMAR FERIEL   </t>
+  </si>
+  <si>
+    <t>14 RUE DE BAGNEUX 92330 SCEAUX</t>
+  </si>
+  <si>
+    <t>15/03/2009</t>
+  </si>
+  <si>
+    <t>SAVOIE LANGUES</t>
+  </si>
+  <si>
+    <t>27 ALLEE ALBERT SYLVESTRE 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>10/03/2009</t>
+  </si>
+  <si>
+    <t>NEWDEAL INSTITUT</t>
+  </si>
+  <si>
+    <t>74 AVENUE THIERS 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>07/03/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMIEL-FOURTAS FANNY MARIE-PIERRE  </t>
+  </si>
+  <si>
+    <t>57 COURS ALBERT THOMAS 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THILLAYS AGNES BRIGITTE GENEVIEVE </t>
+  </si>
+  <si>
+    <t>8 LES GRANDS CHAMPS 39260 VILLARDS-D'HERIA</t>
+  </si>
+  <si>
+    <t>01/05/2009</t>
+  </si>
+  <si>
+    <t>OPCOACH</t>
+  </si>
+  <si>
+    <t>15 B RUE DES TROUBADOURS 31270 CUGNAUX</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAVIES JONATHAN RICHARD  </t>
+  </si>
+  <si>
+    <t>9 ALLEES FREDERIC MISTRAL 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERONIE FLORENCE   </t>
+  </si>
+  <si>
+    <t>VINEXPORTAIDE</t>
+  </si>
+  <si>
+    <t>LES ROBINS 71470 CHAPELLE-THECLE (LA)</t>
+  </si>
+  <si>
+    <t>01/06/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BLACKSTOCK CATRIONA JEAN ELISABETH </t>
+  </si>
+  <si>
+    <t>LE CHAMBOUD 143 ROUTE DE SAINT SORLIN 38780 EYZIN-PINET</t>
+  </si>
+  <si>
+    <t>31/07/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COLOM SEBASTIEN   </t>
+  </si>
+  <si>
+    <t>6 RUE JOUBERT 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>06/07/2009</t>
+  </si>
+  <si>
+    <t>CHA.YO.LI (CHANGE YOUR LIFE)</t>
+  </si>
+  <si>
+    <t>CENTRE DE LANGUES</t>
+  </si>
+  <si>
+    <t>3 RUE BOILEAU 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MILON LEROY GERALDINE   </t>
+  </si>
+  <si>
+    <t>25 RUE DU NOTAIRE 33380 MIOS</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAURIE ALEXANDRA SPEIRS  </t>
+  </si>
+  <si>
+    <t>THE BOOK FOUNTAIN</t>
+  </si>
+  <si>
+    <t>23 RUE HUBERT LATHAM 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>CHARNOZ-SUR-AIN</t>
+  </si>
+  <si>
+    <t>09/08/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAVARRE MELANIE   </t>
+  </si>
+  <si>
+    <t>20A RUE DU PETIT ROMBACH 68160 SAINTE-CROIX-AUX-MINES</t>
+  </si>
+  <si>
+    <t>30/07/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRAWITT ANNE MARIE  </t>
+  </si>
+  <si>
+    <t>201 ROUTE DE LYON 38460 CREMIEU</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BULTEAU EVELYNE MARIE ALICE </t>
+  </si>
+  <si>
+    <t>709 RUE DU SABLA 33210 COIMERES</t>
+  </si>
+  <si>
+    <t>10/03/2013</t>
+  </si>
+  <si>
+    <t>GV&amp;CO</t>
+  </si>
+  <si>
+    <t>5 B RUE DU GROS CHENE 92370 CHAVILLE</t>
+  </si>
+  <si>
+    <t>02/10/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PATEL HAVOVI   </t>
+  </si>
+  <si>
+    <t>17 RUE HENRI DUNANT 01250 CEYZERIAT</t>
+  </si>
+  <si>
+    <t>25/01/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROY BEATRICE SUZANNE RENEE </t>
+  </si>
+  <si>
+    <t>LE PARC 243 CHEMIN DE LASTENDES 47600 CALIGNAC</t>
+  </si>
+  <si>
+    <t>09/01/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BLENKINSOP LORNA MARIE  </t>
+  </si>
+  <si>
+    <t>31 AVENUE JULES FERRY 69780 MIONS</t>
+  </si>
+  <si>
+    <t>21/03/2010</t>
+  </si>
+  <si>
+    <t>EVOLUTION CARRIERE</t>
+  </si>
+  <si>
+    <t>15 RUE DES HALLES 75001 PARIS</t>
+  </si>
+  <si>
+    <t>02/06/2021</t>
+  </si>
+  <si>
+    <t>PYTHAGORE - NHK FORMATION</t>
+  </si>
+  <si>
+    <t>PYTHAGORE</t>
+  </si>
+  <si>
+    <t>23 RUE CARNOT 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>85.60Z</t>
+  </si>
+  <si>
+    <t>CD-VOLUTIF</t>
+  </si>
+  <si>
+    <t>CD FORMATION</t>
+  </si>
+  <si>
+    <t>PARC CLUB DE LA DEVEZE 166 RUE MAURICE BEJART 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>10/01/2012</t>
+  </si>
+  <si>
+    <t>RESIDENCE ANTEQUERRA 3 IMPASSE DE CORDOU 34300 AGDE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CALLES THAIS ROSALIA  </t>
+  </si>
+  <si>
+    <t>DOC'LANGUES</t>
+  </si>
+  <si>
+    <t>6 RUE TORTE 34660 COURNONTERRAL</t>
+  </si>
+  <si>
+    <t>30/11/2012</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ LYON</t>
+  </si>
+  <si>
+    <t>120 RUE MASSENA 69006 LYON</t>
+  </si>
+  <si>
+    <t>15/06/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GIRARDEAU LINE   </t>
+  </si>
+  <si>
+    <t>3 AVENUE DU GENERAL DE GAULLE 49400 SAUMUR</t>
+  </si>
+  <si>
+    <t>02/08/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOWSER NICOLA JANE   </t>
+  </si>
+  <si>
+    <t>DES COTEAUX 30700 BLAUZAC</t>
+  </si>
+  <si>
+    <t>01/02/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WHELAN CATHERINE CECILIA  </t>
+  </si>
+  <si>
+    <t>60 RUE DU PERRON 01150 VILLEBOIS</t>
+  </si>
+  <si>
+    <t>03/12/2019</t>
+  </si>
+  <si>
+    <t>SYNONYMS</t>
+  </si>
+  <si>
+    <t>42 RUE DE LA MARNE 27200 VERNON</t>
+  </si>
+  <si>
+    <t>21/06/2010</t>
+  </si>
+  <si>
+    <t>ORAKIN SUR MESURE</t>
+  </si>
+  <si>
+    <t>43 AVENUE FOCH 54000 NANCY</t>
+  </si>
+  <si>
+    <t>22/12/2014</t>
+  </si>
+  <si>
+    <t>COLLIN AND FARRELL</t>
+  </si>
+  <si>
+    <t>214 RUE EDMOND SOUPLET 60710 CHEVRIERES</t>
+  </si>
+  <si>
+    <t>PROLANGUE FORMATION</t>
+  </si>
+  <si>
+    <t>33 RUE DU GENERAL DUMONT 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/04/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VENZ KELLY   </t>
+  </si>
+  <si>
+    <t>6 RUE DU COLONEL PAUL PAILLOLE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>11/04/2012</t>
+  </si>
+  <si>
+    <t>74.30Z</t>
+  </si>
+  <si>
+    <t>TEAM</t>
+  </si>
+  <si>
+    <t>PARK KENNEDY IMMEUBLE J 13 AVENUE HENRI BECQUEREL 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>23/08/2010</t>
+  </si>
+  <si>
+    <t>PRESTIGE INTERLANGUAGE</t>
+  </si>
+  <si>
+    <t>109 RUE DU PETIT BOIS 45800 SAINT-JEAN-DE-BRAYE</t>
+  </si>
+  <si>
+    <t>14/10/2015</t>
+  </si>
+  <si>
+    <t>TF CAP CONSULTING</t>
+  </si>
+  <si>
+    <t>45 AVENUE DE LASBORDES 31130 BALMA</t>
+  </si>
+  <si>
+    <t>20/06/2022</t>
+  </si>
+  <si>
+    <t>ENJOY ENGLISH</t>
+  </si>
+  <si>
+    <t>845 RUE DES QUATRE SEIGNEURS 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>29/06/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAGOT ARNAUD   </t>
+  </si>
+  <si>
+    <t>14 RUE DES BLANCHES TERRES 54630 FLAVIGNY-SUR-MOSELLE</t>
+  </si>
+  <si>
+    <t>29/11/2016</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ LILLE</t>
+  </si>
+  <si>
+    <t>CTRE. DE COMMERCES DE SERVICES ET DE 100 CTRE COMMERCIAL EURALILLE 59000 LILLE</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FENNELLY SEAMUS   </t>
+  </si>
+  <si>
+    <t>49 RUE FREDERIC FAYS 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>20/04/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEWEURS CHRISTINE HELENE REINE </t>
+  </si>
+  <si>
+    <t>COL DE GAGEOT "LA TOUR DE GAGEOT" ROUTE DU LAC 34800 CLERMONT-L'HERAULT</t>
+  </si>
+  <si>
+    <t>01/11/2010</t>
+  </si>
+  <si>
+    <t>1TO1  CONSULTING</t>
+  </si>
+  <si>
+    <t>HORIZON 2000 MACH 6 65 AVENUE DES HAUTS GRIGNEUX 76420 BIHOREL</t>
+  </si>
+  <si>
+    <t>09/05/2011</t>
+  </si>
+  <si>
+    <t>SO MULHOUSE</t>
+  </si>
+  <si>
+    <t>4 RUE DES BONNES GENS 68100 MULHOUSE</t>
+  </si>
+  <si>
+    <t>07/03/2011</t>
+  </si>
+  <si>
+    <t>L'ESPACE GABRIEL</t>
+  </si>
+  <si>
+    <t>400 BOULEVARD CHARLES CROS 14123 IFS</t>
+  </si>
+  <si>
+    <t>13/12/2022</t>
+  </si>
+  <si>
+    <t>TALK FIRST</t>
+  </si>
+  <si>
+    <t>PORT DE COMMERCE 6 RUE PORSTREIN 29200 BREST</t>
+  </si>
+  <si>
+    <t>04/07/2011</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION LANGUES</t>
+  </si>
+  <si>
+    <t>ZONE COMMERCIALE LA BOUSSOLE 73 RUE DES PLESSES 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>02/08/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CATENA CARMINA   </t>
+  </si>
+  <si>
+    <t>12 RUE CLEMENT ROASSAL 06000 NICE</t>
+  </si>
+  <si>
+    <t>09/03/2019</t>
+  </si>
+  <si>
+    <t>BUSINESS SPEAKING</t>
+  </si>
+  <si>
+    <t>26 RUE JACQUES DULUD 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>17/09/2021</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ NICE</t>
+  </si>
+  <si>
+    <t>COMPLEXE CAP VAR 148 AV GUYNEMER 06700 SAINT LAURENT DU VAR</t>
+  </si>
+  <si>
+    <t>01/03/2012</t>
+  </si>
+  <si>
+    <t>CAPENGLISH</t>
+  </si>
+  <si>
+    <t>58 RUE JEAN JAURES 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>25/01/2018</t>
+  </si>
+  <si>
+    <t>YOUR ENGLISH WORKSHOP</t>
+  </si>
+  <si>
+    <t>27 BOULEVARD DE RUSSIE 73100 AIX-LES-BAINS</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REVERCHON BENJAMIN   </t>
+  </si>
+  <si>
+    <t>ENGLISH COACHING BORDEAUX</t>
+  </si>
+  <si>
+    <t>8 ROUTE DE BORDEAUX 33880 CAMBES</t>
+  </si>
+  <si>
+    <t>11/09/2020</t>
+  </si>
+  <si>
+    <t>ANGLAIS@AVIGNON</t>
+  </si>
+  <si>
+    <t>72 ROUTE DE MONTFAVET 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEATON KATHRYN   </t>
+  </si>
+  <si>
+    <t>22 RUE GAMBETTA 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>30/06/2018</t>
+  </si>
+  <si>
+    <t>ENGLISH MADE IN FRANCE</t>
+  </si>
+  <si>
+    <t>LA COUTURE 7 ROUTE DE RIGNY-USSE 37420 HUISMES</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ AMIENS</t>
+  </si>
+  <si>
+    <t>6 RUE LAMARTINE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>17/08/2012</t>
+  </si>
+  <si>
+    <t>BUSINESS FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>34 RUE PONTCOTTIER 38300 BOURGOIN-JALLIEU</t>
+  </si>
+  <si>
+    <t>25/08/2014</t>
+  </si>
+  <si>
+    <t>ALIP</t>
+  </si>
+  <si>
+    <t>25 AU 27 25 RUE GINOUX 75015 PARIS</t>
+  </si>
+  <si>
+    <t>26/07/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAN ANTONIO BELEN   </t>
+  </si>
+  <si>
+    <t>BELINGUA ACADEMY</t>
+  </si>
+  <si>
+    <t>3EME ETAGE 36 RUE DE LA GRANGE 69009 LYON</t>
+  </si>
+  <si>
+    <t>22/10/2020</t>
+  </si>
+  <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
+    <t>NEXTEP</t>
+  </si>
+  <si>
+    <t>CENTRE D ACTIVITES LA TUILERIE 78860 SAINT-NOM-LA-BRETECHE</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>QUIRIS</t>
+  </si>
+  <si>
+    <t>5 RUE DU CHARRON 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/05/2012</t>
+  </si>
+  <si>
+    <t>66.30Z</t>
+  </si>
+  <si>
+    <t>BTL FORMATION</t>
+  </si>
+  <si>
+    <t>82-84 82 BOULEVARD HAUSSMANN 75008 PARIS</t>
+  </si>
+  <si>
+    <t>12/01/1998</t>
+  </si>
+  <si>
+    <t>SARL AVENIR FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>37 RUE DE LA SOMME 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>14/12/2017</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>OURAGAN FORMATION</t>
+  </si>
+  <si>
+    <t>11 AV DES VIEUX MOULINS - ANNECY 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>25/10/2019</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ PARIS REIMS ORLEANS</t>
+  </si>
+  <si>
+    <t>21 AVENUE VICTOR HUGO 75016 PARIS</t>
+  </si>
+  <si>
+    <t>29/07/1996</t>
+  </si>
+  <si>
+    <t>BRITISH AMERICAN INSTITUTE</t>
+  </si>
+  <si>
+    <t>3 RUE CONTRESCARPE 44000 NANTES</t>
+  </si>
+  <si>
+    <t>28/11/1996</t>
+  </si>
+  <si>
+    <t>LINGUA INSTITUT</t>
+  </si>
+  <si>
+    <t>ZI PARIS NORD II 13 RUE DE LA PERDRIX 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>29/08/2005</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE GALION 94 RUE JULES GUESDE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>TAMIA</t>
+  </si>
+  <si>
+    <t>5 RUE DE MADAGASCAR 29200 BREST</t>
+  </si>
+  <si>
+    <t>07/03/2016</t>
+  </si>
+  <si>
+    <t>IFCA</t>
+  </si>
+  <si>
+    <t>17 BOULEVARD D'ANVAUX 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOCATIN ROSY JEANNE  </t>
+  </si>
+  <si>
+    <t>12 A LES JARDINS DE HOUELBOURG ZONE INDUSTRIELLE DE JARRY 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>26/06/2009</t>
+  </si>
+  <si>
+    <t>EMERGENCE FORMATION</t>
+  </si>
+  <si>
+    <t>36 QUAI DU CHATELET 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>19/08/1997</t>
+  </si>
+  <si>
+    <t>LES LANGUES DU MONDE</t>
+  </si>
+  <si>
+    <t>47 AVENUE DE SEGUR 75007 PARIS</t>
+  </si>
+  <si>
+    <t>06/11/2021</t>
+  </si>
+  <si>
+    <t>EDUCATIONAL PROGRAMS MASTER FRANCE</t>
+  </si>
+  <si>
+    <t>13 PLACE DE LA REPUBLIQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/05/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GELPKE MARK ALEXANDER  </t>
+  </si>
+  <si>
+    <t>219 AVENUE FELIX FAURE 69003 LYON</t>
+  </si>
+  <si>
+    <t>28/10/2015</t>
+  </si>
+  <si>
+    <t>TELELANGUE</t>
+  </si>
+  <si>
+    <t>5-9 9 RUE MAURICE GRANDCOING 94200 IVRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>30/11/2001</t>
+  </si>
+  <si>
+    <t>LEARNLIGHT</t>
+  </si>
+  <si>
+    <t>52 BOULEVARD DE SEBASTOPOL 75003 PARIS</t>
+  </si>
+  <si>
+    <t>22/09/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DILLY ADAM   </t>
+  </si>
+  <si>
+    <t>26 RUE D'ARCOLE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>29/01/2021</t>
+  </si>
+  <si>
+    <t>ASFOR CCI</t>
+  </si>
+  <si>
+    <t>ZA LA GANDIERE 206 RUE DU ROUSINE 05110 LA SAULCE</t>
+  </si>
+  <si>
+    <t>31/03/2022</t>
+  </si>
+  <si>
+    <t>BRITISH AMERICAN INSTITUTE LIMITED</t>
+  </si>
+  <si>
+    <t>38 AVENUE VICTOR HUGO 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>PARIS ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>02/11/2016</t>
+  </si>
+  <si>
+    <t>MBR COMPETENCES ET FORMATIONS NT</t>
+  </si>
+  <si>
+    <t>3 ALLEE DE L'ECONOMIE 67370 WIWERSHEIM</t>
+  </si>
+  <si>
+    <t>01/05/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHATWIN CLAIRE   </t>
+  </si>
+  <si>
+    <t>9 BOULEVARD SARRAIL 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>15/08/1999</t>
+  </si>
+  <si>
+    <t>AVOSCOURS</t>
+  </si>
+  <si>
+    <t>41 RUE RACINE 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>07/06/2021</t>
+  </si>
+  <si>
+    <t>EEDGE</t>
+  </si>
+  <si>
+    <t>69 BOULEVARD DE MAGENTA 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ CERGY 2</t>
+  </si>
+  <si>
+    <t>47 AVENUE DES GENOTTES 95800 CERGY</t>
+  </si>
+  <si>
+    <t>14/06/2021</t>
+  </si>
+  <si>
+    <t>EST FORM'ACTION</t>
+  </si>
+  <si>
+    <t>5 RUE LOUIS GUINGOT 54500 VANDŒUVRE-LES-NANCY</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>SNOW BUSINESS ENGLISH</t>
+  </si>
+  <si>
+    <t>40 RUE FOCH 69330 JONAGE</t>
+  </si>
+  <si>
+    <t>22/01/2018</t>
+  </si>
+  <si>
+    <t>MAISON BLANCHE FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE MARECHAL LYAUTEY 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>30/09/2015</t>
+  </si>
+  <si>
+    <t>AZUR CONSEIL &amp; FORMATION</t>
+  </si>
+  <si>
+    <t>105 BOULEVARD DE SEBASTOPOL 75002 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>OPEN</t>
+  </si>
+  <si>
+    <t>OPEN FORMATION</t>
+  </si>
+  <si>
+    <t>85 AVENUE NIEL 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOURNIER MARION MARIE-ANGE  </t>
+  </si>
+  <si>
+    <t>3 RUE DES BELLES COULEES 72210 FILLE</t>
+  </si>
+  <si>
+    <t>KALI FORMATION</t>
+  </si>
+  <si>
+    <t>8 AVENUE D'AUBIERE 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>01/05/2017</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAAIBES KAMILIA   </t>
+  </si>
+  <si>
+    <t>28 B RUE DES PETITS PRES 78810 FEUCHEROLLES</t>
+  </si>
+  <si>
+    <t>15/02/2012</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ LE MANS</t>
+  </si>
+  <si>
+    <t>WALL STREET INSTITUTE LE MANS</t>
+  </si>
+  <si>
+    <t>40 T PLACE DE LA REPUBLIQUE 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>01/12/2009</t>
+  </si>
+  <si>
+    <t>LOT LES GRANDS PRES ILOT 1 PARC CERES 21 RUE FERDINAND BUISSON 53810 CHANGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOOTH CHRISTOPHER STUART  </t>
+  </si>
+  <si>
+    <t>CHRIS BOOTH</t>
+  </si>
+  <si>
+    <t>KERAUGANT 2 RUE DES AUBEPINES 29750 LOCTUDY</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
+    <t>MAISON DE L EUROPE</t>
+  </si>
+  <si>
+    <t>HOTEL SAINT JEAN 32 RUE DE LA DALBADE 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>24/11/2009</t>
+  </si>
+  <si>
     <t xml:space="preserve">HORNE ELAINE   </t>
   </si>
   <si>
     <t>3 D RUE DU DOCTEUR FRANCOIS 67000 STRASBOURG</t>
   </si>
   <si>
     <t>01/09/2004</t>
   </si>
   <si>
-    <t>NEXTEP</t>
-[...1375 lines deleted...]
-  <si>
     <t xml:space="preserve">PLATT TIMOTHY MICHAEL  </t>
   </si>
   <si>
     <t>1 RUE DE LA RAGIE RONDAT 90130 PETIT-CROIX</t>
   </si>
   <si>
     <t>16/11/2018</t>
   </si>
   <si>
     <t>74.20Z</t>
   </si>
   <si>
-    <t>[ND] [ND] [ND] [ND] [ND]</t>
-[...4 lines deleted...]
-  <si>
     <t>MORNANT</t>
   </si>
   <si>
     <t>10/04/2023</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>NOVACAP FORMATION</t>
   </si>
   <si>
     <t>80 RUE HENRI DE BOISSIEU 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>12/05/2021</t>
   </si>
   <si>
     <t>01/06/2024</t>
   </si>
   <si>
     <t>WORDS IN ACTION</t>
   </si>
   <si>
     <t>BATIMENT A4  - BAL 4 14 RUE DE LA PLAINE 75020 PARIS</t>
@@ -1666,50 +2623,53 @@
   <si>
     <t>927 RUE DU COUDRAY 76810 GRUCHET-SAINT-SIMEON</t>
   </si>
   <si>
     <t>10/11/2021</t>
   </si>
   <si>
     <t xml:space="preserve">TOUBOUL VALERIE   </t>
   </si>
   <si>
     <t>410 ROUTE DU STADE 38790 CHARANTONNAY</t>
   </si>
   <si>
     <t>17/04/2014</t>
   </si>
   <si>
     <t xml:space="preserve">MOSS NATHAN GEOFFREY  </t>
   </si>
   <si>
     <t>2 RUE ALFRED STEVENS 75009 PARIS</t>
   </si>
   <si>
     <t>01/07/2018</t>
   </si>
   <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
     <t xml:space="preserve">NABHAN RANDA   </t>
   </si>
   <si>
     <t>210 ROUTE DES CONDAMINES 69390 CHARLY</t>
   </si>
   <si>
     <t>01/04/2023</t>
   </si>
   <si>
     <t>ENGLISH MASTERY</t>
   </si>
   <si>
     <t>333 AVENUE VICTOR HUGO 26000 VALENCE</t>
   </si>
   <si>
     <t>16/07/2014</t>
   </si>
   <si>
     <t>LANGUES VIVANTES</t>
   </si>
   <si>
     <t>LANGUE VIVANTES</t>
   </si>
   <si>
     <t>LE BOIS CANDIDE 89 RUE DE MEYRIN 01210 FERNEY-VOLTAIRE</t>
@@ -1732,1932 +2692,954 @@
   <si>
     <t>20/10/2019</t>
   </si>
   <si>
     <t>CECI FORMATION</t>
   </si>
   <si>
     <t>202 AVENUE DE COLMAR 67100 STRASBOURG</t>
   </si>
   <si>
     <t>01/11/2017</t>
   </si>
   <si>
     <t>PROWINE LANGUAGE</t>
   </si>
   <si>
     <t>48 RUE PIERRE RENAUDEL 33400 TALENCE</t>
   </si>
   <si>
     <t>14/11/2014</t>
   </si>
   <si>
     <t>79.90Z</t>
   </si>
   <si>
-    <t>ANGLAIS @ STRASBOURG</t>
-[...788 lines deleted...]
-    <t>01/03/2018</t>
+    <t>EXPERTISE LANGUES</t>
+  </si>
+  <si>
+    <t>ILE INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>241 RUE DE BERCY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>LEADING LANGUAGE INSTITUTE</t>
+  </si>
+  <si>
+    <t>23 RUE DE LA GARE 57300 MONDELANGE</t>
+  </si>
+  <si>
+    <t>19/01/2015</t>
+  </si>
+  <si>
+    <t>AYNI.COM</t>
+  </si>
+  <si>
+    <t>79 RUE DU CARDINAL LEMOINE 75005 PARIS</t>
+  </si>
+  <si>
+    <t>23/01/2015</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>BORG FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE JEAN MONNET 44260 MALVILLE</t>
+  </si>
+  <si>
+    <t>25/02/2015</t>
+  </si>
+  <si>
+    <t>PICARDIE LANGUES</t>
+  </si>
+  <si>
+    <t>1 PLACE SAINT BARTHELEMY 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>01/03/2015</t>
+  </si>
+  <si>
+    <t>3 RUE CAUDRON 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>01/02/2016</t>
+  </si>
+  <si>
+    <t>BRISTOL UNION</t>
+  </si>
+  <si>
+    <t>PLACE DES FORMATIONS</t>
+  </si>
+  <si>
+    <t>13 RUE TREUIL DES NOYERS 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>20/10/2017</t>
+  </si>
+  <si>
+    <t>SPEAK UP</t>
+  </si>
+  <si>
+    <t>255 AVENUE DU MARECHAL FOCH 78630 ORGEVAL</t>
+  </si>
+  <si>
+    <t>10/03/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QUANJER MARIA MATHILDE  </t>
+  </si>
+  <si>
+    <t>155 RUE DES SPORTS 34750 VILLENEUVE-LES-MAGUELONE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FLOGEL SOPHIA REGINA  </t>
+  </si>
+  <si>
+    <t>70 RUE RUFFIN 76210 BOLBEC</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>HIT YOUR MARK ! COMMUNICATIONS</t>
+  </si>
+  <si>
+    <t>10 RUE DE LA PAIX 75002 PARIS</t>
+  </si>
+  <si>
+    <t>30/07/2020</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>BIRDWELL INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE RIVE DE SAONE 41 QUAI FULCHIRON 69005 LYON</t>
+  </si>
+  <si>
+    <t>12/01/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PABOEUF CLEMENCE JULIE MARIE </t>
+  </si>
+  <si>
+    <t>20 RUE DE LA METAIRIE 44230 SAINT-SEBASTIEN-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>31/10/2018</t>
+  </si>
+  <si>
+    <t>GROUPE DE LA SALLE - REIMS</t>
+  </si>
+  <si>
+    <t>94 AVENUE DE LAON 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/03/2016</t>
+  </si>
+  <si>
+    <t>MALAC INSTITUT DES LANGUES</t>
+  </si>
+  <si>
+    <t>2 T AVENUE DE FRANCE 91300 MASSY</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>JUST DO ENGLISH</t>
+  </si>
+  <si>
+    <t>22 COURS JEAN JAURES 38000 GRENOBLE</t>
+  </si>
+  <si>
+    <t>02/06/2016</t>
+  </si>
+  <si>
+    <t>JACK N' JILL</t>
+  </si>
+  <si>
+    <t>49 AVENUE JEHAN DE BRIE 77120 COULOMMIERS</t>
+  </si>
+  <si>
+    <t>21/05/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RICHARDSON YASMINE ALIA  </t>
+  </si>
+  <si>
+    <t>17 RUE DU FAUBOURG SAINT-DENIS 75010 PARIS</t>
+  </si>
+  <si>
+    <t>28/04/2023</t>
+  </si>
+  <si>
+    <t>NOVASANCO</t>
+  </si>
+  <si>
+    <t>30 AVENUE DE CANTERANNE 33600 PESSAC</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIGNOT CHARLOTTE CORINNE  </t>
+  </si>
+  <si>
+    <t>11 PLACE GUTENBERG 69300 CALUIRE-ET-CUIRE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALONZI BRUNO   </t>
+  </si>
+  <si>
+    <t>28 RUE DE LA REPUBLIQUE 57360 AMNEVILLE</t>
+  </si>
+  <si>
+    <t>16/08/2016</t>
+  </si>
+  <si>
+    <t>SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>05/09/2019</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOLEDANO NOEMIE   </t>
+  </si>
+  <si>
+    <t>15 RUE CARLE HEBERT 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>27/03/2019</t>
+  </si>
+  <si>
+    <t>ENGLISH ACADEMY</t>
+  </si>
+  <si>
+    <t>20 T RUE JULIEN 69003 LYON 3EME</t>
+  </si>
+  <si>
+    <t>16/10/2018</t>
+  </si>
+  <si>
+    <t>ACL PARIS</t>
+  </si>
+  <si>
+    <t>15 RUE CLAUDE TILLIER 75012 PARIS</t>
+  </si>
+  <si>
+    <t>03/11/2016</t>
+  </si>
+  <si>
+    <t>GOUBSKY ALINE PATRICIA ELIZABETH NGOZI</t>
+  </si>
+  <si>
+    <t>45 GRANDE RUE 01150 SAINT-SORLIN-EN-BUGEY</t>
+  </si>
+  <si>
+    <t>13/12/2016</t>
+  </si>
+  <si>
+    <t>SECO GLOBAL SERVICES - SGS</t>
+  </si>
+  <si>
+    <t>3 RUE JOSEPH CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>12/10/2017</t>
+  </si>
+  <si>
+    <t>33.12Z</t>
+  </si>
+  <si>
+    <t>CAP'CONSEILS FRANCE</t>
+  </si>
+  <si>
+    <t>7 ALLEE COLETTE DUVAL 37100 TOURS</t>
+  </si>
+  <si>
+    <t>24/01/2017</t>
+  </si>
+  <si>
+    <t>LSJ ENGLISH</t>
+  </si>
+  <si>
+    <t>1 RUE DES FRENES 44140 GENESTON</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>1 RUE DUGOMMIER 44000 NANTES</t>
+  </si>
+  <si>
+    <t>12/10/2020</t>
+  </si>
+  <si>
+    <t>BRIGHT SPARKS</t>
+  </si>
+  <si>
+    <t>LE BOIS D'OINGT 195 CHE DES MORGUERES 69620 VAL D'OINGT</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>LYON</t>
+  </si>
+  <si>
+    <t>13/03/2017</t>
+  </si>
+  <si>
+    <t>@ D ANGLAIS</t>
+  </si>
+  <si>
+    <t>5 RUE DU PRE BOTTE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>4 RUE PAUL-LOUIS COURIER 35000 RENNES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUKOMELA OLENA   </t>
+  </si>
+  <si>
+    <t>PHILEAS WORLD LILLE</t>
+  </si>
+  <si>
+    <t>8 BEAU CHENE 59390 SAILLY-LEZ-LANNOY</t>
+  </si>
+  <si>
+    <t>31/10/2020</t>
+  </si>
+  <si>
+    <t>CME ACADEMIE</t>
+  </si>
+  <si>
+    <t>1 RUE WANGARI MAATHAI 57140 NORROY-LE-VENEUR</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>O'BEINGLISH</t>
+  </si>
+  <si>
+    <t>293 BOULEVARD SAINT-DENIS 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GOMES MARIA DO CARMO   </t>
+  </si>
+  <si>
+    <t>LE VIGNEAU 37120 BRASLOU</t>
+  </si>
+  <si>
+    <t>12/07/2022</t>
+  </si>
+  <si>
+    <t>BLEU INDIGO</t>
+  </si>
+  <si>
+    <t>138 CHEMIN DES BOURRELY 13015 MARSEILLE</t>
+  </si>
+  <si>
+    <t>02/02/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WOODS YUANIST   </t>
+  </si>
+  <si>
+    <t>83 AVENUE DU GENERAL LECLERC 94700 MAISONS-ALFORT</t>
+  </si>
+  <si>
+    <t>15/04/2019</t>
+  </si>
+  <si>
+    <t>CAP LEARN</t>
+  </si>
+  <si>
+    <t>35 RUE DE LA BOUTIERE 71150 CHAGNY</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>FAC PLUS</t>
+  </si>
+  <si>
+    <t>1969 ROUTE ROYALE 73190 CHALLES-LES-EAUX</t>
+  </si>
+  <si>
+    <t>COURS CAMELEON</t>
+  </si>
+  <si>
+    <t>64 RUE DE LA REPUBLIQUE 77122 MONTHYON</t>
+  </si>
+  <si>
+    <t>02/03/2018</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>MYES LYON</t>
+  </si>
+  <si>
+    <t>42 COURS DE LA LIBERTE 69003 LYON</t>
+  </si>
+  <si>
+    <t>25/06/2018</t>
+  </si>
+  <si>
+    <t>COMEX</t>
+  </si>
+  <si>
+    <t>22 ROUTE DE SAINT-SYLVESTRE 74150 MARCELLAZ-ALBANAIS</t>
+  </si>
+  <si>
+    <t>26/04/2018</t>
+  </si>
+  <si>
+    <t>3P FORMATIONS</t>
+  </si>
+  <si>
+    <t>BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>ENGLISH ON MARS</t>
+  </si>
+  <si>
+    <t>4 RUE STANISLAS TORRENTS 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>UNE AUTRE LANGUE SETE</t>
+  </si>
+  <si>
+    <t>18 RUE MONTMORENCY 34200 SETE</t>
+  </si>
+  <si>
+    <t>25/07/2018</t>
+  </si>
+  <si>
+    <t>EFFICLASSE</t>
+  </si>
+  <si>
+    <t>14 RUE DES SERVES 01340 MONTREVEL-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>ONE STEP FORWARD</t>
+  </si>
+  <si>
+    <t>50 RUE JEAN FIOLLE 13006 MARSEILLE 6EME</t>
+  </si>
+  <si>
+    <t>14/12/2018</t>
+  </si>
+  <si>
+    <t>LES TROBADORS</t>
+  </si>
+  <si>
+    <t>1 LE MOULIN DRAP 36370 PRISSAC</t>
+  </si>
+  <si>
+    <t>21/01/2019</t>
+  </si>
+  <si>
+    <t>BRITISH COUNCIL IN FRANCE</t>
+  </si>
+  <si>
+    <t>9-11 9 RUE DE CONSTANTINE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>AIMENGLISH</t>
+  </si>
+  <si>
+    <t>40 CHEMIN DE LA REVIREE 38240 MEYLAN</t>
+  </si>
+  <si>
+    <t>05/02/2019</t>
+  </si>
+  <si>
+    <t>VOL GROUPE CONSEILS, FORMATIONS</t>
+  </si>
+  <si>
+    <t>8 ROUTE DE FANLAC 24580 PLAZAC</t>
+  </si>
+  <si>
+    <t>ALEYSSON</t>
+  </si>
+  <si>
+    <t>97 B RUE DU DAUPHINE 69003 LYON</t>
+  </si>
+  <si>
+    <t>FAST ENGLISH</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD LAZARE CARNOT 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>08/04/2019</t>
+  </si>
+  <si>
+    <t>LEARNENGLISH</t>
+  </si>
+  <si>
+    <t>21 RUE DES AVELANIERS 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>28/07/2023</t>
+  </si>
+  <si>
+    <t>KILUZ</t>
+  </si>
+  <si>
+    <t>1 PLACE PIERRE MENDES FRANCE 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>14/09/2020</t>
+  </si>
+  <si>
+    <t>ECOLE ENGLISH TREE</t>
+  </si>
+  <si>
+    <t>2 RUE DE CHARTRES 91400 ORSAY</t>
+  </si>
+  <si>
+    <t>24/05/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KALSULKAR DEVYANI   </t>
+  </si>
+  <si>
+    <t>9 ALLEES JEAN JAURES 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>INSTITUT INTERNATIONAL LANGUES &amp; AFFAIRES</t>
+  </si>
+  <si>
+    <t>1 RUE DE CLAIREFONTAINE 78120 RAMBOUILLET</t>
+  </si>
+  <si>
+    <t>01/08/2020</t>
+  </si>
+  <si>
+    <t>OGMA</t>
+  </si>
+  <si>
+    <t>BERLITZ</t>
+  </si>
+  <si>
+    <t>SYNERGIE PARK- IMM. PROGRESSY 4 RUE LOUIS DE BROGLIE 59260 LEZENNES</t>
+  </si>
+  <si>
+    <t>12/07/2019</t>
+  </si>
+  <si>
+    <t>CT LANGUES</t>
+  </si>
+  <si>
+    <t>IMMEUBLE L'ACROPOLE 2 RUE CRUCY 44000 NANTES</t>
+  </si>
+  <si>
+    <t>18/07/2019</t>
+  </si>
+  <si>
+    <t>LANGUES DU MONDE BORDEAUX</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE VIRECOURT 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>POLE PREPA</t>
+  </si>
+  <si>
+    <t>47 RUE SAINT MATHIEU 69008 LYON</t>
+  </si>
+  <si>
+    <t>05/08/2019</t>
+  </si>
+  <si>
+    <t>EUDEHO</t>
+  </si>
+  <si>
+    <t>180 ROUTE DE VOURLES 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>31/07/2019</t>
+  </si>
+  <si>
+    <t>AGILE &amp; FORMATION</t>
+  </si>
+  <si>
+    <t>1040 RUE DES MONTANGEONS 41200 PRUNIERS-EN-SOLOGNE</t>
+  </si>
+  <si>
+    <t>02/09/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MEUNIER SOPHIE   </t>
+  </si>
+  <si>
+    <t>718 AVENUE VICTOR HUGO 69140 RILLIEUX-LA-PAPE</t>
+  </si>
+  <si>
+    <t>16/09/2019</t>
+  </si>
+  <si>
+    <t>IHS53</t>
+  </si>
+  <si>
+    <t>14 RUE BARBES 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
+    <t>CAMBRIDGE ASSESSMENT OVERSEAS LIMITED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUILDING 27 RUE SHAFTESBURY ROAD THE TRANGLE </t>
+  </si>
+  <si>
+    <t>18/11/2019</t>
+  </si>
+  <si>
+    <t>L'UNIVERS DES LANGUES ALP</t>
+  </si>
+  <si>
+    <t>L'UNIVERS DES LANGUES</t>
+  </si>
+  <si>
+    <t>9 ALLEE DE L'ILE GLORIETTE 44000 NANTES</t>
+  </si>
+  <si>
+    <t>09/12/2019</t>
+  </si>
+  <si>
+    <t>ENGLISH@BERRY</t>
+  </si>
+  <si>
+    <t>C 8 COURS DES JACOBINS 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>20/11/2019</t>
+  </si>
+  <si>
+    <t>PRODEVAL FORMATION</t>
+  </si>
+  <si>
+    <t>QUARTIER DU 45E PARALLELE ROVALTAIN 7 RUE ANNE-MARIE STAUB 26300 CHATEAUNEUF-SUR-ISERE</t>
+  </si>
+  <si>
+    <t>12/12/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOUCHON FRANCOISE MARCELLE   </t>
+  </si>
+  <si>
+    <t>FRANCOISE STOWELL ENGLISH SPIRIT</t>
+  </si>
+  <si>
+    <t>6 RUE DU PRIEURE 43200 YSSINGEAUX</t>
+  </si>
+  <si>
+    <t>QUADRICOLORE FORMATION</t>
+  </si>
+  <si>
+    <t>YOSTE FORMATION</t>
+  </si>
+  <si>
+    <t>327 CHEMIN DU CHATEAU 38510 SERMERIEU</t>
+  </si>
+  <si>
+    <t>19/05/2020</t>
+  </si>
+  <si>
+    <t>SMART CEDAR SQY</t>
+  </si>
+  <si>
+    <t>39 BOULEVARD VAUBAN 78280 GUYANCOURT</t>
+  </si>
+  <si>
+    <t>22/07/2020</t>
+  </si>
+  <si>
+    <t>ENGLISH FOR REAL</t>
+  </si>
+  <si>
+    <t>16 RUE SAINT-ELOI 94250 GENTILLY</t>
+  </si>
+  <si>
+    <t>11/08/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TIBIER ISABELLE MARIE  </t>
+  </si>
+  <si>
+    <t>3 IMPASSE DES TILLEULS 03800 GANNAT</t>
+  </si>
+  <si>
+    <t>23/05/2021</t>
+  </si>
+  <si>
+    <t>26/02/2024</t>
+  </si>
+  <si>
+    <t>A-Z LINGUISTICS</t>
+  </si>
+  <si>
+    <t>9 AVENUE CUVIER 78600 MAISONS-LAFFITTE</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOY PAMELA   </t>
+  </si>
+  <si>
+    <t>13 B RUE DE NIMES 30310 VERGEZE</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ ANTONY</t>
+  </si>
+  <si>
+    <t>32 AVENUE DE LA DIVISION LECLERC 92160 ANTONY</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ LIMOGES</t>
+  </si>
+  <si>
+    <t>19 AVENUE DU MIDI 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>24/12/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VUILLERMIER AUDREY   </t>
+  </si>
+  <si>
+    <t>23 IMPASSE DES BLEUETS 01480 FRANS</t>
+  </si>
+  <si>
+    <t>26/09/2020</t>
+  </si>
+  <si>
+    <t>LANGUES FACILES</t>
+  </si>
+  <si>
+    <t>1040 RTE DE SAINT ROMAIN 33240 SAINT-ANDRE-DE-CUBZAC</t>
+  </si>
+  <si>
+    <t>27/06/2023</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ SAINT HERBLAIN</t>
+  </si>
+  <si>
+    <t>3 IMPASSE SERGE REGGIANI 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>VERNEIL FORMATION</t>
+  </si>
+  <si>
+    <t>3 PLACE DES JOUTEURS 69700 GIVORS</t>
+  </si>
+  <si>
+    <t>15/10/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAVERAN JULIE   </t>
+  </si>
+  <si>
+    <t>13 CHEMIN DE LA FITO OUEST 09100 LA TOUR-DU-CRIEU</t>
+  </si>
+  <si>
+    <t>07/10/2020</t>
+  </si>
+  <si>
+    <t>ENGLISHPRO</t>
+  </si>
+  <si>
+    <t>LD CAILLOU OUEST 12 CHEMIN DU BENET 33340 LESPARRE-MEDOC</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>COURZAL ACADEMY</t>
+  </si>
+  <si>
+    <t>103 RUE HENRI GAUTIER 44550 MONTOIR-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>23/03/2021</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ PLAISIR</t>
+  </si>
+  <si>
+    <t>5 RUE DES FRERES LUMIERE 78370 PLAISIR</t>
+  </si>
+  <si>
+    <t>04/01/2021</t>
+  </si>
+  <si>
+    <t>SASU ENGLISH CUPPA</t>
+  </si>
+  <si>
+    <t>BOIS DE NEFLES - SAINTE CLOTILDE 9 CHEMIN DES PAPAYES 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>04973283997</t>
+  </si>
+  <si>
+    <t>FORMA PLUS</t>
+  </si>
+  <si>
+    <t>FORMA+</t>
+  </si>
+  <si>
+    <t>57 AVENUE DE BRETAGNE 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>15/01/2021</t>
+  </si>
+  <si>
+    <t>UNE AUTRE LANGUE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>496 ROUTE DE LA POMPIGNANE 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>19/01/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOLDEN JAMES ROBERT  </t>
+  </si>
+  <si>
+    <t>555 CHEMIN DE BELOT 82400 SAINT-PAUL-D'ESPIS</t>
+  </si>
+  <si>
+    <t>12/02/2021</t>
+  </si>
+  <si>
+    <t>ATOUT LANGUES SUD</t>
+  </si>
+  <si>
+    <t>50 BOULEVARD BAILLE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>03/03/2021</t>
+  </si>
+  <si>
+    <t>PLATINIUM ACADEMY</t>
+  </si>
+  <si>
+    <t>24 RUE DOMER 69007 LYON</t>
+  </si>
+  <si>
+    <t>04/03/2021</t>
+  </si>
+  <si>
+    <t>MIND YOUR LANGUAGE LIMITED</t>
+  </si>
+  <si>
+    <t>6 RUE D'ARMAILLE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>12/03/2021</t>
   </si>
   <si>
     <t xml:space="preserve">GUALANDI SYLVAIN JOSEPH ANTOINE </t>
   </si>
   <si>
     <t>LEARN IDIOMAS</t>
   </si>
   <si>
     <t>BAT. 3 B - RES. BOIS DE COSTEBELLE 45 MONTEE DE COSTEBELLE 83400 HYERES</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>WESTMILL NEW</t>
   </si>
   <si>
     <t>NEW WESTMILL</t>
   </si>
   <si>
     <t>BATIMENT C 71 RUE ETIENNE DOLET 94140 ALFORTVILLE</t>
   </si>
   <si>
     <t>16/04/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">WHELAN CATHERINE CECILIA  </t>
-[...1024 lines deleted...]
-  <si>
     <t>CCI FORMATION PRO</t>
   </si>
   <si>
     <t>36 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
   <si>
     <t>11/05/2021</t>
-  </si>
-[...31 lines deleted...]
-    <t>5 RUE LOUIS GUINGOT 54500 VANDŒUVRE-LES-NANCY</t>
   </si>
   <si>
     <t>SMART LEARNING</t>
   </si>
   <si>
     <t>15 AVENUE EMILE BAUDOT 91300 MASSY</t>
   </si>
   <si>
     <t>02/11/2021</t>
   </si>
   <si>
     <t>ANGLAIS COMMUNICATION</t>
   </si>
   <si>
     <t>25 RUE DOREE 53110 LASSAY-LES-CHATEAUX</t>
   </si>
   <si>
     <t>22/07/2021</t>
   </si>
   <si>
     <t>SINE QUA LANGUES</t>
   </si>
   <si>
     <t>83 BOULEVARD JEAN BOUIN 02100 SAINT-QUENTIN</t>
   </si>
@@ -4206,51 +4188,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M411"/>
+  <dimension ref="A1:M408"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -4272,15446 +4254,15345 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>34921510300038</v>
+        <v>47843034100014</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="s">
+        <v>15</v>
+      </c>
       <c r="E2" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I2" s="3">
-        <v>93060727606</v>
+        <v>11780808278</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>34987195400021</v>
+        <v>47878653600019</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I3" s="3">
-        <v>53290117629</v>
+        <v>91340561934</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>35144743800026</v>
+        <v>48040593500010</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>91340149634</v>
+        <v>93131199013</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>37942530900026</v>
+        <v>48060187100019</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I5" s="3">
-        <v>24450074745</v>
+        <v>82740188574</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38009664400022</v>
+        <v>48079792700039</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>93130394413</v>
+        <v>11755388575</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38009664400055</v>
+        <v>48154142300028</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
-        <v>93130394413</v>
+        <v>11753951275</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>38009664400063</v>
+        <v>48214884800013</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D8" s="2"/>
+        <v>38</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G8" s="2"/>
+        <v>41</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>42</v>
+      </c>
       <c r="H8" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
-        <v>93130394413</v>
+        <v>82690867269</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>38009664400071</v>
+        <v>48347943200039</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I9" s="3">
-        <v>93130394413</v>
+        <v>73310639731</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>38120054200037</v>
+        <v>48365186500014</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I10" s="3">
-        <v>11753922075</v>
+        <v>11921537092</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>38134586700075</v>
+        <v>48426285200037</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>49</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="G11" s="2"/>
+        <v>52</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I11" s="3">
-        <v>11752503775</v>
+        <v>93060769606</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>38946108800046</v>
+        <v>48461801200054</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="G12" s="2"/>
+        <v>56</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>57</v>
+      </c>
       <c r="H12" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I12" s="3">
-        <v>72240062024</v>
+        <v>73310512031</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>39245336100033</v>
+        <v>48477204100048</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3">
-        <v>75170224617</v>
+        <v>82730136673</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>39314677400020</v>
+        <v>48812143500025</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>24</v>
+      </c>
+      <c r="I14" s="3">
+        <v>11940679894</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>39498299500042</v>
+        <v>48828076900024</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>64</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>65</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
-        <v>11755177475</v>
+        <v>41540248154</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>40041942000023</v>
+        <v>48853727500049</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>42670207067</v>
+        <v>82690922169</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>40214815900013</v>
+        <v>48889694500034</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>11780230178</v>
+        <v>11921686792</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>40227696800110</v>
+        <v>48965337800013</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
-        <v>52440417344</v>
+        <v>73460031746</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>13000460900017</v>
+        <v>48971972400036</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
-        <v>52490236949</v>
+        <v>11921560192</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>13002608100013</v>
+        <v>49066230100020</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="I20" s="3">
-        <v>84380736438</v>
+        <v>11754100875</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>13002974700016</v>
+        <v>49115673300033</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
-        <v>52440958244</v>
+        <v>23270140627</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19141408500016</v>
+        <v>49117331600051</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>24</v>
+      </c>
+      <c r="I22" s="3">
+        <v>32600328160</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19421095100431</v>
+        <v>49134717500037</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D23" s="2" t="s">
         <v>89</v>
       </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="G23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>24</v>
+      </c>
+      <c r="I23" s="3">
+        <v>11754440975</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19594403800205</v>
+        <v>49161835100044</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="2" t="s">
+      <c r="G24" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="F24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>24</v>
+      </c>
+      <c r="I24" s="3">
+        <v>11754668675</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19691775100014</v>
+        <v>49182027000057</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>24</v>
+      </c>
+      <c r="I25" s="3">
+        <v>93131240513</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19700827900022</v>
+        <v>49341175500025</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>101</v>
-      </c>
-[...7 lines deleted...]
-        <v>104</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>24</v>
+      </c>
+      <c r="I26" s="3">
+        <v>41570255357</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19752905000183</v>
+        <v>49389365500032</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>48347943200039</v>
+        <v>49431318200011</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>106</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="E28" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>73310639731</v>
+        <v>21510128951</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>48365186500014</v>
+        <v>49449841300041</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I29" s="3">
-        <v>11921537092</v>
+        <v>32600349260</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>48426285200037</v>
+        <v>49485540600018</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>23</v>
+        <v>115</v>
       </c>
       <c r="I30" s="3">
-        <v>93060769606</v>
+        <v>11754197875</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>48461801200054</v>
+        <v>49493651100026</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D31" s="2"/>
+        <v>116</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>117</v>
+      </c>
       <c r="E31" s="2" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I31" s="3">
-        <v>73310512031</v>
+        <v>43250221625</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>48477204100048</v>
+        <v>49493651100059</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D32" s="2"/>
+        <v>116</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E32" s="2" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I32" s="3">
-        <v>82730136673</v>
+        <v>43250221625</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>48812143500025</v>
+        <v>49836707700027</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D33" s="2"/>
+        <v>122</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>123</v>
+      </c>
       <c r="E33" s="2" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I33" s="3">
-        <v>11940679894</v>
+        <v>82730117373</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>48828076900024</v>
+        <v>13000460900017</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>23</v>
+        <v>129</v>
       </c>
       <c r="I34" s="3">
-        <v>41540248154</v>
+        <v>52490236949</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>48853727500049</v>
+        <v>13002608100013</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>28</v>
+        <v>133</v>
       </c>
       <c r="I35" s="3">
-        <v>82690922169</v>
+        <v>84380736438</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>48889694500034</v>
+        <v>13002974700016</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>28</v>
+        <v>133</v>
       </c>
       <c r="I36" s="3">
-        <v>11921686792</v>
+        <v>52440958244</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>48965337800013</v>
+        <v>19141408500016</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>73460031746</v>
+        <v>133</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>140</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>48971972400036</v>
+        <v>19421095100431</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="G38" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="D38" s="2"/>
-      <c r="E38" s="2" t="s">
+      <c r="H38" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="I38" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="F38" s="2" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>49066230100020</v>
+        <v>19594403800205</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E39" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="D39" s="2"/>
-      <c r="E39" s="2" t="s">
+      <c r="F39" s="2" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>11754100875</v>
+        <v>133</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>150</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>49115673300033</v>
+        <v>19691775100014</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>153</v>
+        <v>139</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>23270140627</v>
+        <v>133</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>153</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>49117331600051</v>
+        <v>19700827900022</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="D41" s="2"/>
+      <c r="D41" s="2" t="s">
+        <v>155</v>
+      </c>
       <c r="E41" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>32600328160</v>
+        <v>24</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>158</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>49134717500037</v>
+        <v>19752905000183</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D42" s="2"/>
+        <v>159</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>160</v>
+      </c>
       <c r="E42" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>11754440975</v>
+        <v>18</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>163</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>49161835100044</v>
+        <v>34316677300022</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>11754668675</v>
+        <v>75640438264</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>49182027000057</v>
+        <v>34358867900021</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I44" s="3">
-        <v>93131240513</v>
+        <v>31620039262</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>49314861300042</v>
+        <v>34488281600053</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I45" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I45" s="3">
+        <v>72330128833</v>
+      </c>
       <c r="J45" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>49341175500025</v>
+        <v>34539593300046</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="D46" s="2"/>
+        <v>173</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="E46" s="2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I46" s="3">
-        <v>41570255357</v>
+        <v>93060554806</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>49389365500032</v>
+        <v>34779594000043</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I47" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I47" s="3">
+        <v>11751349275</v>
+      </c>
       <c r="J47" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>49431318200011</v>
+        <v>34812741600058</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="G48" s="2"/>
+        <v>182</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="H48" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I48" s="3">
-        <v>21510128951</v>
+        <v>52440113844</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>49449841300041</v>
+        <v>34921510300038</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>155</v>
+        <v>185</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>23</v>
+        <v>187</v>
       </c>
       <c r="I49" s="3">
-        <v>32600349260</v>
+        <v>93060727606</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>49485540600018</v>
+        <v>34987195400021</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>185</v>
+        <v>24</v>
       </c>
       <c r="I50" s="3">
-        <v>11754197875</v>
+        <v>53290117629</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>49493651100026</v>
+        <v>35144743800026</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I51" s="3">
-        <v>43250221625</v>
+        <v>91340149634</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>49493651100059</v>
+        <v>37942530900026</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I52" s="3">
-        <v>43250221625</v>
+        <v>24450074745</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>49836707700027</v>
+        <v>38009664400022</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>23</v>
+        <v>187</v>
       </c>
       <c r="I53" s="3">
-        <v>82730117373</v>
+        <v>93130394413</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>50031432300014</v>
+        <v>38009664400055</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I54" s="3">
-        <v>82380445538</v>
+        <v>93130394413</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>50061789900017</v>
+        <v>38009664400063</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I55" s="3">
-        <v>82380420838</v>
+        <v>93130394413</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>50208380100030</v>
+        <v>38009664400071</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I56" s="3">
-        <v>11921648892</v>
+        <v>93130394413</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>50215377800027</v>
+        <v>38120054200037</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="F57" s="2" t="s">
+      <c r="G57" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="I57" s="3">
-        <v>82690113169</v>
+        <v>11753922075</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>50248930500016</v>
+        <v>38134586700075</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>212</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>213</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I58" s="3">
-        <v>93131289013</v>
+        <v>11752503775</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>50336080200055</v>
+        <v>38946108800046</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="D59" s="2"/>
+      <c r="D59" s="2" t="s">
+        <v>215</v>
+      </c>
       <c r="E59" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I59" s="3">
-        <v>54860105586</v>
+        <v>72240062024</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>50336080200063</v>
+        <v>39245336100033</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I60" s="3">
-        <v>54860105586</v>
+        <v>75170224617</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>50336080200071</v>
+        <v>39314677400020</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>54860105586</v>
+        <v>24</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>224</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>50352644400040</v>
+        <v>39498299500042</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I62" s="3">
-        <v>11754302975</v>
+        <v>11755177475</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>50394277300014</v>
+        <v>43047236500039</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>228</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>229</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I63" s="3">
-        <v>53290909729</v>
+        <v>42670326867</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>50419763300028</v>
+        <v>43131546400021</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="D64" s="2"/>
+        <v>232</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E64" s="2" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I64" s="3">
-        <v>11754411675</v>
+        <v>83630341963</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>50419763300036</v>
+        <v>43259622900026</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I65" s="3">
-        <v>11754411675</v>
+        <v>72330545233</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>50419763300044</v>
+        <v>43310986500033</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I66" s="3">
-        <v>11754411675</v>
+        <v>93131016313</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>43536017700016</v>
+        <v>43354908600018</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I67" s="3">
-        <v>93830318583</v>
+        <v>93130991513</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>43829073600018</v>
+        <v>43411361900119</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I68" s="3">
-        <v>93131034313</v>
+        <v>53220704022</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>43859674400013</v>
+        <v>43415437300063</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I69" s="3">
-        <v>82740153174</v>
+        <v>11753463975</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>43885623900043</v>
+        <v>43536017700016</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>216</v>
+        <v>252</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I70" s="3">
-        <v>82740279674</v>
+        <v>93830318583</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>43912341500044</v>
+        <v>43829073600018</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="D71" s="2"/>
+        <v>253</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>117</v>
+      </c>
       <c r="E71" s="2" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I71" s="3">
-        <v>41540226254</v>
+        <v>93131034313</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>43912341500069</v>
+        <v>43859674400013</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I72" s="3">
-        <v>41540226254</v>
+        <v>82740153174</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>43924456700020</v>
+        <v>43885623900043</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I73" s="3">
-        <v>43250180525</v>
+        <v>82740279674</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>43958761900024</v>
+        <v>43912341500044</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I74" s="3">
-        <v>53350712235</v>
+        <v>41540226254</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>43958761900032</v>
+        <v>43912341500069</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I75" s="3">
-        <v>53350712235</v>
+        <v>41540226254</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>43979560000014</v>
+        <v>43924456700020</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>258</v>
-[...3 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I76" s="3">
-        <v>82420145042</v>
+        <v>43250180525</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>43983139700021</v>
+        <v>43958761900024</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="G77" s="2"/>
+        <v>272</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>273</v>
+      </c>
       <c r="H77" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I77" s="3">
-        <v>24370200837</v>
+        <v>53350712235</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>43983139700039</v>
+        <v>43958761900032</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I78" s="3">
-        <v>24370200837</v>
+        <v>53350712235</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>44013802200049</v>
+        <v>43979560000014</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>190</v>
+        <v>275</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I79" s="3">
-        <v>91300223230</v>
+        <v>82420145042</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>44024385500028</v>
+        <v>43983139700021</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I80" s="3">
-        <v>31590599759</v>
+        <v>24370200837</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>44108922400022</v>
+        <v>43983139700039</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I81" s="3">
-        <v>11921418392</v>
+        <v>24370200837</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>44170571200053</v>
+        <v>44013802200049</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="D82" s="2"/>
+        <v>283</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E82" s="2" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>278</v>
+        <v>24</v>
       </c>
       <c r="I82" s="3">
-        <v>75400130940</v>
+        <v>91300223230</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>44242514600036</v>
+        <v>44024385500028</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>278</v>
+        <v>24</v>
       </c>
       <c r="I83" s="3">
-        <v>75190110919</v>
+        <v>31590599759</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>44281441400037</v>
+        <v>44108922400022</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I84" s="3">
-        <v>82690764369</v>
+        <v>11921418392</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>44310583800033</v>
+        <v>44170571200053</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>23</v>
+        <v>295</v>
       </c>
       <c r="I85" s="3">
-        <v>26210049021</v>
+        <v>75400130940</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>44310583800058</v>
+        <v>44242514600036</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>285</v>
+        <v>296</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>23</v>
+        <v>295</v>
       </c>
       <c r="I86" s="3">
-        <v>26210049021</v>
+        <v>75190110919</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>44343537500029</v>
+        <v>44281441400037</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I87" s="3">
-        <v>82260121026</v>
+        <v>82690764369</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>44415864600018</v>
+        <v>44310583800033</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>293</v>
-[...3 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I88" s="3">
-        <v>53560856056</v>
+        <v>26210049021</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>44430025500031</v>
+        <v>44310583800058</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I89" s="3">
-        <v>11921435292</v>
+        <v>26210049021</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>44463245900020</v>
+        <v>44343537500029</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>144</v>
+        <v>309</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I90" s="3">
-        <v>82691272369</v>
+        <v>82260121026</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>44499985800046</v>
+        <v>44415864600018</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="D91" s="2"/>
+        <v>310</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>311</v>
+      </c>
       <c r="E91" s="2" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>75</v>
+        <v>313</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I91" s="3">
-        <v>83630360563</v>
+        <v>53560856056</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>44985200300028</v>
+        <v>44430025500031</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I92" s="3">
-        <v>53350775535</v>
+        <v>11921435292</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>45132558300032</v>
+        <v>44463245900020</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>309</v>
+        <v>76</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I93" s="3">
-        <v>93131143513</v>
+        <v>82691272369</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>45215527800032</v>
+        <v>44499985800046</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>312</v>
+        <v>128</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I94" s="3">
-        <v>23760361976</v>
+        <v>83630360563</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>45235951600021</v>
+        <v>44985200300028</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I95" s="3">
-        <v>11910566091</v>
+        <v>53350775535</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>47843034100014</v>
+        <v>45132558300032</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I96" s="3">
-        <v>11780808278</v>
+        <v>93131143513</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>47878653600019</v>
+        <v>45215527800032</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I97" s="3">
-        <v>91340561934</v>
+        <v>23760361976</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>48040593500010</v>
+        <v>45235951600021</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I98" s="3">
-        <v>93131199013</v>
+        <v>11910566091</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>48060187100019</v>
+        <v>77947062400023</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>23</v>
+        <v>115</v>
       </c>
       <c r="I99" s="3">
-        <v>82740188574</v>
+        <v>82260019426</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>48079792700039</v>
+        <v>78028828800019</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>23</v>
+        <v>339</v>
       </c>
       <c r="I100" s="3">
-        <v>11755388575</v>
+        <v>21080007708</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>52431136200015</v>
+        <v>78050734900048</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>332</v>
-[...3 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I101" s="3">
-        <v>22600244860</v>
+        <v>22600001660</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>52435043600027</v>
+        <v>78050734900097</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I102" s="3">
-        <v>54170143317</v>
+        <v>22600001660</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>52446391600022</v>
+        <v>78050734900113</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>341</v>
+        <v>24</v>
       </c>
       <c r="I103" s="3">
-        <v>73310752631</v>
+        <v>22600001660</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>52446957400015</v>
+        <v>78050734900121</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>342</v>
-[...3 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>345</v>
+        <v>79</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I104" s="3">
-        <v>72330810633</v>
+        <v>22600001660</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>52465887900027</v>
+        <v>78050734900139</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>348</v>
+        <v>79</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I105" s="3">
-        <v>24450327445</v>
+        <v>22600001660</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>52478575500066</v>
+        <v>78050734900147</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>351</v>
+        <v>79</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I106" s="3">
-        <v>73310576231</v>
+        <v>22600001660</v>
       </c>
       <c r="J106" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>52482100600029</v>
+        <v>78050734900154</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>352</v>
+        <v>340</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>354</v>
+        <v>79</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I107" s="3">
-        <v>91340736934</v>
+        <v>22600001660</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>52484584900032</v>
+        <v>78173357100033</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I108" s="3">
-        <v>44540361754</v>
+        <v>72240160524</v>
       </c>
       <c r="J108" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>52748137800026</v>
+        <v>78422661500036</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>358</v>
-[...3 lines deleted...]
-      </c>
+        <v>354</v>
+      </c>
+      <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I109" s="3">
-        <v>31590888259</v>
+        <v>11750128575</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>52766134200024</v>
+        <v>78515062400365</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I110" s="3">
-        <v>84691507369</v>
+        <v>11753852175</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>52816492400011</v>
+        <v>78837731500031</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="D111" s="2"/>
+        <v>360</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>361</v>
+      </c>
       <c r="E111" s="2" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="I111" s="3">
-        <v>91340803234</v>
+        <v>84380734338</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>52941724800026</v>
+        <v>78975846300028</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I112" s="3">
-        <v>28760571876</v>
+        <v>11941136894</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>52971828000025</v>
+        <v>79179462100015</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I113" s="3">
-        <v>42680209668</v>
+        <v>82420254242</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>53161648000046</v>
+        <v>79188296200040</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>373</v>
-[...3 lines deleted...]
-      </c>
+        <v>370</v>
+      </c>
+      <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I114" s="3"/>
       <c r="J114" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>53305326000014</v>
+        <v>79196567600020</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>379</v>
+        <v>24</v>
       </c>
       <c r="I115" s="3">
-        <v>53290851129</v>
+        <v>75331026533</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>53338783300023</v>
+        <v>79276787300039</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="G116" s="2"/>
+        <v>378</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>379</v>
+      </c>
       <c r="H116" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I116" s="3">
-        <v>52850156985</v>
+        <v>93060716006</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>53377777700020</v>
+        <v>79286778000027</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I117" s="3">
-        <v>43250256125</v>
+        <v>76310876331</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>53431595700017</v>
+        <v>79420720900030</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I118" s="3">
-        <v>11754737175</v>
+        <v>76340928134</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>53436552300032</v>
+        <v>79432806200029</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I119" s="3">
-        <v>11754951375</v>
+        <v>82691426169</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>53445241200024</v>
+        <v>79501557700013</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>395</v>
+        <v>176</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>23</v>
+        <v>391</v>
       </c>
       <c r="I120" s="3">
-        <v>52720141772</v>
+        <v>84691556669</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>53762577400030</v>
+        <v>79534027200058</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I121" s="3">
-        <v>93060789706</v>
+        <v>11757116575</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>53867940800020</v>
+        <v>79738597800029</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I122" s="3">
-        <v>11922525392</v>
+        <v>24180108018</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>53965892200015</v>
+        <v>79763144700027</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>398</v>
+      </c>
+      <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>341</v>
+        <v>18</v>
       </c>
       <c r="I123" s="3">
-        <v>93060695606</v>
+        <v>84420343542</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>74986551500037</v>
+        <v>79768156600049</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="G124" s="2"/>
+        <v>403</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>404</v>
+      </c>
       <c r="H124" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I124" s="3">
-        <v>11755164375</v>
+        <v>11940883294</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>75013421500029</v>
+        <v>79812369100015</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I125" s="3">
-        <v>82730150173</v>
+        <v>11755348775</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>75025369200040</v>
+        <v>79814920900016</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>411</v>
-[...3 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>414</v>
+        <v>176</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I126" s="3">
-        <v>72330872233</v>
+        <v>76310953031</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>75034676900037</v>
+        <v>79896496100014</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="D127" s="2"/>
+        <v>410</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>410</v>
+      </c>
       <c r="E127" s="2" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>417</v>
+        <v>67</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I127" s="3">
-        <v>93840337884</v>
+        <v>91340818134</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>75258454000021</v>
+        <v>79896496100022</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>418</v>
+        <v>410</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I128" s="3">
-        <v>25500111150</v>
+        <v>91340818134</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>75267915900018</v>
+        <v>79925606000036</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I129" s="3">
-        <v>24370432237</v>
+        <v>52490362849</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>75280068000015</v>
+        <v>79930772300012</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>190</v>
+        <v>117</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="G130" s="2"/>
+        <v>419</v>
+      </c>
+      <c r="G130" s="2" t="s">
+        <v>420</v>
+      </c>
       <c r="H130" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I130" s="3">
-        <v>22800162380</v>
+        <v>52490304149</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>75299021800030</v>
+        <v>30587453900060</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="D131" s="2"/>
+        <v>421</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>422</v>
+      </c>
       <c r="E131" s="2" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I131" s="3"/>
+        <v>115</v>
+      </c>
+      <c r="I131" s="3">
+        <v>21510031351</v>
+      </c>
       <c r="J131" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>75302503000010</v>
+        <v>31212555200124</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="D132" s="2"/>
+        <v>425</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>426</v>
+      </c>
       <c r="E132" s="2" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I132" s="3">
-        <v>11756059575</v>
+        <v>11753280275</v>
       </c>
       <c r="J132" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>75388031900037</v>
+        <v>31463514500027</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>433</v>
-[...3 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I133" s="3">
-        <v>82691286169</v>
+        <v>93130399413</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>77562424000013</v>
+        <v>31481869100094</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>438</v>
+        <v>287</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="I134" s="3">
-        <v>31590046859</v>
+        <v>31590036659</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>77947062400023</v>
+        <v>32133707300043</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
       <c r="I135" s="3">
-        <v>82260019426</v>
+        <v>11750415675</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M135" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>78028828800019</v>
+        <v>32693006200145</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>439</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>445</v>
+        <v>133</v>
       </c>
       <c r="I136" s="3">
-        <v>21080007708</v>
+        <v>82690692669</v>
       </c>
       <c r="J136" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M136" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>78050734900048</v>
+        <v>33149757800046</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I137" s="3">
-        <v>22600001660</v>
+        <v>82690147869</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M137" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>78050734900097</v>
+        <v>33237704300051</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I138" s="3">
-        <v>22600001660</v>
+        <v>93840072284</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>78050734900113</v>
+        <v>33751741100019</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>446</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I139" s="3">
-        <v>22600001660</v>
+        <v>11751059475</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>78050734900121</v>
+        <v>33838083500037</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>147</v>
+        <v>451</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I140" s="3">
-        <v>22600001660</v>
+        <v>73310072231</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>78050734900139</v>
+        <v>33973827000174</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
+        <v>453</v>
+      </c>
+      <c r="F141" s="2" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>23</v>
+        <v>455</v>
       </c>
       <c r="I141" s="3">
-        <v>22600001660</v>
+        <v>11752062375</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>78050734900147</v>
+        <v>34029140000018</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>147</v>
+        <v>458</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I142" s="3">
-        <v>22600001660</v>
+        <v>24370027737</v>
       </c>
       <c r="J142" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>78050734900154</v>
+        <v>50031432300014</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>446</v>
-[...1 lines deleted...]
-      <c r="D143" s="2"/>
+        <v>459</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>460</v>
+      </c>
       <c r="E143" s="2" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>147</v>
+        <v>462</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I143" s="3">
-        <v>22600001660</v>
+        <v>82380445538</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>78173357100033</v>
+        <v>50061789900017</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="D144" s="2"/>
+        <v>463</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>464</v>
+      </c>
       <c r="E144" s="2" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I144" s="3">
-        <v>72240160524</v>
+        <v>82380420838</v>
       </c>
       <c r="J144" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>78422661500036</v>
+        <v>50208380100030</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I145" s="3">
-        <v>11750128575</v>
+        <v>11921648892</v>
       </c>
       <c r="J145" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>78515062400365</v>
+        <v>50215377800027</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>23</v>
+        <v>133</v>
       </c>
       <c r="I146" s="3">
-        <v>11753852175</v>
+        <v>82690113169</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>78837731500031</v>
+        <v>50248930500016</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>466</v>
-[...3 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>185</v>
+        <v>24</v>
       </c>
       <c r="I147" s="3">
-        <v>84380734338</v>
+        <v>93131289013</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>78975846300028</v>
+        <v>50336080200055</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>472</v>
+        <v>261</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I148" s="3">
-        <v>11941136894</v>
+        <v>54860105586</v>
       </c>
       <c r="J148" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M148" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>79196567600020</v>
+        <v>50336080200063</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I149" s="3">
-        <v>75331026533</v>
+        <v>54860105586</v>
       </c>
       <c r="J149" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>79276787300039</v>
+        <v>50336080200071</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>476</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>478</v>
-[...3 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I150" s="3">
-        <v>93060716006</v>
+        <v>54860105586</v>
       </c>
       <c r="J150" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M150" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>79286778000027</v>
+        <v>50352644400040</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I151" s="3">
-        <v>76310876331</v>
+        <v>11754302975</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M151" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>79420720900030</v>
+        <v>50394277300014</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I152" s="3">
-        <v>76340928134</v>
+        <v>53290909729</v>
       </c>
       <c r="J152" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>79432806200029</v>
+        <v>50419763300028</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>488</v>
-[...1 lines deleted...]
-      <c r="G153" s="2"/>
+        <v>490</v>
+      </c>
+      <c r="G153" s="2" t="s">
+        <v>491</v>
+      </c>
       <c r="H153" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I153" s="3">
-        <v>82691426169</v>
+        <v>11754411675</v>
       </c>
       <c r="J153" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>79501557700013</v>
+        <v>50419763300036</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>492</v>
+        <v>18</v>
       </c>
       <c r="I154" s="3">
-        <v>84691556669</v>
+        <v>11754411675</v>
       </c>
       <c r="J154" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>79534027200058</v>
+        <v>50419763300044</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
         <v>494</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I155" s="3">
-        <v>11757116575</v>
+        <v>11754411675</v>
       </c>
       <c r="J155" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M155" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>79738597800029</v>
+        <v>50510207900033</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="F156" s="2" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I156" s="3">
-        <v>24180108018</v>
+        <v>52720125372</v>
       </c>
       <c r="J156" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M156" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>79763144700027</v>
+        <v>50810258900019</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="F157" s="2" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I157" s="3">
-        <v>84420343542</v>
+        <v>42670404467</v>
       </c>
       <c r="J157" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L157" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M157" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>79768156600049</v>
+        <v>50838425200013</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="F158" s="2" t="s">
         <v>503</v>
       </c>
-      <c r="F158" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I158" s="3">
-        <v>11940883294</v>
+        <v>23760440276</v>
       </c>
       <c r="J158" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L158" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>79787923600033</v>
+        <v>50857207000037</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="D159" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="E159" s="2" t="s">
         <v>506</v>
       </c>
-      <c r="D159" s="2"/>
-      <c r="E159" s="2" t="s">
+      <c r="F159" s="2" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I159" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I159" s="3">
+        <v>11788129378</v>
+      </c>
       <c r="J159" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>79812369100015</v>
+        <v>50882364800011</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="F160" s="2" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>23</v>
+        <v>295</v>
       </c>
       <c r="I160" s="3">
-        <v>11755348775</v>
+        <v>93840304084</v>
       </c>
       <c r="J160" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L160" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>79814920900016</v>
+        <v>50929737000025</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="D161" s="2" t="s">
         <v>512</v>
       </c>
-      <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
         <v>513</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>491</v>
+        <v>111</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>28</v>
+        <v>187</v>
       </c>
       <c r="I161" s="3">
-        <v>76310953031</v>
+        <v>72330821333</v>
       </c>
       <c r="J161" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L161" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>79896496100014</v>
+        <v>50971569400022</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>514</v>
       </c>
-      <c r="D162" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
         <v>515</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>135</v>
+        <v>516</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I162" s="3">
-        <v>91340818134</v>
+        <v>54170138217</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K162" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M162" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>79896496100022</v>
+        <v>50973465300017</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I163" s="3">
-        <v>91340818134</v>
+        <v>72330759433</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K163" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L163" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M163" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>79925606000036</v>
+        <v>51068964900034</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>28</v>
+        <v>295</v>
       </c>
       <c r="I164" s="3">
-        <v>52490362849</v>
+        <v>11754655675</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M164" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>79930772300012</v>
+        <v>51073703400015</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>521</v>
-[...3 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>523</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I165" s="3">
-        <v>52490304149</v>
+        <v>24180092918</v>
       </c>
       <c r="J165" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>79958971800029</v>
+        <v>51088321800032</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>525</v>
-[...1 lines deleted...]
-      <c r="D166" s="2"/>
+        <v>526</v>
+      </c>
+      <c r="D166" s="2" t="s">
+        <v>527</v>
+      </c>
       <c r="E166" s="2" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>528</v>
+        <v>24</v>
       </c>
       <c r="I166" s="3">
-        <v>43900057090</v>
+        <v>91340658234</v>
       </c>
       <c r="J166" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L166" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>79963749100025</v>
+        <v>51090976500032</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="D167" s="2" t="s">
         <v>530</v>
       </c>
+      <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
         <v>531</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>532</v>
       </c>
-      <c r="G167" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>28</v>
+        <v>187</v>
       </c>
       <c r="I167" s="3">
-        <v>84692083669</v>
+        <v>91340767734</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L167" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M167" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>80019756800036</v>
+        <v>51102076000019</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="D168" s="2"/>
+      <c r="E168" s="2" t="s">
         <v>534</v>
       </c>
-      <c r="D168" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="2" t="s">
+      <c r="F168" s="2" t="s">
         <v>535</v>
       </c>
-      <c r="F168" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I168" s="3">
-        <v>82010158301</v>
+        <v>11922550792</v>
       </c>
       <c r="J168" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L168" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M168" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>80029431600024</v>
+        <v>51122788600013</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
+        <v>536</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="E169" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="F169" s="2" t="s">
         <v>538</v>
-      </c>
-[...5 lines deleted...]
-        <v>540</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I169" s="3">
-        <v>11755172675</v>
+        <v>82730128873</v>
       </c>
       <c r="J169" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>80134161100029</v>
+        <v>51136363200056</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>543</v>
-[...1 lines deleted...]
-      <c r="G170" s="2"/>
+        <v>326</v>
+      </c>
+      <c r="G170" s="2" t="s">
+        <v>541</v>
+      </c>
       <c r="H170" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I170" s="3">
-        <v>28760666876</v>
+        <v>72330774333</v>
       </c>
       <c r="J170" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>80177669100017</v>
+        <v>51177043000037</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I171" s="3">
-        <v>84380644338</v>
+        <v>82691046969</v>
       </c>
       <c r="J171" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K171" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L171" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M171" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>80233686700030</v>
+        <v>51221817300015</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I172" s="3">
-        <v>11755482975</v>
+        <v>43390085939</v>
       </c>
       <c r="J172" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L172" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M172" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>80296131800028</v>
+        <v>51274057200031</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I173" s="3">
-        <v>84691439169</v>
+        <v>73310541831</v>
       </c>
       <c r="J173" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>80352569000019</v>
+        <v>51278608800033</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>553</v>
-[...3 lines deleted...]
-      </c>
+        <v>551</v>
+      </c>
+      <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>555</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I174" s="3">
-        <v>82260226426</v>
+        <v>73310642431</v>
       </c>
       <c r="J174" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L174" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>80392745800023</v>
+        <v>51284564500013</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="E175" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="F175" s="2" t="s">
         <v>556</v>
-      </c>
-[...7 lines deleted...]
-        <v>559</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>28</v>
+        <v>391</v>
       </c>
       <c r="I175" s="3">
-        <v>82010163301</v>
+        <v>26710200671</v>
       </c>
       <c r="J175" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>80425206200018</v>
+        <v>51285889500026</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>429</v>
+        <v>559</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I176" s="3">
-        <v>54790109779</v>
+        <v>84380634138</v>
       </c>
       <c r="J176" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K176" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L176" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M176" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>80435551900021</v>
+        <v>51370368600016</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I177" s="3">
-        <v>93830527983</v>
+        <v>91340670034</v>
       </c>
       <c r="J177" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L177" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M177" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>80515653600031</v>
+        <v>51411872800013</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="E178" s="2" t="s">
         <v>565</v>
       </c>
-      <c r="D178" s="2"/>
-      <c r="E178" s="2" t="s">
+      <c r="F178" s="2" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I178" s="3">
-        <v>42670537667</v>
+        <v>52850145585</v>
       </c>
       <c r="J178" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L178" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M178" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>80779275900019</v>
+        <v>51412431200026</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="D179" s="2"/>
+      <c r="E179" s="2" t="s">
         <v>568</v>
       </c>
-      <c r="D179" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="2" t="s">
+      <c r="F179" s="2" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>571</v>
+        <v>18</v>
       </c>
       <c r="I179" s="3">
-        <v>75331094433</v>
+        <v>72330912033</v>
       </c>
       <c r="J179" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L179" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M179" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>50810258900019</v>
+        <v>51416930900036</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="D180" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="E180" s="2" t="s">
         <v>572</v>
       </c>
-      <c r="D180" s="2"/>
-      <c r="E180" s="2" t="s">
+      <c r="F180" s="2" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I180" s="3">
-        <v>42670404467</v>
+        <v>24280210728</v>
       </c>
       <c r="J180" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K180" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L180" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>50838425200013</v>
+        <v>51502077400011</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C181" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="D181" s="2" t="s">
         <v>575</v>
       </c>
-      <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
         <v>576</v>
       </c>
       <c r="F181" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="G181" s="2" t="s">
         <v>577</v>
       </c>
-      <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I181" s="3">
-        <v>23760440276</v>
+        <v>82010159701</v>
       </c>
       <c r="J181" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K181" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L181" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>50848209800037</v>
+        <v>51740263200031</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>578</v>
       </c>
-      <c r="D182" s="2" t="s">
+      <c r="D182" s="2"/>
+      <c r="E182" s="2" t="s">
         <v>579</v>
       </c>
-      <c r="E182" s="2" t="s">
+      <c r="F182" s="2" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I182" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I182" s="3">
+        <v>44680301468</v>
+      </c>
       <c r="J182" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L182" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M182" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>50857207000037</v>
+        <v>51908895900019</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="D183" s="2"/>
+      <c r="E183" s="2" t="s">
         <v>582</v>
       </c>
-      <c r="D183" s="2" t="s">
+      <c r="F183" s="2" t="s">
         <v>583</v>
-      </c>
-[...4 lines deleted...]
-        <v>585</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I183" s="3">
-        <v>11788129378</v>
+        <v>84380699438</v>
       </c>
       <c r="J183" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L183" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M183" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>50882364800011</v>
+        <v>51913907500021</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>278</v>
+        <v>24</v>
       </c>
       <c r="I184" s="3">
-        <v>93840304084</v>
+        <v>72330862633</v>
       </c>
       <c r="J184" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L184" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M184" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>50929737000025</v>
+        <v>51914680700010</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C185" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="D185" s="2"/>
+      <c r="E185" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="G185" s="2" t="s">
         <v>589</v>
       </c>
-      <c r="D185" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I185" s="3">
-        <v>72330821333</v>
+        <v>11921756392</v>
       </c>
       <c r="J185" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L185" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M185" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>50971569400022</v>
+        <v>52016517600014</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I186" s="3">
-        <v>54170138217</v>
+        <v>84010193401</v>
       </c>
       <c r="J186" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L186" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M186" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>50973465300017</v>
+        <v>52024943400025</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I187" s="3">
-        <v>72330759433</v>
+        <v>72470105147</v>
       </c>
       <c r="J187" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L187" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M187" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>51068964900034</v>
+        <v>52071784400010</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>278</v>
+        <v>18</v>
       </c>
       <c r="I188" s="3">
-        <v>11754655675</v>
+        <v>82691100069</v>
       </c>
       <c r="J188" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K188" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L188" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M188" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>51073703400015</v>
+        <v>52076297200039</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I189" s="3">
-        <v>24180092918</v>
+        <v>11754612175</v>
       </c>
       <c r="J189" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K189" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L189" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M189" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>51088321800032</v>
+        <v>52106722300011</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="E190" s="2" t="s">
         <v>604</v>
       </c>
-      <c r="D190" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F190" s="2" t="s">
-        <v>607</v>
+        <v>583</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>23</v>
+        <v>605</v>
       </c>
       <c r="I190" s="3">
-        <v>91340658234</v>
+        <v>93840324784</v>
       </c>
       <c r="J190" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K190" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L190" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>51090976500032</v>
+        <v>52108731200026</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="E191" s="2" t="s">
         <v>608</v>
       </c>
-      <c r="D191" s="2"/>
-      <c r="E191" s="2" t="s">
+      <c r="F191" s="2" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I191" s="3">
-        <v>91340767734</v>
+        <v>91340745234</v>
       </c>
       <c r="J191" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K191" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L191" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M191" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>51102076000019</v>
+        <v>52108731200034</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="D192" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="E192" s="2" t="s">
         <v>610</v>
       </c>
-      <c r="D192" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F192" s="2" t="s">
-        <v>612</v>
+        <v>176</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I192" s="3">
-        <v>11922550792</v>
+        <v>91340745234</v>
       </c>
       <c r="J192" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K192" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L192" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M192" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>51122788600013</v>
+        <v>52137814100027</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="D193" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="E193" s="2" t="s">
         <v>613</v>
       </c>
-      <c r="D193" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="2" t="s">
+      <c r="F193" s="2" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I193" s="3">
-        <v>82730128873</v>
+        <v>76341044834</v>
       </c>
       <c r="J193" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K193" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L193" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M193" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>51136363200056</v>
+        <v>52194338100058</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
+        <v>616</v>
+      </c>
+      <c r="F194" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="F194" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I194" s="3">
-        <v>72330774333</v>
+        <v>82691309369</v>
       </c>
       <c r="J194" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L194" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M194" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>51177043000037</v>
+        <v>52222687700036</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="F195" s="2" t="s">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>621</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I195" s="3">
-        <v>82691046969</v>
+        <v>52490359649</v>
       </c>
       <c r="J195" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L195" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M195" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>51221817300015</v>
+        <v>52240758400013</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="F196" s="2" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I196" s="3">
-        <v>43390085939</v>
+        <v>76300442330</v>
       </c>
       <c r="J196" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K196" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L196" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M196" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>51274057200031</v>
+        <v>52360962600024</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="F197" s="2" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I197" s="3">
-        <v>73310541831</v>
+        <v>82010133901</v>
       </c>
       <c r="J197" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K197" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L197" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M197" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>51278608800033</v>
+        <v>52372558800017</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>627</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
         <v>628</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>62</v>
+        <v>629</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I198" s="3">
-        <v>73310642431</v>
+        <v>28270223027</v>
       </c>
       <c r="J198" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L198" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M198" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>51284564500013</v>
+        <v>52391127900025</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>629</v>
-[...1 lines deleted...]
-      <c r="D199" s="2" t="s">
         <v>630</v>
       </c>
+      <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
         <v>631</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>632</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>492</v>
+        <v>24</v>
       </c>
       <c r="I199" s="3">
-        <v>26710200671</v>
+        <v>41540286154</v>
       </c>
       <c r="J199" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K199" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L199" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M199" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>51285889500026</v>
+        <v>52431136200015</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>633</v>
       </c>
-      <c r="D200" s="2"/>
+      <c r="D200" s="2" t="s">
+        <v>633</v>
+      </c>
       <c r="E200" s="2" t="s">
         <v>634</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>635</v>
+        <v>497</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I200" s="3">
-        <v>84380634138</v>
+        <v>22600244860</v>
       </c>
       <c r="J200" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K200" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L200" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M200" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>51370368600016</v>
+        <v>52435043600027</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="F201" s="2" t="s">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>638</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I201" s="3">
-        <v>91340670034</v>
+        <v>54170143317</v>
       </c>
       <c r="J201" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L201" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M201" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>51411872800013</v>
+        <v>52446391600022</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
+        <v>638</v>
+      </c>
+      <c r="D202" s="2"/>
+      <c r="E202" s="2" t="s">
         <v>639</v>
       </c>
-      <c r="D202" s="2" t="s">
+      <c r="F202" s="2" t="s">
         <v>640</v>
-      </c>
-[...4 lines deleted...]
-        <v>642</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>23</v>
+        <v>641</v>
       </c>
       <c r="I202" s="3">
-        <v>52850145585</v>
+        <v>73310752631</v>
       </c>
       <c r="J202" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K202" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L202" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M202" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>51412431200026</v>
+        <v>52446957400015</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="E203" s="2" t="s">
         <v>643</v>
       </c>
-      <c r="D203" s="2"/>
-      <c r="E203" s="2" t="s">
+      <c r="F203" s="2" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I203" s="3">
-        <v>72330912033</v>
+        <v>72330810633</v>
       </c>
       <c r="J203" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K203" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L203" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M203" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>51416930900036</v>
+        <v>52465887900027</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>645</v>
       </c>
-      <c r="D204" s="2" t="s">
+      <c r="D204" s="2"/>
+      <c r="E204" s="2" t="s">
         <v>646</v>
       </c>
-      <c r="E204" s="2" t="s">
+      <c r="F204" s="2" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I204" s="3">
-        <v>24280210728</v>
+        <v>24450327445</v>
       </c>
       <c r="J204" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K204" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L204" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M204" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>51502077400011</v>
+        <v>52478575500066</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>648</v>
+      </c>
+      <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
         <v>649</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>642</v>
-[...1 lines deleted...]
-      <c r="G205" s="2" t="s">
         <v>650</v>
       </c>
+      <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I205" s="3">
-        <v>82010159701</v>
+        <v>73310576231</v>
       </c>
       <c r="J205" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K205" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L205" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M205" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>51740263200031</v>
+        <v>52482100600029</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>651</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
         <v>652</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>653</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I206" s="3">
-        <v>44680301468</v>
+        <v>91340736934</v>
       </c>
       <c r="J206" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K206" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L206" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M206" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>51769619100025</v>
+        <v>52484584900032</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>654</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
         <v>655</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>656</v>
       </c>
-      <c r="G207" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I207" s="3">
-        <v>52720235472</v>
+        <v>44540361754</v>
       </c>
       <c r="J207" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K207" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L207" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M207" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>51775573200024</v>
+        <v>52748137800026</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="D208" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E208" s="2" t="s">
         <v>658</v>
       </c>
-      <c r="D208" s="2" t="s">
+      <c r="F208" s="2" t="s">
         <v>659</v>
-      </c>
-[...4 lines deleted...]
-        <v>661</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I208" s="3">
-        <v>52490253949</v>
+        <v>31590888259</v>
       </c>
       <c r="J208" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K208" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L208" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M208" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>51775573200040</v>
+        <v>52766134200024</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>658</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="F209" s="2" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I209" s="3">
-        <v>52490253949</v>
+        <v>84691507369</v>
       </c>
       <c r="J209" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K209" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L209" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M209" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>51908895900019</v>
+        <v>52816492400011</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
         <v>663</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
         <v>664</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>665</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I210" s="3">
-        <v>84380699438</v>
+        <v>91340803234</v>
       </c>
       <c r="J210" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K210" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L210" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M210" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>51913907500021</v>
+        <v>52941724800026</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
         <v>666</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
         <v>667</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>668</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I211" s="3">
-        <v>72330862633</v>
+        <v>28760571876</v>
       </c>
       <c r="J211" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K211" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L211" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M211" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>51914680700010</v>
+        <v>52971828000025</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>669</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
         <v>670</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="G212" s="2" t="s">
         <v>671</v>
       </c>
+      <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I212" s="3">
-        <v>11921756392</v>
+        <v>42680209668</v>
       </c>
       <c r="J212" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K212" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L212" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M212" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>52016517600014</v>
+        <v>53161648000046</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
         <v>672</v>
       </c>
-      <c r="D213" s="2"/>
+      <c r="D213" s="2" t="s">
+        <v>672</v>
+      </c>
       <c r="E213" s="2" t="s">
         <v>673</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>674</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I213" s="3">
-        <v>84010193401</v>
+        <v>25140242014</v>
       </c>
       <c r="J213" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K213" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L213" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M213" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>52024943400025</v>
+        <v>53305326000014</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
         <v>675</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
         <v>676</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>677</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>28</v>
+        <v>678</v>
       </c>
       <c r="I214" s="3">
-        <v>72470105147</v>
+        <v>53290851129</v>
       </c>
       <c r="J214" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L214" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M214" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>52071784400010</v>
+        <v>53338783300023</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I215" s="3">
-        <v>82691100069</v>
+        <v>52850156985</v>
       </c>
       <c r="J215" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K215" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L215" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M215" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>52076297200039</v>
+        <v>53762577400030</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I216" s="3">
-        <v>11754612175</v>
+        <v>93060789706</v>
       </c>
       <c r="J216" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L216" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>52106722300011</v>
+        <v>53867940800020</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>684</v>
-[...1 lines deleted...]
-      <c r="D217" s="2" t="s">
         <v>685</v>
       </c>
+      <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
         <v>686</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>665</v>
+        <v>687</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>687</v>
+        <v>24</v>
       </c>
       <c r="I217" s="3">
-        <v>93840324784</v>
+        <v>11922525392</v>
       </c>
       <c r="J217" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L217" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M217" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>52108731200026</v>
+        <v>53965892200015</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>688</v>
       </c>
       <c r="D218" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E218" s="2" t="s">
         <v>689</v>
       </c>
-      <c r="E218" s="2" t="s">
+      <c r="F218" s="2" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>23</v>
+        <v>641</v>
       </c>
       <c r="I218" s="3">
-        <v>91340745234</v>
+        <v>93060695606</v>
       </c>
       <c r="J218" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L218" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M218" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>52108731200034</v>
+        <v>74986551500037</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>688</v>
-[...3 lines deleted...]
-      </c>
+        <v>691</v>
+      </c>
+      <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
         <v>692</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>491</v>
+        <v>693</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I219" s="3">
-        <v>91340745234</v>
+        <v>11755164375</v>
       </c>
       <c r="J219" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K219" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L219" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M219" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>52137814100027</v>
+        <v>75013421500029</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>693</v>
-[...1 lines deleted...]
-      <c r="D220" s="2" t="s">
         <v>694</v>
       </c>
+      <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
         <v>695</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>696</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I220" s="3">
-        <v>76341044834</v>
+        <v>82730150173</v>
       </c>
       <c r="J220" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K220" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L220" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M220" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>52194338100058</v>
+        <v>75025369200040</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>697</v>
       </c>
-      <c r="D221" s="2"/>
+      <c r="D221" s="2" t="s">
+        <v>698</v>
+      </c>
       <c r="E221" s="2" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I221" s="3">
-        <v>82691309369</v>
+        <v>72330872233</v>
       </c>
       <c r="J221" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L221" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M221" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>52222687700036</v>
+        <v>75034676900037</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I222" s="3">
-        <v>52490359649</v>
+        <v>93840337884</v>
       </c>
       <c r="J222" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K222" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L222" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M222" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>52240758400013</v>
+        <v>75258454000021</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I223" s="3">
-        <v>76300442330</v>
+        <v>25500111150</v>
       </c>
       <c r="J223" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K223" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L223" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M223" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>30587453900060</v>
+        <v>75267915900018</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="D224" s="2" t="s">
         <v>707</v>
       </c>
+      <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
         <v>708</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>709</v>
+        <v>569</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
       <c r="I224" s="3">
-        <v>21510031351</v>
+        <v>24370432237</v>
       </c>
       <c r="J224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L224" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M224" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>31212555200124</v>
+        <v>75280068000015</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="D225" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E225" s="2" t="s">
         <v>710</v>
       </c>
-      <c r="D225" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="2" t="s">
+      <c r="F225" s="2" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I225" s="3">
-        <v>11753280275</v>
+        <v>22800162380</v>
       </c>
       <c r="J225" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K225" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L225" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M225" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>31463514500027</v>
+        <v>75299021800030</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
+        <v>713</v>
+      </c>
+      <c r="F226" s="2" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I226" s="3"/>
       <c r="J226" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K226" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L226" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M226" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>31481869100094</v>
+        <v>75302503000010</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>270</v>
+        <v>716</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>717</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I227" s="3">
-        <v>31590036659</v>
+        <v>11756059575</v>
       </c>
       <c r="J227" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K227" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L227" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M227" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>32133707300043</v>
+        <v>75388031900037</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C228" s="2" t="s">
         <v>718</v>
       </c>
-      <c r="D228" s="2"/>
+      <c r="D228" s="2" t="s">
+        <v>719</v>
+      </c>
       <c r="E228" s="2" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I228" s="3">
-        <v>11750415675</v>
+        <v>82691286169</v>
       </c>
       <c r="J228" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K228" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L228" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M228" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>32693006200145</v>
+        <v>77562424000013</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>723</v>
+        <v>338</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>80</v>
+        <v>133</v>
       </c>
       <c r="I229" s="3">
-        <v>82690692669</v>
+        <v>31590046859</v>
       </c>
       <c r="J229" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L229" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M229" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>33149757800046</v>
+        <v>40214815900013</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>724</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
         <v>725</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>726</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I230" s="3">
-        <v>82690147869</v>
+        <v>11780230178</v>
       </c>
       <c r="J230" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K230" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L230" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M230" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>33237704300051</v>
+        <v>40227696800110</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>727</v>
       </c>
-      <c r="D231" s="2"/>
+      <c r="D231" s="2" t="s">
+        <v>727</v>
+      </c>
       <c r="E231" s="2" t="s">
         <v>728</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>729</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>23</v>
+        <v>730</v>
       </c>
       <c r="I231" s="3">
-        <v>93840072284</v>
+        <v>52440417344</v>
       </c>
       <c r="J231" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L231" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M231" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>33751741100019</v>
+        <v>40429571900029</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I232" s="3">
-        <v>11751059475</v>
+        <v>11752609975</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K232" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L232" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M232" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>33838083500037</v>
+        <v>40538900800047</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="G233" s="2"/>
+        <v>736</v>
+      </c>
+      <c r="G233" s="2" t="s">
+        <v>737</v>
+      </c>
       <c r="H233" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I233" s="3">
-        <v>73310072231</v>
+        <v>52490128249</v>
       </c>
       <c r="J233" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K233" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L233" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M233" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>33973827000174</v>
+        <v>40818282200051</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>736</v>
-[...1 lines deleted...]
-      <c r="D234" s="2"/>
+        <v>738</v>
+      </c>
+      <c r="D234" s="2" t="s">
+        <v>738</v>
+      </c>
       <c r="E234" s="2" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>739</v>
+        <v>678</v>
       </c>
       <c r="I234" s="3">
-        <v>11752062375</v>
+        <v>84740366874</v>
       </c>
       <c r="J234" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K234" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L234" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M234" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>34029140000018</v>
+        <v>40847211600016</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="D235" s="2"/>
+        <v>741</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E235" s="2" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I235" s="3">
-        <v>24370027737</v>
+        <v>11752668475</v>
       </c>
       <c r="J235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K235" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M235" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>34142426500062</v>
+        <v>41005676600018</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>445</v>
+        <v>24</v>
       </c>
       <c r="I236" s="3">
-        <v>73310759231</v>
+        <v>52440274444</v>
       </c>
       <c r="J236" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K236" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L236" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M236" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>34316677300022</v>
+        <v>41028883100036</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I237" s="3">
-        <v>75640438264</v>
+        <v>11950095495</v>
       </c>
       <c r="J237" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K237" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L237" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M237" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>34358867900021</v>
+        <v>41028883100051</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>749</v>
-[...1 lines deleted...]
-      <c r="D238" s="2"/>
+        <v>747</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>747</v>
+      </c>
       <c r="E238" s="2" t="s">
         <v>750</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>751</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I238" s="3">
-        <v>31620039262</v>
+        <v>11950095495</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K238" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L238" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M238" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>40818282200051</v>
+        <v>41146353200043</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C239" s="2" t="s">
         <v>752</v>
       </c>
-      <c r="D239" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
         <v>753</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>754</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>379</v>
+        <v>24</v>
       </c>
       <c r="I239" s="3">
-        <v>84740366874</v>
+        <v>53290548129</v>
       </c>
       <c r="J239" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K239" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L239" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M239" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>40847211600016</v>
+        <v>41226820300038</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>755</v>
       </c>
       <c r="D240" s="2" t="s">
-        <v>190</v>
+        <v>755</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>756</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>757</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>28</v>
+        <v>295</v>
       </c>
       <c r="I240" s="3">
-        <v>11752668475</v>
+        <v>24360051536</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K240" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L240" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M240" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>41005676600018</v>
+        <v>41328197300029</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>758</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="s">
         <v>759</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>760</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="I241" s="3"/>
       <c r="J241" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L241" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M241" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>41028883100036</v>
+        <v>41366956500017</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>761</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
         <v>762</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>763</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I242" s="3">
-        <v>11950095495</v>
+        <v>24450160245</v>
       </c>
       <c r="J242" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K242" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L242" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M242" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>41028883100051</v>
+        <v>41405458500040</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>761</v>
-[...3 lines deleted...]
-      </c>
+        <v>764</v>
+      </c>
+      <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I243" s="3">
-        <v>11950095495</v>
+        <v>11752895775</v>
       </c>
       <c r="J243" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K243" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L243" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M243" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>41146353200043</v>
+        <v>41432425100126</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>766</v>
-[...1 lines deleted...]
-      <c r="D244" s="2"/>
+        <v>767</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E244" s="2" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I244" s="3">
-        <v>53290548129</v>
+        <v>11921779392</v>
       </c>
       <c r="J244" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K244" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L244" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M244" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>41226820300038</v>
+        <v>41433817800026</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>769</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>278</v>
+        <v>18</v>
       </c>
       <c r="I245" s="3">
-        <v>24360051536</v>
+        <v>82690654269</v>
       </c>
       <c r="J245" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K245" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L245" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M245" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>41328197300029</v>
+        <v>41487265500058</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>278</v>
+        <v>24</v>
       </c>
       <c r="I246" s="3"/>
       <c r="J246" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L246" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M246" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>41366956500017</v>
+        <v>41536948700053</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I247" s="3">
-        <v>24450160245</v>
+        <v>11754911175</v>
       </c>
       <c r="J247" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L247" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M247" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>41405458500040</v>
+        <v>41907900900041</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I248" s="3">
-        <v>11752895775</v>
+        <v>82691256969</v>
       </c>
       <c r="J248" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K248" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L248" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M248" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>41432425100126</v>
+        <v>41978929200036</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>781</v>
-[...3 lines deleted...]
-      </c>
+        <v>782</v>
+      </c>
+      <c r="D249" s="2"/>
       <c r="E249" s="2" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I249" s="3">
-        <v>11921779392</v>
+        <v>93050041705</v>
       </c>
       <c r="J249" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K249" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L249" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M249" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>41433817800026</v>
+        <v>42132913700028</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I250" s="3">
-        <v>82690654269</v>
+        <v>93131259713</v>
       </c>
       <c r="J250" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K250" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L250" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M250" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>41487265500058</v>
+        <v>42167434200025</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>787</v>
-[...1 lines deleted...]
-      <c r="D251" s="2"/>
+        <v>788</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>426</v>
+      </c>
       <c r="E251" s="2" t="s">
-        <v>788</v>
+        <v>427</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>789</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I251" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I251" s="3">
+        <v>11755604475</v>
+      </c>
       <c r="J251" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K251" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L251" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M251" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>41536948700053</v>
+        <v>42272629900049</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
         <v>790</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
         <v>791</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>792</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I252" s="3">
-        <v>11754911175</v>
+        <v>42670274567</v>
       </c>
       <c r="J252" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K252" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L252" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M252" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>41907900900041</v>
+        <v>42408630400013</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="2" t="s">
         <v>793</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
         <v>794</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>795</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I253" s="3">
-        <v>82691256969</v>
+        <v>91340420534</v>
       </c>
       <c r="J253" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L253" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M253" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>41978929200036</v>
+        <v>90021724100018</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
         <v>796</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="s">
         <v>797</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>798</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I254" s="3">
-        <v>93050041705</v>
+        <v>84691857369</v>
       </c>
       <c r="J254" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L254" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M254" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>42132913700028</v>
+        <v>90043166900028</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C255" s="2" t="s">
         <v>799</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
         <v>800</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>801</v>
       </c>
-      <c r="G255" s="2"/>
+      <c r="G255" s="2" t="s">
+        <v>57</v>
+      </c>
       <c r="H255" s="2" t="s">
-        <v>23</v>
+        <v>605</v>
       </c>
       <c r="I255" s="3">
-        <v>93131259713</v>
+        <v>11756296875</v>
       </c>
       <c r="J255" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K255" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L255" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M255" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>42167434200025</v>
+        <v>90048264700014</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>802</v>
       </c>
       <c r="D256" s="2" t="s">
-        <v>343</v>
+        <v>39</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>711</v>
+        <v>803</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I256" s="3">
-        <v>11755604475</v>
+        <v>11950721695</v>
       </c>
       <c r="J256" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K256" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L256" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M256" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>42272629900049</v>
+        <v>90056066500029</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>806</v>
-[...1 lines deleted...]
-      <c r="G257" s="2"/>
+        <v>60</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>807</v>
+      </c>
       <c r="H257" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I257" s="3">
-        <v>42670274567</v>
+        <v>44540404454</v>
       </c>
       <c r="J257" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K257" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L257" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M257" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>42408630400013</v>
+        <v>81473800100027</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I258" s="3">
-        <v>91340420534</v>
+        <v>84691439269</v>
       </c>
       <c r="J258" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L258" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M258" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>42894787300082</v>
+        <v>53377777700020</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>810</v>
-[...1 lines deleted...]
-      <c r="D259" s="2" t="s">
         <v>811</v>
       </c>
+      <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
         <v>812</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>813</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I259" s="3">
-        <v>53290964629</v>
+        <v>43250256125</v>
       </c>
       <c r="J259" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L259" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M259" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>43047236500039</v>
+        <v>53431595700017</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
         <v>814</v>
       </c>
-      <c r="D260" s="2" t="s">
+      <c r="D260" s="2"/>
+      <c r="E260" s="2" t="s">
         <v>815</v>
       </c>
-      <c r="E260" s="2" t="s">
+      <c r="F260" s="2" t="s">
         <v>816</v>
-      </c>
-[...1 lines deleted...]
-        <v>817</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I260" s="3">
-        <v>42670326867</v>
+        <v>11754737175</v>
       </c>
       <c r="J260" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L260" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M260" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>43131546400021</v>
+        <v>53436552300032</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="D261" s="2" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>819</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>820</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I261" s="3">
-        <v>83630341963</v>
+        <v>11754951375</v>
       </c>
       <c r="J261" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L261" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M261" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>43259622900026</v>
+        <v>53445241200024</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>821</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
         <v>822</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>823</v>
+        <v>532</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I262" s="3">
-        <v>72330545233</v>
+        <v>52720141772</v>
       </c>
       <c r="J262" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K262" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L262" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M262" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>43310986500033</v>
+        <v>82923662900012</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="F263" s="2" t="s">
         <v>825</v>
       </c>
-      <c r="F263" s="2" t="s">
+      <c r="G263" s="2" t="s">
         <v>826</v>
       </c>
-      <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I263" s="3">
-        <v>93131016313</v>
+        <v>84630480263</v>
       </c>
       <c r="J263" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L263" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M263" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>43354908600018</v>
+        <v>51769619100025</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C264" s="2" t="s">
         <v>827</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
         <v>828</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>829</v>
       </c>
-      <c r="G264" s="2"/>
+      <c r="G264" s="2" t="s">
+        <v>830</v>
+      </c>
       <c r="H264" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I264" s="3">
-        <v>93130991513</v>
+        <v>52720235472</v>
       </c>
       <c r="J264" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K264" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L264" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M264" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>79179462100015</v>
+        <v>51775573200024</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>830</v>
-[...1 lines deleted...]
-      <c r="D265" s="2"/>
+        <v>831</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>832</v>
+      </c>
       <c r="E265" s="2" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I265" s="3">
-        <v>82420254242</v>
+        <v>52490253949</v>
       </c>
       <c r="J265" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K265" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L265" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M265" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>79188296200040</v>
+        <v>51775573200040</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="D266" s="2"/>
+        <v>831</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E266" s="2" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>835</v>
+        <v>359</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I266" s="3"/>
+        <v>187</v>
+      </c>
+      <c r="I266" s="3">
+        <v>52490253949</v>
+      </c>
       <c r="J266" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K266" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L266" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M266" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>89845789000017</v>
+        <v>42894787300082</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C267" s="2" t="s">
         <v>836</v>
       </c>
       <c r="D267" s="2" t="s">
         <v>837</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>838</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>839</v>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I267" s="3">
-        <v>93830652383</v>
+        <v>53290964629</v>
       </c>
       <c r="J267" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K267" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L267" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M267" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>89880747400017</v>
+        <v>34142426500062</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="2" t="s">
         <v>840</v>
       </c>
-      <c r="D268" s="2" t="s">
+      <c r="D268" s="2"/>
+      <c r="E268" s="2" t="s">
         <v>841</v>
       </c>
-      <c r="E268" s="2" t="s">
+      <c r="F268" s="2" t="s">
         <v>842</v>
-      </c>
-[...1 lines deleted...]
-        <v>843</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>28</v>
+        <v>339</v>
       </c>
       <c r="I268" s="3">
-        <v>11941065694</v>
+        <v>73310759231</v>
       </c>
       <c r="J268" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K268" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L268" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M268" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>52360962600024</v>
+        <v>40041942000023</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="F269" s="2" t="s">
         <v>845</v>
-      </c>
-[...1 lines deleted...]
-        <v>846</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I269" s="3">
-        <v>82010133901</v>
+        <v>42670207067</v>
       </c>
       <c r="J269" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L269" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M269" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>52372558800017</v>
+        <v>79958971800029</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>847</v>
+        <v>846</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="s">
+        <v>847</v>
+      </c>
+      <c r="F270" s="2" t="s">
         <v>848</v>
-      </c>
-[...1 lines deleted...]
-        <v>849</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
-        <v>23</v>
+        <v>849</v>
       </c>
       <c r="I270" s="3">
-        <v>28270223027</v>
+        <v>43900057090</v>
       </c>
       <c r="J270" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K270" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L270" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M270" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>52391127900025</v>
+        <v>79963749100025</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C271" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="D271" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="E271" s="2" t="s">
         <v>850</v>
       </c>
-      <c r="D271" s="2"/>
-      <c r="E271" s="2" t="s">
+      <c r="F271" s="2" t="s">
         <v>851</v>
       </c>
-      <c r="F271" s="2" t="s">
+      <c r="G271" s="2" t="s">
         <v>852</v>
       </c>
-      <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I271" s="3">
-        <v>41540286154</v>
+        <v>84692083669</v>
       </c>
       <c r="J271" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K271" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L271" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M271" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>50510207900033</v>
+        <v>80019756800036</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C272" s="2" t="s">
         <v>853</v>
       </c>
-      <c r="D272" s="2"/>
+      <c r="D272" s="2" t="s">
+        <v>853</v>
+      </c>
       <c r="E272" s="2" t="s">
         <v>854</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="G272" s="2"/>
+        <v>855</v>
+      </c>
+      <c r="G272" s="2" t="s">
+        <v>856</v>
+      </c>
       <c r="H272" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I272" s="3">
-        <v>52720125372</v>
+        <v>82010158301</v>
       </c>
       <c r="J272" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K272" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L272" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M272" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>48154142300028</v>
+        <v>80029431600024</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I273" s="3">
-        <v>11753951275</v>
+        <v>11755172675</v>
       </c>
       <c r="J273" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K273" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L273" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M273" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>48214884800013</v>
+        <v>80134161100029</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>858</v>
-[...3 lines deleted...]
-      </c>
+        <v>860</v>
+      </c>
+      <c r="D274" s="2"/>
       <c r="E274" s="2" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>860</v>
-[...3 lines deleted...]
-      </c>
+        <v>862</v>
+      </c>
+      <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I274" s="3">
-        <v>82690867269</v>
+        <v>28760666876</v>
       </c>
       <c r="J274" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K274" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L274" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M274" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>43411361900119</v>
+        <v>80177669100017</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I275" s="3">
-        <v>53220704022</v>
+        <v>84380644338</v>
       </c>
       <c r="J275" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K275" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L275" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M275" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>43415437300063</v>
+        <v>80233686700030</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>867</v>
-[...1 lines deleted...]
-      <c r="G276" s="2"/>
+        <v>868</v>
+      </c>
+      <c r="G276" s="2" t="s">
+        <v>869</v>
+      </c>
       <c r="H276" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I276" s="3">
-        <v>11753463975</v>
+        <v>11755482975</v>
       </c>
       <c r="J276" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K276" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L276" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M276" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>83976416400019</v>
+        <v>80296131800028</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I277" s="3">
-        <v>84740352874</v>
+        <v>84691439169</v>
       </c>
       <c r="J277" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K277" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L277" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M277" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>34488281600053</v>
+        <v>80352569000019</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>871</v>
-[...1 lines deleted...]
-      <c r="D278" s="2"/>
+        <v>873</v>
+      </c>
+      <c r="D278" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E278" s="2" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>873</v>
-[...1 lines deleted...]
-      <c r="G278" s="2"/>
+        <v>875</v>
+      </c>
+      <c r="G278" s="2" t="s">
+        <v>856</v>
+      </c>
       <c r="H278" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I278" s="3">
-        <v>72330128833</v>
+        <v>82260226426</v>
       </c>
       <c r="J278" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K278" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L278" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M278" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>34539593300046</v>
+        <v>80392745800023</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="D279" s="2" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>491</v>
+        <v>879</v>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I279" s="3">
-        <v>93060554806</v>
+        <v>82010163301</v>
       </c>
       <c r="J279" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L279" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M279" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>34779594000043</v>
+        <v>80425206200018</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>879</v>
+        <v>714</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I280" s="3">
-        <v>11751349275</v>
+        <v>54790109779</v>
       </c>
       <c r="J280" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K280" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L280" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M280" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>34812741600058</v>
+        <v>80435551900021</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>884</v>
+      </c>
+      <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I281" s="3">
-        <v>52440113844</v>
+        <v>93830527983</v>
       </c>
       <c r="J281" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L281" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M281" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>40429571900029</v>
+        <v>80515653600031</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I282" s="3">
-        <v>11752609975</v>
+        <v>42670537667</v>
       </c>
       <c r="J282" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K282" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L282" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M282" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>40538900800047</v>
+        <v>80779275900019</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>887</v>
-[...1 lines deleted...]
-      <c r="D283" s="2"/>
+        <v>888</v>
+      </c>
+      <c r="D283" s="2" t="s">
+        <v>888</v>
+      </c>
       <c r="E283" s="2" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>889</v>
-[...1 lines deleted...]
-      <c r="G283" s="2" t="s">
         <v>890</v>
       </c>
+      <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
-        <v>23</v>
+        <v>891</v>
       </c>
       <c r="I283" s="3">
-        <v>52490128249</v>
+        <v>75331094433</v>
       </c>
       <c r="J283" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K283" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L283" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M283" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
         <v>80897250900042</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="D284" s="2" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I284" s="3">
         <v>11755575875</v>
       </c>
       <c r="J284" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K284" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L284" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M284" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
         <v>80919787400013</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I285" s="3">
         <v>41570355457</v>
       </c>
       <c r="J285" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K285" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L285" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M285" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
         <v>80964890000011</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="I286" s="3">
         <v>11755727475</v>
       </c>
       <c r="J286" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L286" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M286" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
         <v>80982366900019</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I287" s="3">
         <v>52440747344</v>
       </c>
       <c r="J287" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K287" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L287" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M287" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
         <v>80985935800016</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I288" s="3">
         <v>22600297960</v>
       </c>
       <c r="J288" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K288" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L288" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M288" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
         <v>80985935800024</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I289" s="3">
         <v>22600297960</v>
       </c>
       <c r="J289" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K289" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L289" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M289" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
         <v>81004799300029</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D290" s="2" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>278</v>
+        <v>295</v>
       </c>
       <c r="I290" s="3">
         <v>75170240317</v>
       </c>
       <c r="J290" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K290" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L290" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M290" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
         <v>81015049000011</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>341</v>
+        <v>641</v>
       </c>
       <c r="I291" s="3">
         <v>11788180378</v>
       </c>
       <c r="J291" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K291" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L291" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M291" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
         <v>81065195000026</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>765</v>
+        <v>751</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
-        <v>185</v>
+        <v>115</v>
       </c>
       <c r="I292" s="3">
         <v>91340884334</v>
       </c>
       <c r="J292" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K292" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L292" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M292" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
         <v>81189275100017</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I293" s="3">
         <v>23760531976</v>
       </c>
       <c r="J293" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K293" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L293" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M293" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
         <v>81224551200031</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="I294" s="3">
         <v>11755472475</v>
       </c>
       <c r="J294" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K294" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L294" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M294" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
         <v>81390038800030</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I295" s="3">
         <v>82691422169</v>
       </c>
       <c r="J295" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K295" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L295" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M295" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>81473800100027</v>
+        <v>81753997600024</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I296" s="3">
-        <v>84691439269</v>
+        <v>52440800644</v>
       </c>
       <c r="J296" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K296" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L296" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M296" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>81753997600024</v>
+        <v>81890818800019</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I297" s="3">
-        <v>52440800644</v>
+        <v>44510195451</v>
       </c>
       <c r="J297" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K297" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L297" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M297" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>81890818800019</v>
+        <v>81945096600018</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I298" s="3">
-        <v>44510195451</v>
+        <v>11910895591</v>
       </c>
       <c r="J298" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K298" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L298" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M298" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>81945096600018</v>
+        <v>82070200900011</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>938</v>
-[...1 lines deleted...]
-      <c r="D299" s="2"/>
+        <v>939</v>
+      </c>
+      <c r="D299" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E299" s="2" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I299" s="3">
-        <v>11910895591</v>
+        <v>84380634838</v>
       </c>
       <c r="J299" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K299" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L299" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M299" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>82070200900011</v>
+        <v>82092615200019</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>941</v>
-[...3 lines deleted...]
-      </c>
+        <v>942</v>
+      </c>
+      <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I300" s="3">
-        <v>84380634838</v>
+        <v>11770608277</v>
       </c>
       <c r="J300" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K300" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L300" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M300" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>82092615200019</v>
+        <v>82108499300038</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="G301" s="2"/>
       <c r="H301" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I301" s="3">
-        <v>11770608277</v>
+        <v>11756731875</v>
       </c>
       <c r="J301" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K301" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L301" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M301" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>82108499300038</v>
+        <v>82114052200037</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
-        <v>28</v>
+        <v>951</v>
       </c>
       <c r="I302" s="3">
-        <v>11756731875</v>
+        <v>75331478933</v>
       </c>
       <c r="J302" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K302" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L302" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M302" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>82114052200037</v>
+        <v>82175578200017</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>952</v>
+        <v>445</v>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
-        <v>953</v>
+        <v>18</v>
       </c>
       <c r="I303" s="3">
-        <v>75331478933</v>
+        <v>84691728269</v>
       </c>
       <c r="J303" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L303" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M303" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>82175578200017</v>
+        <v>82209105400012</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C304" s="2" t="s">
         <v>954</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
         <v>955</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>729</v>
+        <v>956</v>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I304" s="3">
-        <v>84691728269</v>
+        <v>44570429457</v>
       </c>
       <c r="J304" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K304" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L304" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M304" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>82209105400012</v>
+        <v>82232865400030</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>956</v>
-[...1 lines deleted...]
-      <c r="D305" s="2"/>
+        <v>574</v>
+      </c>
+      <c r="D305" s="2" t="s">
+        <v>575</v>
+      </c>
       <c r="E305" s="2" t="s">
         <v>957</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>958</v>
       </c>
-      <c r="G305" s="2"/>
+      <c r="G305" s="2" t="s">
+        <v>959</v>
+      </c>
       <c r="H305" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I305" s="3">
-        <v>44570429457</v>
+        <v>84420354542</v>
       </c>
       <c r="J305" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L305" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M305" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>82232865400030</v>
+        <v>82251439400029</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>960</v>
+      </c>
+      <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>960</v>
-[...3 lines deleted...]
-      </c>
+        <v>962</v>
+      </c>
+      <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I306" s="3">
-        <v>84420354542</v>
+        <v>11922143892</v>
       </c>
       <c r="J306" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K306" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L306" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M306" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>82251439400029</v>
+        <v>82285226500021</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I307" s="3">
-        <v>11922143892</v>
+        <v>84691470069</v>
       </c>
       <c r="J307" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K307" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L307" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M307" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>82285226500021</v>
+        <v>82403983800019</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I308" s="3">
-        <v>84691470069</v>
+        <v>11755598875</v>
       </c>
       <c r="J308" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K308" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L308" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M308" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>82403983800019</v>
+        <v>82436001000014</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I309" s="3">
-        <v>11755598875</v>
+        <v>84010190201</v>
       </c>
       <c r="J309" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K309" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L309" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M309" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>82436001000014</v>
+        <v>82477172900046</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
-        <v>28</v>
+        <v>975</v>
       </c>
       <c r="I310" s="3">
-        <v>84010190201</v>
+        <v>52440908244</v>
       </c>
       <c r="J310" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K310" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L310" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M310" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>82477172900046</v>
+        <v>82759903600015</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
-        <v>977</v>
+        <v>24</v>
       </c>
       <c r="I311" s="3">
-        <v>52440908244</v>
+        <v>24370357937</v>
       </c>
       <c r="J311" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K311" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L311" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M311" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>82759903600015</v>
+        <v>82809468000018</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>978</v>
-[...1 lines deleted...]
-      <c r="D312" s="2"/>
+        <v>979</v>
+      </c>
+      <c r="D312" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E312" s="2" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I312" s="3">
-        <v>24370357937</v>
+        <v>52440809544</v>
       </c>
       <c r="J312" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K312" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L312" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M312" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>82809468000018</v>
+        <v>82809468000026</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>981</v>
-[...3 lines deleted...]
-      </c>
+        <v>979</v>
+      </c>
+      <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
         <v>982</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>983</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I313" s="3">
         <v>52440809544</v>
       </c>
       <c r="J313" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K313" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L313" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M313" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>82809468000026</v>
+        <v>82829466000026</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I314" s="3">
-        <v>52440809544</v>
+        <v>84691525769</v>
       </c>
       <c r="J314" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K314" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L314" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M314" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>82829466000026</v>
+        <v>82829789500017</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>986</v>
-[...1 lines deleted...]
-      <c r="D315" s="2"/>
+        <v>574</v>
+      </c>
+      <c r="D315" s="2" t="s">
+        <v>575</v>
+      </c>
       <c r="E315" s="2" t="s">
         <v>987</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>988</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I315" s="3">
-        <v>84691525769</v>
+        <v>84691594469</v>
       </c>
       <c r="J315" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K315" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L315" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M315" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>82829789500017</v>
+        <v>83024946200029</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>529</v>
+        <v>989</v>
       </c>
       <c r="D316" s="2" t="s">
-        <v>530</v>
+        <v>39</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>990</v>
-[...1 lines deleted...]
-      <c r="G316" s="2"/>
+        <v>45</v>
+      </c>
+      <c r="G316" s="2" t="s">
+        <v>991</v>
+      </c>
       <c r="H316" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I316" s="3">
-        <v>84691594469</v>
+        <v>52440810344</v>
       </c>
       <c r="J316" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K316" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L316" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M316" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>82923662900012</v>
+        <v>83024946200037</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
         <v>992</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>993</v>
-[...3 lines deleted...]
-      </c>
+        <v>991</v>
+      </c>
+      <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I317" s="3">
-        <v>84630480263</v>
+        <v>52440810344</v>
       </c>
       <c r="J317" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K317" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L317" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M317" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>83024946200029</v>
+        <v>83074583200022</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C318" s="2" t="s">
+        <v>993</v>
+      </c>
+      <c r="D318" s="2" t="s">
+        <v>994</v>
+      </c>
+      <c r="E318" s="2" t="s">
         <v>995</v>
       </c>
-      <c r="D318" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E318" s="2" t="s">
+      <c r="F318" s="2" t="s">
         <v>996</v>
       </c>
-      <c r="F318" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G318" s="2"/>
       <c r="H318" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I318" s="3">
-        <v>52440810344</v>
+        <v>32590939659</v>
       </c>
       <c r="J318" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K318" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L318" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M318" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>83024946200037</v>
+        <v>83087230500024</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2" t="s">
         <v>998</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="G319" s="2"/>
       <c r="H319" s="2" t="s">
-        <v>23</v>
+        <v>295</v>
       </c>
       <c r="I319" s="3">
-        <v>52440810344</v>
+        <v>44570378757</v>
       </c>
       <c r="J319" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L319" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M319" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>83074583200022</v>
+        <v>83115032100014</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>999</v>
-[...1 lines deleted...]
-      <c r="D320" s="2" t="s">
         <v>1000</v>
       </c>
+      <c r="D320" s="2"/>
       <c r="E320" s="2" t="s">
         <v>1001</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>1002</v>
+        <v>751</v>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I320" s="3">
-        <v>32590939659</v>
+        <v>11922182492</v>
       </c>
       <c r="J320" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K320" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L320" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M320" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>83087230500024</v>
+        <v>83351191800033</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F321" s="2" t="s">
         <v>1004</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005</v>
       </c>
       <c r="G321" s="2"/>
       <c r="H321" s="2" t="s">
-        <v>278</v>
+        <v>18</v>
       </c>
       <c r="I321" s="3">
-        <v>44570378757</v>
+        <v>24370407237</v>
       </c>
       <c r="J321" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K321" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L321" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M321" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>83115032100014</v>
+        <v>83536626100013</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>1006</v>
+        <v>1005</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F322" s="2" t="s">
         <v>1007</v>
-      </c>
-[...1 lines deleted...]
-        <v>765</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>28</v>
+        <v>295</v>
       </c>
       <c r="I322" s="3">
-        <v>11922182492</v>
+        <v>93131732413</v>
       </c>
       <c r="J322" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K322" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L322" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M322" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>83351191800033</v>
+        <v>83769201100021</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C323" s="2" t="s">
         <v>1008</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
         <v>1009</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>1010</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I323" s="3">
-        <v>24370407237</v>
+        <v>11941089894</v>
       </c>
       <c r="J323" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L323" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M323" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
-        <v>83536626100013</v>
+        <v>83794037800024</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>278</v>
+        <v>18</v>
       </c>
       <c r="I324" s="3">
-        <v>93131732413</v>
+        <v>27710274471</v>
       </c>
       <c r="J324" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K324" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L324" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M324" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
-        <v>83769201100021</v>
+        <v>83807710500024</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1016</v>
+        <v>326</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I325" s="3">
-        <v>11941089894</v>
+        <v>84730199473</v>
       </c>
       <c r="J325" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K325" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L325" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M325" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
-        <v>83794037800024</v>
+        <v>83844904900017</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>1017</v>
+        <v>1016</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F326" s="2" t="s">
         <v>1018</v>
       </c>
-      <c r="F326" s="2" t="s">
+      <c r="G326" s="2" t="s">
         <v>1019</v>
       </c>
-      <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I326" s="3">
-        <v>27710274471</v>
+        <v>11770667977</v>
       </c>
       <c r="J326" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K326" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L326" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M326" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
-        <v>83807710500024</v>
+        <v>83874098300021</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C327" s="2" t="s">
         <v>1020</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="s">
         <v>1021</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>309</v>
+        <v>1022</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I327" s="3">
-        <v>84730199473</v>
+        <v>84691588669</v>
       </c>
       <c r="J327" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K327" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L327" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M327" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
-        <v>83844904900017</v>
+        <v>83976416400019</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>1024</v>
-[...1 lines deleted...]
-      <c r="G328" s="2" t="s">
         <v>1025</v>
       </c>
+      <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I328" s="3">
-        <v>11770667977</v>
+        <v>84740352874</v>
       </c>
       <c r="J328" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K328" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L328" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M328" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
-        <v>83874098300021</v>
+        <v>84086635400011</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C329" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
         <v>1027</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>1028</v>
       </c>
       <c r="G329" s="2"/>
       <c r="H329" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I329" s="3">
-        <v>84691588669</v>
+        <v>84630499563</v>
       </c>
       <c r="J329" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K329" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L329" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M329" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
-        <v>84086635400011</v>
+        <v>84128433400023</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C330" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>1031</v>
+        <v>626</v>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I330" s="3">
-        <v>84630499563</v>
+        <v>93131755413</v>
       </c>
       <c r="J330" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K330" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L330" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M330" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
-        <v>84128433400023</v>
+        <v>84198337200019</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F331" s="2" t="s">
         <v>1033</v>
-      </c>
-[...1 lines deleted...]
-        <v>846</v>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I331" s="3">
-        <v>93131755413</v>
+        <v>76340999434</v>
       </c>
       <c r="J331" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K331" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L331" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M331" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
-        <v>84198337200019</v>
+        <v>84260711100015</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C332" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="F332" s="2" t="s">
         <v>1036</v>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I332" s="3">
-        <v>76340999434</v>
+        <v>84010201401</v>
       </c>
       <c r="J332" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K332" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L332" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M332" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
-        <v>84260711100015</v>
+        <v>84472491400016</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C333" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I333" s="3">
-        <v>84010201401</v>
+        <v>93131765613</v>
       </c>
       <c r="J333" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K333" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L333" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M333" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
-        <v>84472491400016</v>
+        <v>84759876000019</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="2" t="s">
         <v>1040</v>
       </c>
-      <c r="D334" s="2"/>
+      <c r="D334" s="2" t="s">
+        <v>1040</v>
+      </c>
       <c r="E334" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I334" s="3">
-        <v>93131765613</v>
+        <v>24360095036</v>
       </c>
       <c r="J334" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K334" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L334" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M334" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
-        <v>84759876000019</v>
+        <v>84771947300021</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="2" t="s">
         <v>1043</v>
       </c>
-      <c r="D335" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I335" s="3">
-        <v>24360095036</v>
+        <v>11755885475</v>
       </c>
       <c r="J335" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K335" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L335" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M335" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
-        <v>84771947300021</v>
+        <v>84814196600012</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I336" s="3">
-        <v>11755885475</v>
+        <v>84380708438</v>
       </c>
       <c r="J336" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K336" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L336" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M336" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
-        <v>84814196600012</v>
+        <v>84823563600018</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C337" s="2" t="s">
         <v>1049</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
         <v>1050</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1051</v>
+        <v>895</v>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2" t="s">
-        <v>23</v>
+        <v>295</v>
       </c>
       <c r="I337" s="3">
-        <v>84380708438</v>
+        <v>75240197624</v>
       </c>
       <c r="J337" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K337" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L337" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M337" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
-        <v>84823563600018</v>
+        <v>84934046800016</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>1052</v>
+        <v>1051</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="s">
-        <v>1053</v>
+        <v>1052</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>894</v>
+        <v>787</v>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>278</v>
+        <v>24</v>
       </c>
       <c r="I338" s="3">
-        <v>75240197624</v>
+        <v>84691733669</v>
       </c>
       <c r="J338" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K338" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L338" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M338" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
-        <v>84934046800016</v>
+        <v>85013743100019</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C339" s="2" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D339" s="2" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E339" s="2" t="s">
         <v>1054</v>
       </c>
-      <c r="D339" s="2"/>
-      <c r="E339" s="2" t="s">
+      <c r="F339" s="2" t="s">
         <v>1055</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I339" s="3">
-        <v>84691733669</v>
+        <v>76310996631</v>
       </c>
       <c r="J339" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K339" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L339" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M339" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
-        <v>85013743100019</v>
+        <v>85082982100022</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="2" t="s">
         <v>1056</v>
       </c>
-      <c r="D340" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I340" s="3">
-        <v>76310996631</v>
+        <v>76341041234</v>
       </c>
       <c r="J340" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K340" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L340" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M340" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
-        <v>85082982100022</v>
+        <v>85133705500020</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C341" s="2" t="s">
         <v>1059</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I341" s="3">
-        <v>76341041234</v>
+        <v>76341092434</v>
       </c>
       <c r="J341" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L341" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M341" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
-        <v>85133705500020</v>
+        <v>85139769500012</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I342" s="3">
-        <v>76341092434</v>
+        <v>11910861391</v>
       </c>
       <c r="J342" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K342" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L342" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M342" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="1">
-        <v>85139769500012</v>
+        <v>85185260800013</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C343" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I343" s="3">
-        <v>11910861391</v>
+        <v>93131815413</v>
       </c>
       <c r="J343" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K343" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L343" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M343" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="1">
-        <v>85185260800013</v>
+        <v>85238870100033</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C344" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>1070</v>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I344" s="3">
-        <v>93131815413</v>
+        <v>11788421378</v>
       </c>
       <c r="J344" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K344" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L344" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M344" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="1">
-        <v>85238870100033</v>
+        <v>85243723500017</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C345" s="2" t="s">
         <v>1071</v>
       </c>
-      <c r="D345" s="2"/>
+      <c r="D345" s="2" t="s">
+        <v>1072</v>
+      </c>
       <c r="E345" s="2" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="G345" s="2"/>
       <c r="H345" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I345" s="3">
-        <v>11788421378</v>
+        <v>32590998359</v>
       </c>
       <c r="J345" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K345" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L345" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M345" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="1">
-        <v>85243723500017</v>
+        <v>85260905600019</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D346" s="2" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I346" s="3">
-        <v>32590998359</v>
+        <v>52440868044</v>
       </c>
       <c r="J346" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K346" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L346" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M346" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="1">
-        <v>85260905600019</v>
+        <v>85262129100024</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C347" s="2" t="s">
         <v>1078</v>
       </c>
-      <c r="D347" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>1080</v>
       </c>
       <c r="G347" s="2"/>
       <c r="H347" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I347" s="3">
-        <v>52440868044</v>
+        <v>75331189333</v>
       </c>
       <c r="J347" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K347" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L347" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M347" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="1">
-        <v>85262129100024</v>
+        <v>85278214300014</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C348" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="F348" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="G348" s="2"/>
       <c r="H348" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I348" s="3">
-        <v>75331189333</v>
+        <v>84691698869</v>
       </c>
       <c r="J348" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K348" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L348" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M348" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="1">
-        <v>85278214300014</v>
+        <v>85363365900018</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C349" s="2" t="s">
         <v>1084</v>
       </c>
-      <c r="D349" s="2"/>
+      <c r="D349" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E349" s="2" t="s">
         <v>1085</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>1086</v>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I349" s="3">
-        <v>84691698869</v>
+        <v>84691683569</v>
       </c>
       <c r="J349" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K349" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L349" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M349" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="1">
-        <v>85363365900018</v>
+        <v>85391779700013</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C350" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="D350" s="2" t="s">
-        <v>190</v>
+        <v>1087</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>1089</v>
       </c>
       <c r="G350" s="2"/>
       <c r="H350" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I350" s="3">
-        <v>84691683569</v>
+        <v>24410135741</v>
       </c>
       <c r="J350" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K350" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L350" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M350" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="1">
-        <v>85391779700013</v>
+        <v>85391819100018</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C351" s="2" t="s">
         <v>1090</v>
       </c>
-      <c r="D351" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
         <v>1091</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>1092</v>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I351" s="3">
-        <v>24410135741</v>
+        <v>84691747069</v>
       </c>
       <c r="J351" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K351" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L351" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M351" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="1">
-        <v>85391819100018</v>
+        <v>87776838200013</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C352" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
         <v>1094</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1095</v>
+        <v>416</v>
       </c>
       <c r="G352" s="2"/>
       <c r="H352" s="2" t="s">
-        <v>28</v>
+        <v>1095</v>
       </c>
       <c r="I352" s="3">
-        <v>84691747069</v>
+        <v>11922343392</v>
       </c>
       <c r="J352" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K352" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L352" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M352" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="1">
-        <v>87776838200013</v>
+        <v>87910052700016</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C353" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="s">
         <v>1097</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>520</v>
+        <v>1098</v>
       </c>
       <c r="G353" s="2"/>
       <c r="H353" s="2" t="s">
-        <v>1098</v>
-[...3 lines deleted...]
-      </c>
+        <v>678</v>
+      </c>
+      <c r="I353" s="3"/>
       <c r="J353" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K353" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L353" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M353" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="1">
-        <v>87910052700016</v>
+        <v>87969474300011</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C354" s="2" t="s">
         <v>1099</v>
       </c>
-      <c r="D354" s="2"/>
+      <c r="D354" s="2" t="s">
+        <v>1100</v>
+      </c>
       <c r="E354" s="2" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="I354" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I354" s="3">
+        <v>52440882744</v>
+      </c>
       <c r="J354" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K354" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L354" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M354" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="1">
-        <v>87969474300011</v>
+        <v>87977436200013</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>1102</v>
-[...1 lines deleted...]
-      <c r="D355" s="2" t="s">
         <v>1103</v>
       </c>
+      <c r="D355" s="2"/>
       <c r="E355" s="2" t="s">
         <v>1104</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>1105</v>
       </c>
       <c r="G355" s="2"/>
       <c r="H355" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I355" s="3">
-        <v>52440882744</v>
+        <v>24180122618</v>
       </c>
       <c r="J355" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K355" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L355" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M355" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="1">
-        <v>87977436200013</v>
+        <v>88020993700015</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C356" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="s">
         <v>1107</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>1108</v>
       </c>
       <c r="G356" s="2"/>
       <c r="H356" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I356" s="3">
-        <v>24180122618</v>
+        <v>84260295326</v>
       </c>
       <c r="J356" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K356" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L356" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M356" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="1">
-        <v>88020993700015</v>
+        <v>88293112400037</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C357" s="2" t="s">
         <v>1109</v>
       </c>
-      <c r="D357" s="2"/>
+      <c r="D357" s="2" t="s">
+        <v>1110</v>
+      </c>
       <c r="E357" s="2" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>1111</v>
+        <v>872</v>
       </c>
       <c r="G357" s="2"/>
       <c r="H357" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I357" s="3">
-        <v>84260295326</v>
+        <v>84430351843</v>
       </c>
       <c r="J357" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K357" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L357" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M357" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="1">
-        <v>88293112400037</v>
+        <v>88350444100014</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C358" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>1113</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>1114</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>552</v>
+        <v>1115</v>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I358" s="3">
-        <v>84430351843</v>
+        <v>84380747538</v>
       </c>
       <c r="J358" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K358" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L358" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M358" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="1">
-        <v>88350444100014</v>
+        <v>88755207300017</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>1115</v>
-[...1 lines deleted...]
-      <c r="D359" s="2" t="s">
         <v>1116</v>
       </c>
+      <c r="D359" s="2"/>
       <c r="E359" s="2" t="s">
         <v>1117</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I359" s="3">
-        <v>84380747538</v>
+        <v>11788475078</v>
       </c>
       <c r="J359" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K359" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L359" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M359" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="1">
-        <v>88755207300017</v>
+        <v>88800490000013</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C360" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>1121</v>
       </c>
       <c r="G360" s="2"/>
       <c r="H360" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I360" s="3">
-        <v>11788475078</v>
+        <v>11941154394</v>
       </c>
       <c r="J360" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K360" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L360" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M360" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="1">
-        <v>88800490000013</v>
+        <v>88801386900027</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C361" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>1124</v>
       </c>
-      <c r="G361" s="2"/>
+      <c r="G361" s="2" t="s">
+        <v>1125</v>
+      </c>
       <c r="H361" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I361" s="3">
-        <v>11941154394</v>
+        <v>84030376203</v>
       </c>
       <c r="J361" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K361" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L361" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M361" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="1">
-        <v>88801386900027</v>
+        <v>88860867600019</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1127</v>
-[...1 lines deleted...]
-      <c r="G362" s="2" t="s">
         <v>1128</v>
       </c>
+      <c r="G362" s="2"/>
       <c r="H362" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I362" s="3">
-        <v>84030376203</v>
+        <v>11788517478</v>
       </c>
       <c r="J362" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K362" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L362" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M362" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="1">
-        <v>88860867600019</v>
+        <v>88868710000014</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C363" s="2" t="s">
         <v>1129</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>1131</v>
       </c>
       <c r="G363" s="2"/>
       <c r="H363" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I363" s="3">
-        <v>11788517478</v>
+        <v>76300479430</v>
       </c>
       <c r="J363" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K363" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L363" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M363" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="1">
-        <v>88868710000014</v>
+        <v>88894202600012</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C364" s="2" t="s">
         <v>1132</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="G364" s="2"/>
       <c r="H364" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I364" s="3">
-        <v>76300479430</v>
+        <v>11922354592</v>
       </c>
       <c r="J364" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K364" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L364" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M364" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="1">
-        <v>88894202600012</v>
+        <v>88936193700028</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>1135</v>
+        <v>1134</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F365" s="2" t="s">
         <v>1136</v>
-      </c>
-[...1 lines deleted...]
-        <v>1134</v>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I365" s="3">
-        <v>11922354592</v>
+        <v>75870179887</v>
       </c>
       <c r="J365" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K365" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L365" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M365" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="1">
-        <v>88936193700028</v>
+        <v>88938351900010</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C366" s="2" t="s">
         <v>1137</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>1139</v>
       </c>
       <c r="G366" s="2"/>
       <c r="H366" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I366" s="3">
-        <v>75870179887</v>
+        <v>84010237001</v>
       </c>
       <c r="J366" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K366" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L366" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M366" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="1">
-        <v>88938351900010</v>
+        <v>88942700100033</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C367" s="2" t="s">
         <v>1140</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="s">
         <v>1141</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>1142</v>
       </c>
       <c r="G367" s="2"/>
       <c r="H367" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I367" s="3">
-        <v>84010237001</v>
+        <v>75331267533</v>
       </c>
       <c r="J367" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K367" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L367" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M367" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="1">
-        <v>88942700100033</v>
+        <v>88946186900014</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C368" s="2" t="s">
         <v>1143</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="s">
-        <v>1144</v>
+        <v>980</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1145</v>
+        <v>1128</v>
       </c>
       <c r="G368" s="2"/>
       <c r="H368" s="2" t="s">
-        <v>28</v>
+        <v>678</v>
       </c>
       <c r="I368" s="3">
-        <v>75331267533</v>
+        <v>52440914444</v>
       </c>
       <c r="J368" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K368" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L368" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M368" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="1">
-        <v>88946186900014</v>
+        <v>88946186900022</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2" t="s">
-        <v>982</v>
+        <v>1144</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1131</v>
+        <v>1145</v>
       </c>
       <c r="G369" s="2"/>
       <c r="H369" s="2" t="s">
-        <v>379</v>
+        <v>24</v>
       </c>
       <c r="I369" s="3">
         <v>52440914444</v>
       </c>
       <c r="J369" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K369" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L369" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M369" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" s="1">
-        <v>88946186900022</v>
+        <v>89016722400017</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C370" s="2" t="s">
         <v>1146</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2" t="s">
         <v>1147</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>1148</v>
       </c>
       <c r="G370" s="2"/>
       <c r="H370" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I370" s="3">
-        <v>52440914444</v>
+        <v>84691776569</v>
       </c>
       <c r="J370" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K370" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L370" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M370" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="1">
-        <v>89016722400017</v>
+        <v>89027087900012</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C371" s="2" t="s">
         <v>1149</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
         <v>1150</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="G371" s="2"/>
       <c r="H371" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I371" s="3">
-        <v>84691776569</v>
+        <v>76090067209</v>
       </c>
       <c r="J371" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K371" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L371" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M371" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="1">
-        <v>89027087900012</v>
+        <v>89041007900028</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C372" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="G372" s="2"/>
       <c r="H372" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I372" s="3">
-        <v>76090067209</v>
+        <v>75331281033</v>
       </c>
       <c r="J372" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K372" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L372" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M372" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" s="1">
-        <v>89041007900028</v>
+        <v>89233458200020</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C373" s="2" t="s">
         <v>1155</v>
       </c>
-      <c r="D373" s="2"/>
+      <c r="D373" s="2" t="s">
+        <v>1155</v>
+      </c>
       <c r="E373" s="2" t="s">
         <v>1156</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>1157</v>
       </c>
       <c r="G373" s="2"/>
       <c r="H373" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I373" s="3">
-        <v>75331281033</v>
+        <v>52440918544</v>
       </c>
       <c r="J373" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K373" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L373" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M373" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" s="1">
-        <v>89233458200020</v>
+        <v>89265605900011</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C374" s="2" t="s">
         <v>1158</v>
       </c>
-      <c r="D374" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D374" s="2"/>
       <c r="E374" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>1160</v>
       </c>
       <c r="G374" s="2"/>
       <c r="H374" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I374" s="3">
-        <v>52440918544</v>
+        <v>11788467778</v>
       </c>
       <c r="J374" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K374" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L374" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M374" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" s="1">
-        <v>89265605900011</v>
+        <v>89315208200010</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C375" s="2" t="s">
         <v>1161</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="s">
         <v>1162</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>1163</v>
+        <v>986</v>
       </c>
       <c r="G375" s="2"/>
       <c r="H375" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>11788467778</v>
+        <v>18</v>
+      </c>
+      <c r="I375" s="3" t="s">
+        <v>1163</v>
       </c>
       <c r="J375" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K375" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L375" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M375" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" s="1">
-        <v>89315208200010</v>
+        <v>89347784400011</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C376" s="2" t="s">
         <v>1164</v>
       </c>
-      <c r="D376" s="2"/>
+      <c r="D376" s="2" t="s">
+        <v>1165</v>
+      </c>
       <c r="E376" s="2" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>988</v>
+        <v>1167</v>
       </c>
       <c r="G376" s="2"/>
       <c r="H376" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>1166</v>
+        <v>18</v>
+      </c>
+      <c r="I376" s="3">
+        <v>28760624976</v>
       </c>
       <c r="J376" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K376" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L376" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M376" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377" s="1">
-        <v>89347784400011</v>
+        <v>89379170700019</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>1167</v>
-[...1 lines deleted...]
-      <c r="D377" s="2" t="s">
         <v>1168</v>
       </c>
+      <c r="D377" s="2"/>
       <c r="E377" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>1170</v>
       </c>
       <c r="G377" s="2"/>
       <c r="H377" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I377" s="3">
-        <v>28760624976</v>
+        <v>76341102234</v>
       </c>
       <c r="J377" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K377" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L377" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M377" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378" s="1">
-        <v>89379170700019</v>
+        <v>89404804000014</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C378" s="2" t="s">
         <v>1171</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2" t="s">
         <v>1172</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>1173</v>
       </c>
       <c r="G378" s="2"/>
       <c r="H378" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I378" s="3">
-        <v>76341102234</v>
+        <v>76820099582</v>
       </c>
       <c r="J378" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K378" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L378" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M378" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" s="1">
-        <v>89404804000014</v>
+        <v>89481547100012</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C379" s="2" t="s">
         <v>1174</v>
       </c>
       <c r="D379" s="2"/>
       <c r="E379" s="2" t="s">
         <v>1175</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>1176</v>
       </c>
       <c r="G379" s="2"/>
       <c r="H379" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I379" s="3">
-        <v>76820099582</v>
+        <v>93131890813</v>
       </c>
       <c r="J379" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K379" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L379" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M379" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" s="1">
-        <v>89481547100012</v>
+        <v>89497233000019</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C380" s="2" t="s">
         <v>1177</v>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2" t="s">
         <v>1178</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="G380" s="2"/>
       <c r="H380" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I380" s="3">
-        <v>93131890813</v>
+        <v>84691824369</v>
       </c>
       <c r="J380" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K380" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L380" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M380" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" s="1">
-        <v>89497233000019</v>
+        <v>89539537400021</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C381" s="2" t="s">
         <v>1180</v>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2" t="s">
         <v>1181</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>1182</v>
       </c>
       <c r="G381" s="2"/>
       <c r="H381" s="2" t="s">
-        <v>23</v>
+        <v>605</v>
       </c>
       <c r="I381" s="3">
-        <v>84691824369</v>
+        <v>11756264475</v>
       </c>
       <c r="J381" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K381" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L381" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M381" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382" s="1">
-        <v>89539537400021</v>
+        <v>89845789000017</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C382" s="2" t="s">
         <v>1183</v>
       </c>
-      <c r="D382" s="2"/>
+      <c r="D382" s="2" t="s">
+        <v>1184</v>
+      </c>
       <c r="E382" s="2" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="G382" s="2"/>
       <c r="H382" s="2" t="s">
-        <v>687</v>
+        <v>18</v>
       </c>
       <c r="I382" s="3">
-        <v>11756264475</v>
+        <v>93830652383</v>
       </c>
       <c r="J382" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K382" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L382" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M382" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383" s="1">
-        <v>90007495600013</v>
+        <v>89880747400017</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>1186</v>
-[...1 lines deleted...]
-      <c r="D383" s="2"/>
+        <v>1187</v>
+      </c>
+      <c r="D383" s="2" t="s">
+        <v>1188</v>
+      </c>
       <c r="E383" s="2" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="G383" s="2"/>
       <c r="H383" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I383" s="3">
-        <v>84691862869</v>
+        <v>11941065694</v>
       </c>
       <c r="J383" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K383" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L383" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M383" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384" s="1">
-        <v>90021724100018</v>
+        <v>90007495600013</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="G384" s="2"/>
       <c r="H384" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I384" s="3">
-        <v>84691857369</v>
+        <v>84691862869</v>
       </c>
       <c r="J384" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K384" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L384" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M384" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385" s="1">
-        <v>90043166900028</v>
+        <v>90160427200020</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1194</v>
-[...3 lines deleted...]
-      </c>
+        <v>1196</v>
+      </c>
+      <c r="G385" s="2"/>
       <c r="H385" s="2" t="s">
-        <v>687</v>
+        <v>24</v>
       </c>
       <c r="I385" s="3">
-        <v>11756296875</v>
+        <v>11910919191</v>
       </c>
       <c r="J385" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K385" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L385" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M385" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386" s="1">
-        <v>90048264700014</v>
+        <v>90174205600012</v>
       </c>
       <c r="B386" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>1195</v>
-[...3 lines deleted...]
-      </c>
+        <v>1197</v>
+      </c>
+      <c r="D386" s="2"/>
       <c r="E386" s="2" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="G386" s="2"/>
       <c r="H386" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I386" s="3">
-        <v>11950721695</v>
+        <v>52530100253</v>
       </c>
       <c r="J386" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K386" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L386" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M386" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387" s="1">
-        <v>90056066500029</v>
+        <v>90178788700016</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>128</v>
+        <v>1202</v>
       </c>
       <c r="G387" s="2"/>
       <c r="H387" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I387" s="3">
-        <v>44540404454</v>
+        <v>32020153602</v>
       </c>
       <c r="J387" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K387" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L387" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M387" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" s="1">
-        <v>90160427200020</v>
+        <v>90207706400019</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2" t="s">
-        <v>1201</v>
+        <v>1195</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="G388" s="2"/>
       <c r="H388" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I388" s="3">
-        <v>11910919191</v>
+        <v>11910914891</v>
       </c>
       <c r="J388" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K388" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L388" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M388" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" s="1">
-        <v>90174205600012</v>
+        <v>90217982900012</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="G389" s="2"/>
       <c r="H389" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I389" s="3">
-        <v>52530100253</v>
+        <v>76660255666</v>
       </c>
       <c r="J389" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K389" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L389" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M389" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" s="1">
-        <v>90178788700016</v>
+        <v>90224162900010</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="G390" s="2"/>
       <c r="H390" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I390" s="3">
-        <v>32020153602</v>
+        <v>75331351233</v>
       </c>
       <c r="J390" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K390" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L390" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M390" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391" s="1">
-        <v>90207706400019</v>
+        <v>90256632200019</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>1209</v>
-[...1 lines deleted...]
-      <c r="D391" s="2"/>
+        <v>1211</v>
+      </c>
+      <c r="D391" s="2" t="s">
+        <v>1211</v>
+      </c>
       <c r="E391" s="2" t="s">
-        <v>1201</v>
+        <v>1212</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="G391" s="2"/>
       <c r="H391" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I391" s="3">
-        <v>11910914891</v>
+        <v>75790143279</v>
       </c>
       <c r="J391" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K391" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L391" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M391" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" s="1">
-        <v>90217982900012</v>
+        <v>90302661500018</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="G392" s="2"/>
       <c r="H392" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I392" s="3">
-        <v>76660255666</v>
+        <v>11930901393</v>
       </c>
       <c r="J392" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K392" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L392" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M392" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" s="1">
-        <v>90224162900010</v>
+        <v>90319628500014</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="G393" s="2"/>
       <c r="H393" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I393" s="3">
-        <v>75331351233</v>
+        <v>84730242473</v>
       </c>
       <c r="J393" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K393" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L393" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M393" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" s="1">
-        <v>90256632200019</v>
+        <v>90765590600028</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="D394" s="2" t="s">
-        <v>1217</v>
+        <v>39</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="G394" s="2"/>
       <c r="H394" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I394" s="3">
-        <v>75790143279</v>
+        <v>53560991356</v>
       </c>
       <c r="J394" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K394" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L394" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M394" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395" s="1">
-        <v>90302661500018</v>
+        <v>90878064600018</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>1220</v>
-[...1 lines deleted...]
-      <c r="D395" s="2"/>
+        <v>1223</v>
+      </c>
+      <c r="D395" s="2" t="s">
+        <v>1224</v>
+      </c>
       <c r="E395" s="2" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1222</v>
+        <v>1154</v>
       </c>
       <c r="G395" s="2"/>
       <c r="H395" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I395" s="3">
-        <v>11930901393</v>
+        <v>44680325168</v>
       </c>
       <c r="J395" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K395" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L395" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M395" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396" s="1">
-        <v>90319628500014</v>
+        <v>90897930500012</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>1223</v>
-[...1 lines deleted...]
-      <c r="D396" s="2"/>
+        <v>1226</v>
+      </c>
+      <c r="D396" s="2" t="s">
+        <v>1226</v>
+      </c>
       <c r="E396" s="2" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1225</v>
+        <v>1154</v>
       </c>
       <c r="G396" s="2"/>
       <c r="H396" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I396" s="3">
-        <v>84730242473</v>
+        <v>84260328026</v>
       </c>
       <c r="J396" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K396" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L396" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M396" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" s="1">
-        <v>90765590600028</v>
+        <v>90916223200013</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>190</v>
+        <v>1228</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="G397" s="2"/>
       <c r="H397" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I397" s="3">
-        <v>53560991356</v>
+        <v>84691926869</v>
       </c>
       <c r="J397" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K397" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L397" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M397" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" s="1">
-        <v>90878064600018</v>
+        <v>90990426000017</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>1229</v>
-[...3 lines deleted...]
-      </c>
+        <v>1231</v>
+      </c>
+      <c r="D398" s="2"/>
       <c r="E398" s="2" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1157</v>
+        <v>1233</v>
       </c>
       <c r="G398" s="2"/>
       <c r="H398" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I398" s="3">
-        <v>44680325168</v>
+        <v>24280205728</v>
       </c>
       <c r="J398" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K398" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L398" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M398" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" s="1">
-        <v>90897930500012</v>
+        <v>91055380900013</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1234</v>
+      </c>
+      <c r="D399" s="2"/>
       <c r="E399" s="2" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1157</v>
+        <v>1236</v>
       </c>
       <c r="G399" s="2"/>
       <c r="H399" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I399" s="3">
-        <v>84260328026</v>
+        <v>76311136131</v>
       </c>
       <c r="J399" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K399" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L399" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M399" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" s="1">
-        <v>90916223200013</v>
+        <v>91074573600017</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>1234</v>
-[...3 lines deleted...]
-      </c>
+        <v>1237</v>
+      </c>
+      <c r="D400" s="2"/>
       <c r="E400" s="2" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="G400" s="2"/>
       <c r="H400" s="2" t="s">
-        <v>28</v>
+        <v>678</v>
       </c>
       <c r="I400" s="3">
-        <v>84691926869</v>
+        <v>76341167034</v>
       </c>
       <c r="J400" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K400" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L400" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M400" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401" s="1">
-        <v>90990426000017</v>
+        <v>91130252900019</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>1237</v>
-[...1 lines deleted...]
-      <c r="D401" s="2"/>
+        <v>1240</v>
+      </c>
+      <c r="D401" s="2" t="s">
+        <v>1241</v>
+      </c>
       <c r="E401" s="2" t="s">
-        <v>1238</v>
+        <v>1021</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="G401" s="2"/>
       <c r="H401" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I401" s="3">
-        <v>24280205728</v>
+        <v>84691968469</v>
       </c>
       <c r="J401" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K401" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L401" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M401" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402" s="1">
-        <v>91055380900013</v>
+        <v>91339322900012</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="G402" s="2"/>
       <c r="H402" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I402" s="3">
-        <v>76311136131</v>
+        <v>28760661576</v>
       </c>
       <c r="J402" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K402" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L402" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M402" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403" s="1">
-        <v>91074573600017</v>
+        <v>91346579500015</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="D403" s="2"/>
       <c r="E403" s="2" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="G403" s="2"/>
       <c r="H403" s="2" t="s">
-        <v>379</v>
+        <v>18</v>
       </c>
       <c r="I403" s="3">
-        <v>76341167034</v>
+        <v>11922532692</v>
       </c>
       <c r="J403" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K403" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L403" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M403" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" s="1">
-        <v>91130252900019</v>
+        <v>91423906600014</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>1246</v>
-[...3 lines deleted...]
-      </c>
+        <v>1249</v>
+      </c>
+      <c r="D404" s="2"/>
       <c r="E404" s="2" t="s">
-        <v>1027</v>
+        <v>1250</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="G404" s="2"/>
       <c r="H404" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I404" s="3">
-        <v>84691968469</v>
+        <v>76311152631</v>
       </c>
       <c r="J404" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K404" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L404" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M404" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" s="1">
-        <v>91339322900012</v>
+        <v>91464032100016</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>1249</v>
-[...1 lines deleted...]
-      <c r="D405" s="2"/>
+        <v>1252</v>
+      </c>
+      <c r="D405" s="2" t="s">
+        <v>1072</v>
+      </c>
       <c r="E405" s="2" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="G405" s="2"/>
       <c r="H405" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I405" s="3">
-        <v>28760661576</v>
+        <v>11756538375</v>
       </c>
       <c r="J405" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K405" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L405" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M405" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" s="1">
-        <v>91346579500015</v>
+        <v>91793718700016</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>1252</v>
-[...1 lines deleted...]
-      <c r="D406" s="2"/>
+        <v>1255</v>
+      </c>
+      <c r="D406" s="2" t="s">
+        <v>426</v>
+      </c>
       <c r="E406" s="2" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="G406" s="2"/>
       <c r="H406" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I406" s="3">
-        <v>11922532692</v>
+        <v>28760666176</v>
       </c>
       <c r="J406" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K406" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L406" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M406" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" s="1">
-        <v>91423906600014</v>
+        <v>91904523700014</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="G407" s="2"/>
       <c r="H407" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I407" s="3">
-        <v>76311152631</v>
+        <v>84380841938</v>
       </c>
       <c r="J407" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K407" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L407" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M407" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" s="1">
-        <v>91464032100016</v>
+        <v>95261130900016</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>1258</v>
-[...3 lines deleted...]
-      </c>
+        <v>1261</v>
+      </c>
+      <c r="D408" s="2"/>
       <c r="E408" s="2" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="G408" s="2"/>
       <c r="H408" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I408" s="3">
-        <v>11756538375</v>
+        <v>52720209772</v>
       </c>
       <c r="J408" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K408" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L408" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M408" s="2" t="s">
-        <v>19</v>
-[...112 lines deleted...]
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -19724,31 +19605,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 21:35:27</dc:description>
+  <dc:description>Export en date du 12/26/2025 07:31:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>