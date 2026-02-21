--- v1 (2025-12-26)
+++ v2 (2026-02-21)
@@ -14,172 +14,1366 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1273">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>CHAMBRE DE COMMERCE D INDUSTRIE DE MAINE LOIRE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DU ROI RENE 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>UNIVERSITE GRENOBLE ALPES</t>
+  </si>
+  <si>
+    <t>621 AVENUE CENTRALE 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>04/11/2019</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>NANTES UNIVERSITE</t>
+  </si>
+  <si>
+    <t>1 QUAI DE TOURVILLE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>04/10/2021</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE CAEN NORMANDIE</t>
+  </si>
+  <si>
+    <t>ESPLANADE DE LA PAIX 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>2514P600014</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>UNIVERSITE JEAN MONNET SAINT ETIENNE</t>
+  </si>
+  <si>
+    <t>SUFC SCE COMMUN UNIVERSITAIRE FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>21 RUE DENIS PAPIN 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>25/12/2010</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DU LITTORAL COTE D'OPALE</t>
+  </si>
+  <si>
+    <t>1 PLACE DE L'YSER 59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>3162P003062</t>
+  </si>
+  <si>
+    <t>UNIVERSITE LUMIERE LYON 2</t>
+  </si>
+  <si>
+    <t>18 QUAI CLAUDE BERNARD 69007 LYON</t>
+  </si>
+  <si>
+    <t>8269P001169</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES</t>
+  </si>
+  <si>
+    <t>CFPPA</t>
+  </si>
+  <si>
+    <t>16 RUE EDOUARD BELIN 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>4370P000770</t>
+  </si>
+  <si>
+    <t>CENTRE NATIONAL D'ENSEIGNEMENT A DISTANCE</t>
+  </si>
+  <si>
+    <t>CNED-DIRECTION GENERALE</t>
+  </si>
+  <si>
+    <t>TELEPORT 2 2 BOULEVARD NICEPHORE NIEPCE 86360 CHASSENEUIL-DU-POITOU</t>
+  </si>
+  <si>
+    <t>01/11/2001</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>5486P002386</t>
+  </si>
+  <si>
+    <t>EDUCASTREAM</t>
+  </si>
+  <si>
+    <t>LA DEFENSE II, 33 PLACE DES COROLLES 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>03/03/2022</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>MANDYBEN</t>
+  </si>
+  <si>
+    <t>146 RUE PARADIS 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>31/05/2019</t>
+  </si>
+  <si>
+    <t>VIA LINGUA</t>
+  </si>
+  <si>
+    <t>12 RUE DE BOURGOGNE 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/10/2011</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ VANNES ET LORIENT</t>
+  </si>
+  <si>
+    <t>WALL STREET ENGLISH</t>
+  </si>
+  <si>
+    <t>VANNES LE POULFANC 6 ROUTE DE NANTES 56860 SENE</t>
+  </si>
+  <si>
+    <t>19/11/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WOODS YUANIST   </t>
+  </si>
+  <si>
+    <t>83 AVENUE DU GENERAL LECLERC 94700 MAISONS-ALFORT</t>
+  </si>
+  <si>
+    <t>15/04/2019</t>
+  </si>
+  <si>
+    <t>CAP LEARN</t>
+  </si>
+  <si>
+    <t>35 RUE DE LA BOUTIERE 71150 CHAGNY</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>FAC PLUS</t>
+  </si>
+  <si>
+    <t>1969 ROUTE ROYALE 73190 CHALLES-LES-EAUX</t>
+  </si>
+  <si>
+    <t>01/06/2019</t>
+  </si>
+  <si>
+    <t>COURS CAMELEON</t>
+  </si>
+  <si>
+    <t>64 RUE DE LA REPUBLIQUE 77122 MONTHYON</t>
+  </si>
+  <si>
+    <t>02/03/2018</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>MYES LYON</t>
+  </si>
+  <si>
+    <t>42 COURS DE LA LIBERTE 69003 LYON</t>
+  </si>
+  <si>
+    <t>25/06/2018</t>
+  </si>
+  <si>
+    <t>FRANCHINVEST</t>
+  </si>
+  <si>
+    <t>53 RUE CARNOT 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>04/07/2001</t>
+  </si>
+  <si>
+    <t>JEUNES DIPLOMATES</t>
+  </si>
+  <si>
+    <t>1 PLACE FERDINAND MILLION 73200 ALBERTVILLE</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>ENGLISH VILLAGE</t>
+  </si>
+  <si>
+    <t>44 RUE HAUTE SEILLE 57000 METZ</t>
+  </si>
+  <si>
+    <t>21/06/2013</t>
+  </si>
+  <si>
+    <t>1 PASSAGE ANNETTE ZELMAN 54000 NANCY</t>
+  </si>
+  <si>
+    <t>09/10/2019</t>
+  </si>
+  <si>
+    <t>ATOUT SAVOIR</t>
+  </si>
+  <si>
+    <t>10 FAUBOURG DE BESANCON 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>01/03/2003</t>
+  </si>
+  <si>
+    <t>SFSL SOC FORMATION SERVICES LINGUISTIQUE</t>
+  </si>
+  <si>
+    <t>25 RUE D'ANTRAIN 35700 RENNES</t>
+  </si>
+  <si>
+    <t>01/10/2002</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>74 C RUE DE PARIS 35000 RENNES</t>
+  </si>
+  <si>
+    <t>STEPHAN LEARNING</t>
+  </si>
+  <si>
+    <t>3 RUE ROBERT 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>07/12/2001</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ TOURS</t>
+  </si>
+  <si>
+    <t>26 AVENUE DE VERDUN 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>01/11/2019</t>
+  </si>
+  <si>
+    <t>4 RUE VICTOR HUGO 37000 TOURS</t>
+  </si>
+  <si>
+    <t>02/09/2020</t>
+  </si>
+  <si>
+    <t>ANGLAIS@NIMES</t>
+  </si>
+  <si>
+    <t>55 ALLEE DE L'ARGENTINE 30900 NIMES</t>
+  </si>
+  <si>
+    <t>28/07/2021</t>
+  </si>
+  <si>
+    <t>LAFOREST</t>
+  </si>
+  <si>
+    <t>12 RUE DE CANNES 59000 LILLE</t>
+  </si>
+  <si>
+    <t>26/12/2001</t>
+  </si>
+  <si>
+    <t>GROUPE DE LA SALLE - REIMS</t>
+  </si>
+  <si>
+    <t>94 AVENUE DE LAON 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/03/2016</t>
+  </si>
+  <si>
+    <t>MALAC INSTITUT DES LANGUES</t>
+  </si>
+  <si>
+    <t>2 T AVENUE DE FRANCE 91300 MASSY</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRAWITT ANNE MARIE  </t>
+  </si>
+  <si>
+    <t>201 ROUTE DE LYON 38460 CREMIEU</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BULTEAU EVELYNE MARIE ALICE </t>
+  </si>
+  <si>
+    <t>709 RUE DU SABLA 33210 COIMERES</t>
+  </si>
+  <si>
+    <t>10/03/2013</t>
+  </si>
+  <si>
+    <t>GV&amp;CO</t>
+  </si>
+  <si>
+    <t>5 B RUE DU GROS CHENE 92370 CHAVILLE</t>
+  </si>
+  <si>
+    <t>02/10/2023</t>
+  </si>
+  <si>
+    <t>COURS CENTER</t>
+  </si>
+  <si>
+    <t>45 RUE BOURSAULT 75017 PARIS</t>
+  </si>
+  <si>
+    <t>02/07/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRIFFON CORINNE CLAUDETTE YVETTE </t>
+  </si>
+  <si>
+    <t>109 RUE JEAN BAFFIER 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>19/03/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SESIC MILICA   </t>
+  </si>
+  <si>
+    <t>13 RUE PRAIRE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/11/2015</t>
+  </si>
+  <si>
+    <t>SNFD FORMATION</t>
+  </si>
+  <si>
+    <t>21 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>12/06/2017</t>
+  </si>
+  <si>
+    <t>11/12/2024</t>
+  </si>
+  <si>
+    <t>SANTE FORMAPRO</t>
+  </si>
+  <si>
+    <t>BATIMENT ACTICENTRE - ACTIMART II 1140 RUE ANDRE AMPERE 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAIR ELIZABETH ANNE  </t>
+  </si>
+  <si>
+    <t>5 RUE CAROLINE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>23/10/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOYCE CONOR   </t>
+  </si>
+  <si>
+    <t>8 RUE DE LA REPUBLIQUE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>ASS FORMA PROF APPRENT AUTO METIERS COMM</t>
+  </si>
+  <si>
+    <t>AFPAM</t>
+  </si>
+  <si>
+    <t>4 RUE JULES MELINE 51430 BEZANNES</t>
+  </si>
+  <si>
+    <t>18/12/2014</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FORCORHE LANGUES (FORMATION ET CONSEIL EN LANGUES DES RESSOURCES HUMAINES DE L'ENTREPRISE)</t>
+  </si>
+  <si>
+    <t>INLINGUA</t>
+  </si>
+  <si>
+    <t>42 RUE DE BERRI 75008 PARIS</t>
+  </si>
+  <si>
+    <t>19/01/2017</t>
+  </si>
+  <si>
+    <t>THE MARZIO SCHOOL</t>
+  </si>
+  <si>
+    <t>7 RUE DES BAUMES 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>09/02/2007</t>
+  </si>
+  <si>
+    <t>SOCIETE BONNIER</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>PROGRESSIO</t>
+  </si>
+  <si>
+    <t>9 RUE SCRIBE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>10/12/2020</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DES FONDATEURS ET PROTECTEURS DE L'INSTITUT CATHOLIQUE DE LYON</t>
+  </si>
+  <si>
+    <t>10 PLACE DES ARCHIVES 69002 LYON</t>
+  </si>
+  <si>
+    <t>30/10/2015</t>
+  </si>
+  <si>
+    <t>INFOLANGUES SARL</t>
+  </si>
+  <si>
+    <t>52 AVENUE BARTHELEMY BUYER 69009 LYON</t>
+  </si>
+  <si>
+    <t>24/06/1991</t>
+  </si>
+  <si>
+    <t>CAP FORMATION</t>
+  </si>
+  <si>
+    <t>89 AVENUE NOTRE-DAME DE SANTE 84200 CARPENTRAS</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>PROFORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE DE BRAQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/1986</t>
+  </si>
+  <si>
+    <t>11751059475, 11997077975</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPER DES COMMUNICATIONS AVENIR</t>
+  </si>
+  <si>
+    <t>VILLA KANSAS 18 AVENUE DE L’EUROPE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>15/09/1994</t>
+  </si>
+  <si>
+    <t>OISE ETUDES LINGUISTIQUES</t>
+  </si>
+  <si>
+    <t>71 B RUE DE VAUGIRARD 75006 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>79.11Z</t>
+  </si>
+  <si>
+    <t>ASSOCATION POUR LA FORMATION ET LA PROMOTION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>14 BOULEVARD PREUILLY 37000 TOURS</t>
+  </si>
+  <si>
+    <t>01/09/1986</t>
+  </si>
+  <si>
+    <t>MAISON DE L EUROPE</t>
+  </si>
+  <si>
+    <t>HOTEL SAINT JEAN 32 RUE DE LA DALBADE 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>24/11/2009</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REID FIONA   </t>
+  </si>
+  <si>
+    <t>7 DOMAINE D'AYOUS 64320 IDRON</t>
+  </si>
+  <si>
+    <t>01/04/2013</t>
+  </si>
+  <si>
+    <t>MANAGER'SOLUTION</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA MER 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>01/01/1988</t>
+  </si>
+  <si>
+    <t>HAMILTON HOUSE</t>
+  </si>
+  <si>
+    <t>346 COURS MARECHAL GALLIENI 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>01/09/2001</t>
+  </si>
+  <si>
+    <t>FRANCE LANGUES COMMUNICATION</t>
+  </si>
+  <si>
+    <t>FLC FORMATION</t>
+  </si>
+  <si>
+    <t>116 BOULEVARD RAYMOND POINCARE 06160 ANTIBES</t>
+  </si>
+  <si>
+    <t>ACCOM INSTITUT</t>
+  </si>
+  <si>
+    <t>2 RUE DE SEZE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>20/03/1999</t>
+  </si>
+  <si>
+    <t>SESAM FORMATIONS</t>
+  </si>
+  <si>
+    <t>12 RUE GAETAN RONDEAU 44200 NANTES</t>
+  </si>
+  <si>
+    <t>30/12/2010</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
+    <t>EQUIVALENCE LANGUES ET COMMUNICATION</t>
+  </si>
+  <si>
+    <t>SOPHIA ANTIPOLIS PLACE SOPHIE LAFFITE 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>15/01/1997</t>
+  </si>
+  <si>
+    <t>85.52Z</t>
+  </si>
+  <si>
+    <t>ROND POINT ANGLAIS</t>
+  </si>
+  <si>
+    <t>8 RUE JEAN LE GALL 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>ACB &amp; CO</t>
+  </si>
+  <si>
+    <t>ACB TRADUCTION</t>
+  </si>
+  <si>
+    <t>PLACE DE THESSALIE 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GUILBAUD ISABELLE   </t>
+  </si>
+  <si>
+    <t>FORMATION LANGUES I GUILBAUD</t>
+  </si>
+  <si>
+    <t>MADELEINE RIVE DE LOIRE 1 PLACE JEAN MONNET 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
+    <t>AMERICAN CENTER</t>
+  </si>
+  <si>
+    <t>CHEZ AMERICAN CENTER 27 RUE ALDEBERT 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/10/1990</t>
+  </si>
+  <si>
+    <t>48 AVENUE ROBERT SCHUMAN 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>08/07/2019</t>
+  </si>
+  <si>
+    <t>229 RUE SAINT-HONORE 75001 PARIS</t>
+  </si>
+  <si>
+    <t>08/11/2021</t>
+  </si>
+  <si>
+    <t>4 RUE DE LA REPUBLIQUE 69001 LYON</t>
+  </si>
+  <si>
+    <t>ELYSEES LANGUES</t>
+  </si>
+  <si>
+    <t>28 T RUE GUERSANT 75017 PARIS</t>
+  </si>
+  <si>
+    <t>15/12/2000</t>
+  </si>
+  <si>
+    <t>07/07/2025</t>
+  </si>
+  <si>
+    <t>THE ENGLISH CONNECTION</t>
+  </si>
+  <si>
+    <t>1 RUE DU DOME 75016 PARIS</t>
+  </si>
+  <si>
+    <t>15/06/2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COUDERC SYLVIE   </t>
+  </si>
+  <si>
+    <t>EUROPA ETUDE</t>
+  </si>
+  <si>
+    <t>11 RUE CHARLES MANGOLD 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>01/07/1996</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BORNE OLIVIER REGIS PAUL </t>
+  </si>
+  <si>
+    <t>CLOS GILSON APPT 4 10 COURS DECHEZEAUX 17410 SAINT-MARTIN-DE-RE</t>
+  </si>
+  <si>
+    <t>01/12/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FERGUSON TIMOTHY   </t>
+  </si>
+  <si>
+    <t>10 RUE MUGUETS ANSE COLLAT 97233 SCHŒLCHER</t>
+  </si>
+  <si>
+    <t>02/09/2014</t>
+  </si>
+  <si>
+    <t>02973293797</t>
+  </si>
+  <si>
+    <t>KANGOUROU</t>
+  </si>
+  <si>
+    <t>5 RUE DU GENERAL CLERGERIE 75016 PARIS</t>
+  </si>
+  <si>
+    <t>01/02/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HORNE ELAINE   </t>
+  </si>
+  <si>
+    <t>3 D RUE DU DOCTEUR FRANCOIS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/09/2004</t>
+  </si>
+  <si>
+    <t>NEXTEP</t>
+  </si>
+  <si>
+    <t>CENTRE D ACTIVITES LA TUILERIE 78860 SAINT-NOM-LA-BRETECHE</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>QUIRIS</t>
+  </si>
+  <si>
+    <t>5 RUE DU CHARRON 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/05/2012</t>
+  </si>
+  <si>
+    <t>66.30Z</t>
+  </si>
+  <si>
+    <t>BTL FORMATION</t>
+  </si>
+  <si>
+    <t>82-84 82 BOULEVARD HAUSSMANN 75008 PARIS</t>
+  </si>
+  <si>
+    <t>12/01/1998</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>SARL AVENIR FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>37 RUE DE LA SOMME 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>14/12/2017</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>OURAGAN FORMATION</t>
+  </si>
+  <si>
+    <t>11 AV DES VIEUX MOULINS - ANNECY 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>25/10/2019</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ PARIS REIMS ORLEANS</t>
+  </si>
+  <si>
+    <t>21 AVENUE VICTOR HUGO 75016 PARIS</t>
+  </si>
+  <si>
+    <t>29/07/1996</t>
+  </si>
+  <si>
+    <t>BRITISH AMERICAN INSTITUTE</t>
+  </si>
+  <si>
+    <t>3 RUE CONTRESCARPE 44000 NANTES</t>
+  </si>
+  <si>
+    <t>28/11/1996</t>
+  </si>
+  <si>
+    <t>LINGUA INSTITUT</t>
+  </si>
+  <si>
+    <t>ZI PARIS NORD II 13 RUE DE LA PERDRIX 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>29/08/2005</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE GALION 94 RUE JULES GUESDE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>TAMIA</t>
+  </si>
+  <si>
+    <t>5 RUE DE MADAGASCAR 29200 BREST</t>
+  </si>
+  <si>
+    <t>07/03/2016</t>
+  </si>
+  <si>
+    <t>IFCA</t>
+  </si>
+  <si>
+    <t>17 BOULEVARD D'ANVAUX 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOCATIN ROSY JEANNE  </t>
+  </si>
+  <si>
+    <t>12 A LES JARDINS DE HOUELBOURG ZONE INDUSTRIELLE DE JARRY 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>26/06/2009</t>
+  </si>
+  <si>
+    <t>EMERGENCE FORMATION</t>
+  </si>
+  <si>
+    <t>36 QUAI DU CHATELET 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>19/08/1997</t>
+  </si>
+  <si>
+    <t>LES LANGUES DU MONDE</t>
+  </si>
+  <si>
+    <t>47 AVENUE DE SEGUR 75007 PARIS</t>
+  </si>
+  <si>
+    <t>06/11/2021</t>
+  </si>
+  <si>
+    <t>EDUCATIONAL PROGRAMS MASTER FRANCE</t>
+  </si>
+  <si>
+    <t>13 PLACE DE LA REPUBLIQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/05/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GELPKE MARK ALEXANDER  </t>
+  </si>
+  <si>
+    <t>219 AVENUE FELIX FAURE 69003 LYON</t>
+  </si>
+  <si>
+    <t>28/10/2015</t>
+  </si>
+  <si>
+    <t>TELELANGUE</t>
+  </si>
+  <si>
+    <t>5-9 9 RUE MAURICE GRANDCOING 94200 IVRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>30/11/2001</t>
+  </si>
+  <si>
+    <t>LEARNLIGHT</t>
+  </si>
+  <si>
+    <t>52 BOULEVARD DE SEBASTOPOL 75003 PARIS</t>
+  </si>
+  <si>
+    <t>22/09/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DILLY ADAM   </t>
+  </si>
+  <si>
+    <t>26 RUE D'ARCOLE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>29/01/2021</t>
+  </si>
+  <si>
+    <t>ASFOR CCI</t>
+  </si>
+  <si>
+    <t>ZA LA GANDIERE 206 RUE DU ROUSINE 05110 LA SAULCE</t>
+  </si>
+  <si>
+    <t>31/03/2022</t>
+  </si>
+  <si>
+    <t>BRITISH AMERICAN INSTITUTE LIMITED</t>
+  </si>
+  <si>
+    <t>38 AVENUE VICTOR HUGO 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>PARIS ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>02/11/2016</t>
+  </si>
+  <si>
+    <t>MBR COMPETENCES ET FORMATIONS NT</t>
+  </si>
+  <si>
+    <t>3 ALLEE DE L'ECONOMIE 67370 WIWERSHEIM</t>
+  </si>
+  <si>
+    <t>01/05/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHATWIN CLAIRE   </t>
+  </si>
+  <si>
+    <t>9 BOULEVARD SARRAIL 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>15/08/1999</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOOTH CHRISTOPHER STUART  </t>
+  </si>
+  <si>
+    <t>CHRIS BOOTH</t>
+  </si>
+  <si>
+    <t>KERAUGANT 2 RUE DES AUBEPINES 29750 LOCTUDY</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
+    <t>MBR COMPETENCES ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>ECOLINGUA - 360 COMPETENCES MBR - FORMAPERF</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE TURENNE 2 RUE ICARE 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>01/04/2008</t>
+  </si>
+  <si>
+    <t>FORM'ACTION</t>
+  </si>
+  <si>
+    <t>5 RUE MARMONTEL 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/10/2013</t>
+  </si>
+  <si>
+    <t>EDUCATIONAL PROGRAMS BORDEAUX 1</t>
+  </si>
+  <si>
+    <t>23 AVENUE PRESIDENT J.F. KENNEDY 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>11/09/2006</t>
+  </si>
+  <si>
+    <t>ECOLE DE LANGUES</t>
+  </si>
+  <si>
+    <t>50 RUE EDOUARD DELANGLADE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>07/10/2013</t>
+  </si>
+  <si>
+    <t>ANGLAIS@MARSEILLE</t>
+  </si>
+  <si>
+    <t>82-84 82 RUE DU ROUET 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/12/2000</t>
+  </si>
+  <si>
+    <t>CNAM BRETAGNE - AGCNAM</t>
+  </si>
+  <si>
+    <t>2 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
+  </si>
+  <si>
+    <t>02/02/2009</t>
+  </si>
+  <si>
+    <t>ENGLISHBOOSTER</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD DE SEBASTOPOL 75001 PARIS</t>
+  </si>
+  <si>
+    <t>02/05/2018</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ TOULON</t>
+  </si>
+  <si>
+    <t>22 RUE PICOT 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/05/2001</t>
+  </si>
+  <si>
+    <t>ANGLAIS@AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>WALL STREET INSTITUTE</t>
+  </si>
+  <si>
+    <t>23 AVENUE SAINTE-VICTOIRE 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>25/07/2001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CURTIN KATHLEEN   </t>
+  </si>
+  <si>
+    <t>181 AVENUE ACHILLE PERETTI 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>01/04/2005</t>
+  </si>
+  <si>
+    <t>FLOSTER BV</t>
+  </si>
+  <si>
+    <t>PULSEO 1 AVENUE DE LA GARE 40100 DAX</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>GESTALY</t>
+  </si>
+  <si>
+    <t>750 LESTRADE 19360 COSNAC</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>OBJECTIF PN</t>
+  </si>
+  <si>
+    <t>190 AVENUE GENERAL FRANCK DE PEYRONNET 69270 CAILLOUX-SUR-FONTAINES</t>
+  </si>
+  <si>
+    <t>01/10/2014</t>
+  </si>
+  <si>
+    <t>DGB ENGLISH TEAM</t>
+  </si>
+  <si>
+    <t>8 ALLEE ANDRE BOURLAND 21000 DIJON</t>
+  </si>
+  <si>
+    <t>16/01/2015</t>
+  </si>
+  <si>
+    <t>7 RUE DE LA BANQUE 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>02/01/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHARLES-MESSANCE SANDRINE   </t>
+  </si>
+  <si>
+    <t>125 RTE DE COTABILLET 26380 PEYRINS</t>
+  </si>
+  <si>
+    <t>01/07/2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMITH ANDREW JAMES  </t>
+  </si>
+  <si>
+    <t>ENGLISH - WHY NOT</t>
+  </si>
+  <si>
+    <t>23 CLISTIVAN 56500 LA CHAPELLE-NEUVE</t>
+  </si>
+  <si>
+    <t>28/11/2002</t>
+  </si>
+  <si>
+    <t>EXOFORMATIONS</t>
+  </si>
+  <si>
+    <t>30 RUE GEORGES THORETTON 92230 GENNEVILLIERS</t>
+  </si>
+  <si>
+    <t>03/01/2011</t>
+  </si>
+  <si>
+    <t>ENGLISH CONSULTANTS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE NORLY -BAT A 42 CHEMIN DU MOULIN CARRON 69130 ECULLY</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
+    <t>ATLAS FORMATION</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIQUE DE LA PARDIEU 2 AVENUE LEONARD DE VINCI 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WHARTON MAXINE   </t>
+  </si>
+  <si>
+    <t>12 RUE DU BOYER 35400 SAINT-MALO</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t>WW LANGUES</t>
+  </si>
+  <si>
+    <t>LE MERCURE B 80 RUE CHARLES DUCHESNE 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>ESPACE PROJET FORMATION</t>
+  </si>
+  <si>
+    <t>147 RUE DE PARIS 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>24/02/2020</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
     <t>MATH-ACTION ET LANGUES</t>
   </si>
   <si>
     <t>FORM'ACTION78</t>
   </si>
   <si>
     <t>77 AVENUE DE SAINT GERMAIN 78600 MAISONS-LAFFITTE</t>
   </si>
   <si>
     <t>12/08/2004</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">DIJON SABRINA   </t>
   </si>
   <si>
     <t>ZONE DES AVANTS 5 AVENUE DU GRAND CHENE 34270 SAINT-MATHIEU-DE-TREVIERS</t>
   </si>
   <si>
     <t>04/10/2004</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS POUR LA FORMATION EN ANGLAIS</t>
   </si>
   <si>
     <t>LE BEAUGENCY 8 BOULEVARD MARCEL CRISTOL 13012 MARSEILLE</t>
   </si>
   <si>
     <t>06/12/2004</t>
   </si>
   <si>
     <t>ALPINE RAINBOW</t>
   </si>
   <si>
     <t>419 ROUTE DES CHOSEAUX 74320 SEVRIER</t>
   </si>
   <si>
     <t>18/01/2005</t>
   </si>
   <si>
     <t xml:space="preserve">COLLAY FREDERIC   </t>
   </si>
   <si>
     <t>30 PASSAGE GAMBETTA 75020 PARIS</t>
   </si>
   <si>
     <t>11/02/2019</t>
   </si>
   <si>
     <t>ADOMLINGUA COMMUNICATION</t>
   </si>
   <si>
     <t>5 RUE DU HAVRE 75008 PARIS</t>
   </si>
   <si>
     <t>25/04/2007</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>BROCELIANDE</t>
   </si>
   <si>
-    <t>WALL STREET ENGLISH</t>
-[...1 lines deleted...]
-  <si>
     <t>1 CHEMIN JEAN-MARIE VIANNEY 69130 ECULLY</t>
   </si>
   <si>
     <t>03/05/2005</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>THE CAMBRIDGE CENTRE</t>
   </si>
   <si>
     <t>23 AVENUE GEORGES BRASSENS 31700 BLAGNAC</t>
   </si>
   <si>
     <t>01/09/2017</t>
   </si>
   <si>
     <t xml:space="preserve">GERVAIS CAROLINE   </t>
   </si>
   <si>
     <t>112 AVENUE DU 18 JUIN 1940 92500 RUEIL-MALMAISON</t>
   </si>
   <si>
     <t>18/08/2005</t>
@@ -244,842 +1438,1013 @@
   <si>
     <t>LYON LANGUES BY INFLEXYON</t>
   </si>
   <si>
     <t>48 RUE QUIVOGNE 69002 LYON</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>MYCONNECTING</t>
   </si>
   <si>
     <t>40 RUE DE L'EST 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>12/03/2012</t>
   </si>
   <si>
     <t>A LOT OF ENGLISH</t>
   </si>
   <si>
     <t>262 CHEMIN DE BEL AIR 46120 LE BOUYSSOU</t>
   </si>
   <si>
-    <t>01/04/2006</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">MONMASSON ANNE   </t>
   </si>
   <si>
     <t>11 RUE EURYALE DEHAYNIN 75019 PARIS</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
     <t>VIAS</t>
   </si>
   <si>
     <t>16 RUE MARCADET 75018 PARIS</t>
   </si>
   <si>
     <t>10/12/2010</t>
   </si>
   <si>
     <t>A.C.E TRAINING</t>
   </si>
   <si>
     <t>ZAC FIESCHI 4 RUE BONAPARTE 27200 VERNON</t>
   </si>
   <si>
     <t>28/03/2018</t>
   </si>
   <si>
     <t>WOOSPEAK</t>
   </si>
   <si>
     <t>HOLDIPARC 2 CAR JEAN MONNET 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>01/05/2018</t>
   </si>
   <si>
     <t>CAPITAL FORMATIONS</t>
   </si>
   <si>
     <t>12 RUE DU HELDER 75009 PARIS</t>
   </si>
   <si>
     <t>01/04/2012</t>
   </si>
   <si>
-    <t>EDUCASTREAM</t>
-[...28 lines deleted...]
-  <si>
     <t>DJEM</t>
   </si>
   <si>
     <t>DJEM FORMATION</t>
   </si>
   <si>
     <t>IMMEUBLE CESAR 12 CHAUSSEE JULES CESAR 95520 OSNY</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
     <t xml:space="preserve">PAINDAVOINE ANNE SOPHIE   </t>
   </si>
   <si>
     <t>A-S LEARNING</t>
   </si>
   <si>
     <t>5 GRANDE RUE 51300 GLANNES</t>
   </si>
   <si>
     <t>01/03/2007</t>
   </si>
   <si>
     <t>WOOSPEAK FRANCE</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>ACADOMIA PRO</t>
   </si>
   <si>
     <t>7 RUE DE LA BAUME 75008 PARIS</t>
   </si>
   <si>
     <t>20/01/2007</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>DGB ENGLISH TEAM TWO</t>
   </si>
   <si>
-    <t>WALL STREET INSTITUTE</t>
-[...1 lines deleted...]
-  <si>
     <t>2 G AVENUE DES MONTBOUCONS 25000 BESANCON</t>
   </si>
   <si>
     <t>02/04/2007</t>
   </si>
   <si>
     <t>18 RUE ALBERT CAMUS 90000 BELFORT</t>
   </si>
   <si>
     <t>31/12/2022</t>
   </si>
   <si>
     <t>AL FORMATION</t>
   </si>
   <si>
     <t>ECORIS</t>
   </si>
   <si>
     <t>574 RUE DE CHANTABORD 73000 CHAMBERY</t>
   </si>
   <si>
     <t>01/09/2016</t>
   </si>
   <si>
-    <t>CHAMBRE DE COMMERCE D INDUSTRIE DE MAINE LOIRE</t>
-[...617 lines deleted...]
-    <t>01/01/2005</t>
+    <t xml:space="preserve">JARAY CSILLA TUNDE  </t>
+  </si>
+  <si>
+    <t>BUSINESS ENGLISH SERVICES</t>
+  </si>
+  <si>
+    <t>11 CHEMIN DE LA FERME FLEURIE 38330 SAINT-NAZAIRE-LES-EYMES</t>
+  </si>
+  <si>
+    <t>15/09/2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STACEY PHILIPPA   </t>
+  </si>
+  <si>
+    <t>EUREKA</t>
+  </si>
+  <si>
+    <t>HAM DE SERRE 38460 PANOSSAS</t>
+  </si>
+  <si>
+    <t>01/11/2007</t>
+  </si>
+  <si>
+    <t>AERO SCHOOL</t>
+  </si>
+  <si>
+    <t>126 AVENUE GEORGES CLEMENCEAU 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/06/2015</t>
+  </si>
+  <si>
+    <t>FONDATION LA MACHE</t>
+  </si>
+  <si>
+    <t>69 BD JEAN VINGT TROIS 69008 LYON 8EME</t>
+  </si>
+  <si>
+    <t>29/06/2007</t>
+  </si>
+  <si>
+    <t>ENGLISH COACH</t>
+  </si>
+  <si>
+    <t>BAT F 92 RUE CALLELONGUE 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>08/02/2008</t>
+  </si>
+  <si>
+    <t>LA MAISON DE L'ANGLAIS</t>
+  </si>
+  <si>
+    <t>62 AVENUE DU PLATEAU DES GLIERES 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>ZONE COMMERCIALE DE LA MUDE 21 ROUTE DE LA ROCHELLE 79000 BESSINES</t>
+  </si>
+  <si>
+    <t>16/12/2019</t>
+  </si>
+  <si>
+    <t>84 RUE DU 18 JUIN 17138 PUILBOREAU</t>
+  </si>
+  <si>
+    <t>02/11/2020</t>
+  </si>
+  <si>
+    <t>AMBOS</t>
+  </si>
+  <si>
+    <t>9 RUE GANNERON 75018 PARIS</t>
+  </si>
+  <si>
+    <t>29/12/2017</t>
+  </si>
+  <si>
+    <t>ANGLOPHONE</t>
+  </si>
+  <si>
+    <t>LD KERDANIEL 29880 GUISSENY</t>
+  </si>
+  <si>
+    <t>08/04/2008</t>
+  </si>
+  <si>
+    <t>KEEPSCHOOL FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>BUREAU C4 33 AVENUE D'ITALIE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>01/10/2022</t>
+  </si>
+  <si>
+    <t>18 RUE DE LA COMTESSE CECILE 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>01/04/2014</t>
+  </si>
+  <si>
+    <t>40 RUE DU LOUVRE 75001 PARIS</t>
+  </si>
+  <si>
+    <t>ADEO FORMATION</t>
+  </si>
+  <si>
+    <t>1 RUE MOULIN A TAN 72400 LA FERTE-BERNARD</t>
+  </si>
+  <si>
+    <t>01/09/2010</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ STRASBOURG</t>
+  </si>
+  <si>
+    <t>5 PLACE DU CORBEAU 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>15/10/2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACHARD CELINE   </t>
+  </si>
+  <si>
+    <t>428 RUE DE GOUY 76520 LES AUTHIEUX-SUR-LE-PORT-SAINT-OUEN</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>ABD FORMATIONS</t>
+  </si>
+  <si>
+    <t>CAPCOURS</t>
+  </si>
+  <si>
+    <t>12 AVENUE DES PRES 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>17/07/2017</t>
+  </si>
+  <si>
+    <t>VAFORM</t>
+  </si>
+  <si>
+    <t>25 LES BEAUMES LUBERON 84360 PUGET</t>
+  </si>
+  <si>
+    <t>01/11/2008</t>
+  </si>
+  <si>
+    <t>FRENCH FACTORY BORDEAUX</t>
+  </si>
+  <si>
+    <t>FFB</t>
+  </si>
+  <si>
+    <t>24 AVENUE ARISTIDE BRIAND 33720 BARSAC</t>
+  </si>
+  <si>
+    <t>L'ATELIER B'LINGUA</t>
+  </si>
+  <si>
+    <t>8 RUE EDMOND ROSTAND 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>14/06/2010</t>
+  </si>
+  <si>
+    <t>HELP ENGLISH</t>
+  </si>
+  <si>
+    <t>LE PARC 9 RUE DES TERMES 33180 VERTHEUIL</t>
+  </si>
+  <si>
+    <t>29/12/2008</t>
+  </si>
+  <si>
+    <t>WEFIT GROUP</t>
+  </si>
+  <si>
+    <t>168 RUE DE LA CONVENTION 75015 PARIS</t>
+  </si>
+  <si>
+    <t>28/01/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STAPLETON TIMOTHY KENNETH  </t>
+  </si>
+  <si>
+    <t>2 LE CHETIF VIN 18520 BENGY-SUR-CRAON</t>
+  </si>
+  <si>
+    <t>25/02/2009</t>
+  </si>
+  <si>
+    <t>ARRIMAGE LANGUES</t>
+  </si>
+  <si>
+    <t>ARRIMAGES LANGUES</t>
+  </si>
+  <si>
+    <t>LE PHENIX - BAT 9 1350 AVENUE ALBERT EINSTEIN 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUVET ALEXIA   </t>
+  </si>
+  <si>
+    <t>681 CHEMIN DES AMANDIERS 34400 LUNEL</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TEMMAR FERIEL   </t>
+  </si>
+  <si>
+    <t>14 RUE DE BAGNEUX 92330 SCEAUX</t>
+  </si>
+  <si>
+    <t>15/03/2009</t>
+  </si>
+  <si>
+    <t>SAVOIE LANGUES</t>
+  </si>
+  <si>
+    <t>27 ALLEE ALBERT SYLVESTRE 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>10/03/2009</t>
+  </si>
+  <si>
+    <t>NEWDEAL INSTITUT</t>
+  </si>
+  <si>
+    <t>74 AVENUE THIERS 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>07/03/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMIEL-FOURTAS FANNY MARIE-PIERRE  </t>
+  </si>
+  <si>
+    <t>57 COURS ALBERT THOMAS 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THILLAYS AGNES BRIGITTE GENEVIEVE </t>
+  </si>
+  <si>
+    <t>8 LES GRANDS CHAMPS 39260 VILLARDS-D'HERIA</t>
+  </si>
+  <si>
+    <t>01/05/2009</t>
+  </si>
+  <si>
+    <t>OPCOACH</t>
+  </si>
+  <si>
+    <t>15 B RUE DES TROUBADOURS 31270 CUGNAUX</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAVIES JONATHAN RICHARD  </t>
+  </si>
+  <si>
+    <t>9 ALLEES FREDERIC MISTRAL 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERONIE FLORENCE   </t>
+  </si>
+  <si>
+    <t>VINEXPORTAIDE</t>
+  </si>
+  <si>
+    <t>LES ROBINS 71470 CHAPELLE-THECLE (LA)</t>
+  </si>
+  <si>
+    <t>01/06/2009</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BLACKSTOCK CATRIONA JEAN ELISABETH </t>
+  </si>
+  <si>
+    <t>LE CHAMBOUD 143 ROUTE DE SAINT SORLIN 38780 EYZIN-PINET</t>
+  </si>
+  <si>
+    <t>31/07/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COLOM SEBASTIEN   </t>
+  </si>
+  <si>
+    <t>6 RUE JOUBERT 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>06/07/2009</t>
+  </si>
+  <si>
+    <t>CHA.YO.LI (CHANGE YOUR LIFE)</t>
+  </si>
+  <si>
+    <t>CENTRE DE LANGUES</t>
+  </si>
+  <si>
+    <t>3 RUE BOILEAU 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MILON LEROY GERALDINE   </t>
+  </si>
+  <si>
+    <t>25 RUE DU NOTAIRE 33380 MIOS</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAURIE ALEXANDRA SPEIRS  </t>
+  </si>
+  <si>
+    <t>THE BOOK FOUNTAIN</t>
+  </si>
+  <si>
+    <t>23 RUE HUBERT LATHAM 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>CHARNOZ-SUR-AIN</t>
+  </si>
+  <si>
+    <t>09/08/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAVARRE MELANIE   </t>
+  </si>
+  <si>
+    <t>20A RUE DU PETIT ROMBACH 68160 SAINTE-CROIX-AUX-MINES</t>
+  </si>
+  <si>
+    <t>30/07/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAAIBES KAMILIA   </t>
+  </si>
+  <si>
+    <t>28 B RUE DES PETITS PRES 78810 FEUCHEROLLES</t>
+  </si>
+  <si>
+    <t>15/02/2012</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ LE MANS</t>
+  </si>
+  <si>
+    <t>WALL STREET INSTITUTE LE MANS</t>
+  </si>
+  <si>
+    <t>40 T PLACE DE LA REPUBLIQUE 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>01/12/2009</t>
+  </si>
+  <si>
+    <t>LOT LES GRANDS PRES ILOT 1 PARC CERES 21 RUE FERDINAND BUISSON 53810 CHANGE</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PATEL HAVOVI   </t>
+  </si>
+  <si>
+    <t>17 RUE HENRI DUNANT 01250 CEYZERIAT</t>
+  </si>
+  <si>
+    <t>25/01/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROY BEATRICE SUZANNE RENEE </t>
+  </si>
+  <si>
+    <t>LE PARC 243 CHEMIN DE LASTENDES 47600 CALIGNAC</t>
+  </si>
+  <si>
+    <t>09/01/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BLENKINSOP LORNA MARIE  </t>
+  </si>
+  <si>
+    <t>31 AVENUE JULES FERRY 69780 MIONS</t>
+  </si>
+  <si>
+    <t>21/03/2010</t>
+  </si>
+  <si>
+    <t>EVOLUTION CARRIERE</t>
+  </si>
+  <si>
+    <t>15 RUE DES HALLES 75001 PARIS</t>
+  </si>
+  <si>
+    <t>02/06/2021</t>
+  </si>
+  <si>
+    <t>PYTHAGORE - NHK FORMATION</t>
+  </si>
+  <si>
+    <t>PYTHAGORE</t>
+  </si>
+  <si>
+    <t>23 RUE CARNOT 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>85.60Z</t>
+  </si>
+  <si>
+    <t>CD-VOLUTIF</t>
+  </si>
+  <si>
+    <t>CD FORMATION</t>
+  </si>
+  <si>
+    <t>PARC CLUB DE LA DEVEZE 166 RUE MAURICE BEJART 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>10/01/2012</t>
+  </si>
+  <si>
+    <t>RESIDENCE ANTEQUERRA 3 IMPASSE DE CORDOU 34300 AGDE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CALLES THAIS ROSALIA  </t>
+  </si>
+  <si>
+    <t>DOC'LANGUES</t>
+  </si>
+  <si>
+    <t>6 RUE TORTE 34660 COURNONTERRAL</t>
+  </si>
+  <si>
+    <t>30/11/2012</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ LYON</t>
+  </si>
+  <si>
+    <t>120 RUE MASSENA 69006 LYON</t>
+  </si>
+  <si>
+    <t>15/06/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GIRARDEAU LINE   </t>
+  </si>
+  <si>
+    <t>3 AVENUE DU GENERAL DE GAULLE 49400 SAUMUR</t>
+  </si>
+  <si>
+    <t>02/08/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOWSER NICOLA JANE   </t>
+  </si>
+  <si>
+    <t>DES COTEAUX 30700 BLAUZAC</t>
+  </si>
+  <si>
+    <t>01/02/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WHELAN CATHERINE CECILIA  </t>
+  </si>
+  <si>
+    <t>60 RUE DU PERRON 01150 VILLEBOIS</t>
+  </si>
+  <si>
+    <t>03/12/2019</t>
+  </si>
+  <si>
+    <t>SYNONYMS</t>
+  </si>
+  <si>
+    <t>42 RUE DE LA MARNE 27200 VERNON</t>
+  </si>
+  <si>
+    <t>21/06/2010</t>
+  </si>
+  <si>
+    <t>ORAKIN SUR MESURE</t>
+  </si>
+  <si>
+    <t>43 AVENUE FOCH 54000 NANCY</t>
+  </si>
+  <si>
+    <t>22/12/2014</t>
+  </si>
+  <si>
+    <t>COLLIN AND FARRELL</t>
+  </si>
+  <si>
+    <t>214 RUE EDMOND SOUPLET 60710 CHEVRIERES</t>
+  </si>
+  <si>
+    <t>PROLANGUE FORMATION</t>
+  </si>
+  <si>
+    <t>33 RUE DU GENERAL DUMONT 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/04/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VENZ KELLY   </t>
+  </si>
+  <si>
+    <t>6 RUE DU COLONEL PAUL PAILLOLE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>11/04/2012</t>
+  </si>
+  <si>
+    <t>74.30Z</t>
+  </si>
+  <si>
+    <t>TEAM</t>
+  </si>
+  <si>
+    <t>PARK KENNEDY IMMEUBLE J 13 AVENUE HENRI BECQUEREL 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>23/08/2010</t>
+  </si>
+  <si>
+    <t>PRESTIGE INTERLANGUAGE</t>
+  </si>
+  <si>
+    <t>109 RUE DU PETIT BOIS 45800 SAINT-JEAN-DE-BRAYE</t>
+  </si>
+  <si>
+    <t>14/10/2015</t>
+  </si>
+  <si>
+    <t>TF CAP CONSULTING</t>
+  </si>
+  <si>
+    <t>45 AVENUE DE LASBORDES 31130 BALMA</t>
+  </si>
+  <si>
+    <t>20/06/2022</t>
+  </si>
+  <si>
+    <t>ENJOY ENGLISH</t>
+  </si>
+  <si>
+    <t>845 RUE DES QUATRE SEIGNEURS 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>29/06/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAGOT ARNAUD   </t>
+  </si>
+  <si>
+    <t>14 RUE DES BLANCHES TERRES 54630 FLAVIGNY-SUR-MOSELLE</t>
+  </si>
+  <si>
+    <t>29/11/2016</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ LILLE</t>
+  </si>
+  <si>
+    <t>CTRE. DE COMMERCES DE SERVICES ET DE 100 CTRE COMMERCIAL EURALILLE 59000 LILLE</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FENNELLY SEAMUS   </t>
+  </si>
+  <si>
+    <t>49 RUE FREDERIC FAYS 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>20/04/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEWEURS CHRISTINE HELENE REINE </t>
+  </si>
+  <si>
+    <t>COL DE GAGEOT "LA TOUR DE GAGEOT" ROUTE DU LAC 34800 CLERMONT-L'HERAULT</t>
+  </si>
+  <si>
+    <t>01/11/2010</t>
+  </si>
+  <si>
+    <t>1TO1  CONSULTING</t>
+  </si>
+  <si>
+    <t>HORIZON 2000 MACH 6 65 AVENUE DES HAUTS GRIGNEUX 76420 BIHOREL</t>
+  </si>
+  <si>
+    <t>09/05/2011</t>
+  </si>
+  <si>
+    <t>SO MULHOUSE</t>
+  </si>
+  <si>
+    <t>4 RUE DES BONNES GENS 68100 MULHOUSE</t>
+  </si>
+  <si>
+    <t>07/03/2011</t>
+  </si>
+  <si>
+    <t>L'ESPACE GABRIEL</t>
+  </si>
+  <si>
+    <t>400 BOULEVARD CHARLES CROS 14123 IFS</t>
+  </si>
+  <si>
+    <t>13/12/2022</t>
+  </si>
+  <si>
+    <t>TALK FIRST</t>
+  </si>
+  <si>
+    <t>PORT DE COMMERCE 6 RUE PORSTREIN 29200 BREST</t>
+  </si>
+  <si>
+    <t>04/07/2011</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION LANGUES</t>
+  </si>
+  <si>
+    <t>ZONE COMMERCIALE LA BOUSSOLE 73 RUE DES PLESSES 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>02/08/2012</t>
+  </si>
+  <si>
+    <t>MAISON BLANCHE FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE MARECHAL LYAUTEY 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>30/09/2015</t>
+  </si>
+  <si>
+    <t>AZUR CONSEIL &amp; FORMATION</t>
+  </si>
+  <si>
+    <t>105 BOULEVARD DE SEBASTOPOL 75002 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>OPEN</t>
+  </si>
+  <si>
+    <t>OPEN FORMATION</t>
+  </si>
+  <si>
+    <t>85 AVENUE NIEL 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOURNIER MARION MARIE-ANGE  </t>
+  </si>
+  <si>
+    <t>3 RUE DES BELLES COULEES 72210 FILLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CATENA CARMINA   </t>
+  </si>
+  <si>
+    <t>12 RUE CLEMENT ROASSAL 06000 NICE</t>
+  </si>
+  <si>
+    <t>09/03/2019</t>
+  </si>
+  <si>
+    <t>BUSINESS SPEAKING</t>
+  </si>
+  <si>
+    <t>26 RUE JACQUES DULUD 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>17/09/2021</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ NICE</t>
+  </si>
+  <si>
+    <t>COMPLEXE CAP VAR 148 AV GUYNEMER 06700 SAINT LAURENT DU VAR</t>
+  </si>
+  <si>
+    <t>01/03/2012</t>
+  </si>
+  <si>
+    <t>CAPENGLISH</t>
+  </si>
+  <si>
+    <t>58 RUE JEAN JAURES 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>25/01/2018</t>
+  </si>
+  <si>
+    <t>YOUR ENGLISH WORKSHOP</t>
+  </si>
+  <si>
+    <t>27 BOULEVARD DE RUSSIE 73100 AIX-LES-BAINS</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REVERCHON BENJAMIN   </t>
+  </si>
+  <si>
+    <t>ENGLISH COACHING BORDEAUX</t>
+  </si>
+  <si>
+    <t>8 ROUTE DE BORDEAUX 33880 CAMBES</t>
+  </si>
+  <si>
+    <t>11/09/2020</t>
+  </si>
+  <si>
+    <t>ANGLAIS@AVIGNON</t>
+  </si>
+  <si>
+    <t>72 ROUTE DE MONTFAVET 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEATON KATHRYN   </t>
+  </si>
+  <si>
+    <t>22 RUE GAMBETTA 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>30/06/2018</t>
+  </si>
+  <si>
+    <t>ENGLISH MADE IN FRANCE</t>
+  </si>
+  <si>
+    <t>LA COUTURE 7 ROUTE DE RIGNY-USSE 37420 HUISMES</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ AMIENS</t>
+  </si>
+  <si>
+    <t>6 RUE LAMARTINE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>17/08/2012</t>
+  </si>
+  <si>
+    <t>BUSINESS FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>34 RUE PONTCOTTIER 38300 BOURGOIN-JALLIEU</t>
+  </si>
+  <si>
+    <t>25/08/2014</t>
+  </si>
+  <si>
+    <t>ALIP</t>
+  </si>
+  <si>
+    <t>25 AU 27 25 RUE GINOUX 75015 PARIS</t>
+  </si>
+  <si>
+    <t>26/07/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAN ANTONIO BELEN   </t>
+  </si>
+  <si>
+    <t>BELINGUA ACADEMY</t>
+  </si>
+  <si>
+    <t>3EME ETAGE 36 RUE DE LA GRANGE 69009 LYON</t>
+  </si>
+  <si>
+    <t>22/10/2020</t>
+  </si>
+  <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
   </si>
   <si>
     <t>OGEC LYCEES ET INSTITUT MONTPLAISIR</t>
   </si>
   <si>
     <t>75 RUE MONTPLAISIR 26000 VALENCE</t>
   </si>
   <si>
     <t>21/01/1987</t>
   </si>
   <si>
     <t>MAISON DES JEUNES</t>
   </si>
   <si>
     <t>2 PLACE CALONNE 08200 SEDAN</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...4 lines deleted...]
-  <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
     <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>31/10/1994</t>
   </si>
   <si>
     <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>ZAC DU BOIS DE PLAISANCE 87 AVENUE DE LA MARE GESSART 60280 VENETTE</t>
   </si>
   <si>
     <t>01/03/2011</t>
   </si>
   <si>
     <t>161 RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
   </si>
   <si>
     <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
@@ -1093,2555 +2458,1226 @@
   <si>
     <t>ASSOCIATION INTERPROFESSIONNELLE POUR LA FORMATION PERMANENTE DANS LE SARLADAIS</t>
   </si>
   <si>
     <t>173 IMPASSE DE LA LAUZE 24200 SARLAT-LA-CANEDA</t>
   </si>
   <si>
     <t>18/05/2022</t>
   </si>
   <si>
     <t>POUR LA PROMO DES LANGUES ETRANG.EN FRAN</t>
   </si>
   <si>
     <t>52 BOULEVARD DE MAGENTA 75010 PARIS</t>
   </si>
   <si>
     <t>01/07/2006</t>
   </si>
   <si>
     <t>CNAM ILE DE FRANCE - AGCNAM</t>
   </si>
   <si>
     <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
   </si>
   <si>
-    <t>01/08/2018</t>
-[...1 lines deleted...]
-  <si>
     <t>OGEC LES CHARMILLES</t>
   </si>
   <si>
     <t>OF CFA CHARMILLES</t>
   </si>
   <si>
     <t>8 RUE DU TOUR DE L’EAU 38400 SAINT-MARTIN-D'HERES</t>
   </si>
   <si>
     <t>01/01/2003</t>
   </si>
   <si>
     <t>GLEECLUB</t>
   </si>
   <si>
     <t>12 PLACE DES MARRONNIERS 94100 SAINT-MAUR-DES-FOSSES</t>
   </si>
   <si>
     <t>14/02/2018</t>
   </si>
   <si>
     <t>AVES</t>
   </si>
   <si>
     <t>IMMEUBLE LE DELTA 1 ALLEE DE L'ELECTRONIQUE 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>15/03/2013</t>
   </si>
   <si>
     <t>RAINBOW COLORFUL TALENTS</t>
   </si>
   <si>
     <t>MAISON DES LOIS 2 IMPASSE MICHEL LABROUSSE 31100 TOULOUSE</t>
   </si>
   <si>
     <t>01/03/2018</t>
   </si>
   <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
     <t xml:space="preserve">SWIDERSKI FREDERIC   </t>
   </si>
   <si>
     <t>37 CHEMIN DE CANTELAUDE 33160 SAINT-MEDARD-EN-JALLES</t>
   </si>
   <si>
     <t>25/07/2014</t>
   </si>
   <si>
     <t>PCCF</t>
   </si>
   <si>
     <t>23 AVENUE ANDRE CHENIER 06100 NICE</t>
   </si>
   <si>
     <t>11/07/2022</t>
   </si>
   <si>
     <t>09/07/2024</t>
   </si>
   <si>
     <t xml:space="preserve">ANTKIW LYNDSAY   </t>
   </si>
   <si>
     <t>55 RUE DES PINS 31700 BEAUZELLE</t>
   </si>
   <si>
     <t>25/04/2015</t>
   </si>
   <si>
     <t xml:space="preserve">FORREST-TRANTER CIARAN   </t>
   </si>
   <si>
     <t>23 AVENUE DE VERDUN 34120 PEZENAS</t>
   </si>
   <si>
     <t>03/09/2016</t>
   </si>
   <si>
     <t>RADIO ENGLISH LYON</t>
   </si>
   <si>
     <t>38 RUE VICTOR HUGO 69002 LYON</t>
   </si>
   <si>
     <t>09/05/2017</t>
   </si>
   <si>
-    <t xml:space="preserve">KUNKEL STEPHANIE   </t>
-[...59 lines deleted...]
-    <t>8 RUE DE LA REPUBLIQUE 31300 TOULOUSE</t>
+    <t>SAINT-GEORGES-DE-RENEINS</t>
   </si>
   <si>
     <t>ENGLISH AB</t>
   </si>
   <si>
     <t>9 AVENUE DE NIMES 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>1 BOULEVARD MARECHAL LECLERC 34500 BEZIERS</t>
   </si>
   <si>
     <t>17/02/2020</t>
   </si>
   <si>
     <t xml:space="preserve">BOURDEL MARYLINE FRANCOISE MICHELLE </t>
   </si>
   <si>
     <t>LA POMMERAYE 9 PUTILLE 49110 MAUGES-SUR-LOIRE</t>
   </si>
   <si>
     <t>01/10/2019</t>
   </si>
   <si>
     <t>ENGLISH FAMILY</t>
   </si>
   <si>
     <t>17 RUE DU COMMERCE 49100 ANGERS</t>
   </si>
   <si>
     <t>23/12/2013</t>
   </si>
   <si>
     <t>27/12/2024</t>
   </si>
   <si>
-    <t>ASS FORMA PROF APPRENT AUTO METIERS COMM</t>
-[...1121 lines deleted...]
-    <t>15/08/1999</t>
+    <t xml:space="preserve">PLATT TIMOTHY MICHAEL  </t>
+  </si>
+  <si>
+    <t>1 RUE DE LA RAGIE RONDAT 90130 PETIT-CROIX</t>
+  </si>
+  <si>
+    <t>16/11/2018</t>
+  </si>
+  <si>
+    <t>74.20Z</t>
+  </si>
+  <si>
+    <t>MORNANT</t>
+  </si>
+  <si>
+    <t>10/04/2023</t>
+  </si>
+  <si>
+    <t>31/01/2025</t>
+  </si>
+  <si>
+    <t>NOVACAP FORMATION</t>
+  </si>
+  <si>
+    <t>80 RUE HENRI DE BOISSIEU 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>12/05/2021</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>WORDS IN ACTION</t>
+  </si>
+  <si>
+    <t>BATIMENT A4  - BAL 4 14 RUE DE LA PLAINE 75020 PARIS</t>
+  </si>
+  <si>
+    <t>30/09/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MORDANT ISABELLE   </t>
+  </si>
+  <si>
+    <t>927 RUE DU COUDRAY 76810 GRUCHET-SAINT-SIMEON</t>
+  </si>
+  <si>
+    <t>10/11/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOUBOUL VALERIE   </t>
+  </si>
+  <si>
+    <t>410 ROUTE DU STADE 38790 CHARANTONNAY</t>
+  </si>
+  <si>
+    <t>17/04/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOSS NATHAN GEOFFREY  </t>
+  </si>
+  <si>
+    <t>2 RUE ALFRED STEVENS 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NABHAN RANDA   </t>
+  </si>
+  <si>
+    <t>210 ROUTE DES CONDAMINES 69390 CHARLY</t>
+  </si>
+  <si>
+    <t>01/04/2023</t>
+  </si>
+  <si>
+    <t>ENGLISH MASTERY</t>
+  </si>
+  <si>
+    <t>333 AVENUE VICTOR HUGO 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>16/07/2014</t>
+  </si>
+  <si>
+    <t>LANGUES VIVANTES</t>
+  </si>
+  <si>
+    <t>LANGUE VIVANTES</t>
+  </si>
+  <si>
+    <t>LE BOIS CANDIDE 89 RUE DE MEYRIN 01210 FERNEY-VOLTAIRE</t>
+  </si>
+  <si>
+    <t>25/11/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POWELL CHERRY ANN  </t>
+  </si>
+  <si>
+    <t>MOULIN DE LUSSEAU 35 RTE DE NIORT 79110 CHEF-BOUTONNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FLETCHER BRYAN   </t>
+  </si>
+  <si>
+    <t>428 ROUTE DU THORONET 83340 LE CANNET-DES-MAURES</t>
+  </si>
+  <si>
+    <t>20/10/2019</t>
+  </si>
+  <si>
+    <t>CECI FORMATION</t>
+  </si>
+  <si>
+    <t>202 AVENUE DE COLMAR 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t>PROWINE LANGUAGE</t>
+  </si>
+  <si>
+    <t>48 RUE PIERRE RENAUDEL 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>14/11/2014</t>
+  </si>
+  <si>
+    <t>79.90Z</t>
+  </si>
+  <si>
+    <t>EXPERTISE LANGUES</t>
+  </si>
+  <si>
+    <t>ILE INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>241 RUE DE BERCY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>LEADING LANGUAGE INSTITUTE</t>
+  </si>
+  <si>
+    <t>23 RUE DE LA GARE 57300 MONDELANGE</t>
+  </si>
+  <si>
+    <t>19/01/2015</t>
+  </si>
+  <si>
+    <t>AYNI.COM</t>
+  </si>
+  <si>
+    <t>79 RUE DU CARDINAL LEMOINE 75005 PARIS</t>
+  </si>
+  <si>
+    <t>23/01/2015</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>BORG FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE JEAN MONNET 44260 MALVILLE</t>
+  </si>
+  <si>
+    <t>25/02/2015</t>
+  </si>
+  <si>
+    <t>PICARDIE LANGUES</t>
+  </si>
+  <si>
+    <t>1 PLACE SAINT BARTHELEMY 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>01/03/2015</t>
+  </si>
+  <si>
+    <t>3 RUE CAUDRON 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>01/02/2016</t>
+  </si>
+  <si>
+    <t>BRISTOL UNION</t>
+  </si>
+  <si>
+    <t>PLACE DES FORMATIONS</t>
+  </si>
+  <si>
+    <t>13 RUE TREUIL DES NOYERS 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>20/10/2017</t>
+  </si>
+  <si>
+    <t>SPEAK UP</t>
+  </si>
+  <si>
+    <t>255 AVENUE DU MARECHAL FOCH 78630 ORGEVAL</t>
+  </si>
+  <si>
+    <t>10/03/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QUANJER MARIA MATHILDE  </t>
+  </si>
+  <si>
+    <t>155 RUE DES SPORTS 34750 VILLENEUVE-LES-MAGUELONE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FLOGEL SOPHIA REGINA  </t>
+  </si>
+  <si>
+    <t>70 RUE RUFFIN 76210 BOLBEC</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>HIT YOUR MARK ! COMMUNICATIONS</t>
+  </si>
+  <si>
+    <t>10 RUE DE LA PAIX 75002 PARIS</t>
+  </si>
+  <si>
+    <t>30/07/2020</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>BIRDWELL INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE RIVE DE SAONE 41 QUAI FULCHIRON 69005 LYON</t>
+  </si>
+  <si>
+    <t>12/01/2021</t>
+  </si>
+  <si>
+    <t>SNOW BUSINESS ENGLISH</t>
+  </si>
+  <si>
+    <t>40 RUE FOCH 69330 JONAGE</t>
+  </si>
+  <si>
+    <t>22/01/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PABOEUF CLEMENCE JULIE MARIE </t>
+  </si>
+  <si>
+    <t>20 RUE DE LA METAIRIE 44230 SAINT-SEBASTIEN-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>31/10/2018</t>
+  </si>
+  <si>
+    <t>JUST DO ENGLISH</t>
+  </si>
+  <si>
+    <t>22 COURS JEAN JAURES 38000 GRENOBLE</t>
+  </si>
+  <si>
+    <t>02/06/2016</t>
+  </si>
+  <si>
+    <t>JACK N' JILL</t>
+  </si>
+  <si>
+    <t>49 AVENUE JEHAN DE BRIE 77120 COULOMMIERS</t>
+  </si>
+  <si>
+    <t>21/05/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RICHARDSON YASMINE ALIA  </t>
+  </si>
+  <si>
+    <t>17 RUE DU FAUBOURG SAINT-DENIS 75010 PARIS</t>
+  </si>
+  <si>
+    <t>28/04/2023</t>
+  </si>
+  <si>
+    <t>NOVASANCO</t>
+  </si>
+  <si>
+    <t>30 AVENUE DE CANTERANNE 33600 PESSAC</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIGNOT CHARLOTTE CORINNE  </t>
+  </si>
+  <si>
+    <t>11 PLACE GUTENBERG 69300 CALUIRE-ET-CUIRE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALONZI BRUNO   </t>
+  </si>
+  <si>
+    <t>28 RUE DE LA REPUBLIQUE 57360 AMNEVILLE</t>
+  </si>
+  <si>
+    <t>16/08/2016</t>
+  </si>
+  <si>
+    <t>SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>05/09/2019</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOLEDANO NOEMIE   </t>
+  </si>
+  <si>
+    <t>15 RUE CARLE HEBERT 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>27/03/2019</t>
+  </si>
+  <si>
+    <t>ENGLISH ACADEMY</t>
+  </si>
+  <si>
+    <t>20 T RUE JULIEN 69003 LYON 3EME</t>
+  </si>
+  <si>
+    <t>16/10/2018</t>
+  </si>
+  <si>
+    <t>ACL PARIS</t>
+  </si>
+  <si>
+    <t>15 RUE CLAUDE TILLIER 75012 PARIS</t>
+  </si>
+  <si>
+    <t>03/11/2016</t>
+  </si>
+  <si>
+    <t>GOUBSKY ALINE PATRICIA ELIZABETH NGOZI</t>
+  </si>
+  <si>
+    <t>45 GRANDE RUE 01150 SAINT-SORLIN-EN-BUGEY</t>
+  </si>
+  <si>
+    <t>13/12/2016</t>
+  </si>
+  <si>
+    <t>SECO GLOBAL SERVICES - SGS</t>
+  </si>
+  <si>
+    <t>3 RUE JOSEPH CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>12/10/2017</t>
+  </si>
+  <si>
+    <t>33.12Z</t>
+  </si>
+  <si>
+    <t>CAP'CONSEILS FRANCE</t>
+  </si>
+  <si>
+    <t>7 ALLEE COLETTE DUVAL 37100 TOURS</t>
+  </si>
+  <si>
+    <t>24/01/2017</t>
+  </si>
+  <si>
+    <t>LSJ ENGLISH</t>
+  </si>
+  <si>
+    <t>1 RUE DES FRENES 44140 GENESTON</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>1 RUE DUGOMMIER 44000 NANTES</t>
+  </si>
+  <si>
+    <t>12/10/2020</t>
+  </si>
+  <si>
+    <t>BRIGHT SPARKS</t>
+  </si>
+  <si>
+    <t>LE BOIS D'OINGT 195 CHE DES MORGUERES 69620 VAL D'OINGT</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>LYON</t>
+  </si>
+  <si>
+    <t>13/03/2017</t>
+  </si>
+  <si>
+    <t>KALI FORMATION</t>
+  </si>
+  <si>
+    <t>8 AVENUE D'AUBIERE 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>01/05/2017</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>@ D ANGLAIS</t>
+  </si>
+  <si>
+    <t>5 RUE DU PRE BOTTE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>4 RUE PAUL-LOUIS COURIER 35000 RENNES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUKOMELA OLENA   </t>
+  </si>
+  <si>
+    <t>PHILEAS WORLD LILLE</t>
+  </si>
+  <si>
+    <t>8 BEAU CHENE 59390 SAILLY-LEZ-LANNOY</t>
+  </si>
+  <si>
+    <t>31/10/2020</t>
+  </si>
+  <si>
+    <t>CME ACADEMIE</t>
+  </si>
+  <si>
+    <t>1 RUE WANGARI MAATHAI 57140 NORROY-LE-VENEUR</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>O'BEINGLISH</t>
+  </si>
+  <si>
+    <t>293 BOULEVARD SAINT-DENIS 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GOMES MARIA DO CARMO   </t>
+  </si>
+  <si>
+    <t>LE VIGNEAU 37120 BRASLOU</t>
+  </si>
+  <si>
+    <t>12/07/2022</t>
+  </si>
+  <si>
+    <t>BLEU INDIGO</t>
+  </si>
+  <si>
+    <t>138 CHEMIN DES BOURRELY 13015 MARSEILLE</t>
+  </si>
+  <si>
+    <t>02/02/2018</t>
+  </si>
+  <si>
+    <t>COMEX</t>
+  </si>
+  <si>
+    <t>22 ROUTE DE SAINT-SYLVESTRE 74150 MARCELLAZ-ALBANAIS</t>
+  </si>
+  <si>
+    <t>26/04/2018</t>
+  </si>
+  <si>
+    <t>3P FORMATIONS</t>
+  </si>
+  <si>
+    <t>BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>ENGLISH ON MARS</t>
+  </si>
+  <si>
+    <t>4 RUE STANISLAS TORRENTS 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>UNE AUTRE LANGUE SETE</t>
+  </si>
+  <si>
+    <t>18 RUE MONTMORENCY 34200 SETE</t>
+  </si>
+  <si>
+    <t>25/07/2018</t>
+  </si>
+  <si>
+    <t>ENGLISH ZONE</t>
+  </si>
+  <si>
+    <t>3 B AV D ABONDANCE 74500 EVIAN-LES-BAINS</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>20/01/2025</t>
+  </si>
+  <si>
+    <t>EFFICLASSE</t>
+  </si>
+  <si>
+    <t>14 RUE DES SERVES 01340 MONTREVEL-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>ONE STEP FORWARD</t>
+  </si>
+  <si>
+    <t>50 RUE JEAN FIOLLE 13006 MARSEILLE 6EME</t>
+  </si>
+  <si>
+    <t>14/12/2018</t>
+  </si>
+  <si>
+    <t>LES TROBADORS</t>
+  </si>
+  <si>
+    <t>1 LE MOULIN DRAP 36370 PRISSAC</t>
+  </si>
+  <si>
+    <t>21/01/2019</t>
+  </si>
+  <si>
+    <t>BRITISH COUNCIL IN FRANCE</t>
+  </si>
+  <si>
+    <t>9-11 9 RUE DE CONSTANTINE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>AIMENGLISH</t>
+  </si>
+  <si>
+    <t>40 CHEMIN DE LA REVIREE 38240 MEYLAN</t>
+  </si>
+  <si>
+    <t>05/02/2019</t>
+  </si>
+  <si>
+    <t>VOL GROUPE CONSEILS, FORMATIONS</t>
+  </si>
+  <si>
+    <t>8 ROUTE DE FANLAC 24580 PLAZAC</t>
+  </si>
+  <si>
+    <t>ALEYSSON</t>
+  </si>
+  <si>
+    <t>97 B RUE DU DAUPHINE 69003 LYON</t>
+  </si>
+  <si>
+    <t>FAST ENGLISH</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD LAZARE CARNOT 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>08/04/2019</t>
+  </si>
+  <si>
+    <t>LEARNENGLISH</t>
+  </si>
+  <si>
+    <t>21 RUE DES AVELANIERS 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>28/07/2023</t>
+  </si>
+  <si>
+    <t>KILUZ</t>
+  </si>
+  <si>
+    <t>1 PLACE PIERRE MENDES FRANCE 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>14/09/2020</t>
+  </si>
+  <si>
+    <t>ECOLE ENGLISH TREE</t>
+  </si>
+  <si>
+    <t>2 RUE DE CHARTRES 91400 ORSAY</t>
+  </si>
+  <si>
+    <t>24/05/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KALSULKAR DEVYANI   </t>
+  </si>
+  <si>
+    <t>9 ALLEES JEAN JAURES 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>INSTITUT INTERNATIONAL LANGUES &amp; AFFAIRES</t>
+  </si>
+  <si>
+    <t>1 RUE DE CLAIREFONTAINE 78120 RAMBOUILLET</t>
+  </si>
+  <si>
+    <t>01/08/2020</t>
+  </si>
+  <si>
+    <t>OGMA</t>
+  </si>
+  <si>
+    <t>BERLITZ</t>
+  </si>
+  <si>
+    <t>SYNERGIE PARK- IMM. PROGRESSY 4 RUE LOUIS DE BROGLIE 59260 LEZENNES</t>
+  </si>
+  <si>
+    <t>12/07/2019</t>
+  </si>
+  <si>
+    <t>CT LANGUES</t>
+  </si>
+  <si>
+    <t>IMMEUBLE L'ACROPOLE 2 RUE CRUCY 44000 NANTES</t>
+  </si>
+  <si>
+    <t>18/07/2019</t>
+  </si>
+  <si>
+    <t>LANGUES DU MONDE BORDEAUX</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE VIRECOURT 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>POLE PREPA</t>
+  </si>
+  <si>
+    <t>47 RUE SAINT MATHIEU 69008 LYON</t>
+  </si>
+  <si>
+    <t>05/08/2019</t>
+  </si>
+  <si>
+    <t>EUDEHO</t>
+  </si>
+  <si>
+    <t>180 ROUTE DE VOURLES 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>31/07/2019</t>
+  </si>
+  <si>
+    <t>AGILE &amp; FORMATION</t>
+  </si>
+  <si>
+    <t>1040 RUE DES MONTANGEONS 41200 PRUNIERS-EN-SOLOGNE</t>
+  </si>
+  <si>
+    <t>02/09/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MEUNIER SOPHIE   </t>
+  </si>
+  <si>
+    <t>718 AVENUE VICTOR HUGO 69140 RILLIEUX-LA-PAPE</t>
+  </si>
+  <si>
+    <t>16/09/2019</t>
+  </si>
+  <si>
+    <t>IHS53</t>
+  </si>
+  <si>
+    <t>14 RUE BARBES 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
+    <t>CAMBRIDGE ASSESSMENT OVERSEAS LIMITED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUILDING 27 RUE SHAFTESBURY ROAD THE TRANGLE </t>
+  </si>
+  <si>
+    <t>18/11/2019</t>
+  </si>
+  <si>
+    <t>L'UNIVERS DES LANGUES ALP</t>
+  </si>
+  <si>
+    <t>L'UNIVERS DES LANGUES</t>
+  </si>
+  <si>
+    <t>9 ALLEE DE L'ILE GLORIETTE 44000 NANTES</t>
+  </si>
+  <si>
+    <t>09/12/2019</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>ENGLISH@BERRY</t>
+  </si>
+  <si>
+    <t>C 8 COURS DES JACOBINS 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>20/11/2019</t>
+  </si>
+  <si>
+    <t>PRODEVAL FORMATION</t>
+  </si>
+  <si>
+    <t>QUARTIER DU 45E PARALLELE ROVALTAIN 7 RUE ANNE-MARIE STAUB 26300 CHATEAUNEUF-SUR-ISERE</t>
+  </si>
+  <si>
+    <t>12/12/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOUCHON FRANCOISE MARCELLE   </t>
+  </si>
+  <si>
+    <t>FRANCOISE STOWELL ENGLISH SPIRIT</t>
+  </si>
+  <si>
+    <t>6 RUE DU PRIEURE 43200 YSSINGEAUX</t>
+  </si>
+  <si>
+    <t>QUADRICOLORE FORMATION</t>
+  </si>
+  <si>
+    <t>YOSTE FORMATION</t>
+  </si>
+  <si>
+    <t>327 CHEMIN DU CHATEAU 38510 SERMERIEU</t>
+  </si>
+  <si>
+    <t>19/05/2020</t>
+  </si>
+  <si>
+    <t>SMART CEDAR SQY</t>
+  </si>
+  <si>
+    <t>39 BOULEVARD VAUBAN 78280 GUYANCOURT</t>
+  </si>
+  <si>
+    <t>22/07/2020</t>
+  </si>
+  <si>
+    <t>ENGLISH FOR REAL</t>
+  </si>
+  <si>
+    <t>16 RUE SAINT-ELOI 94250 GENTILLY</t>
+  </si>
+  <si>
+    <t>11/08/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TIBIER ISABELLE MARIE  </t>
+  </si>
+  <si>
+    <t>3 IMPASSE DES TILLEULS 03800 GANNAT</t>
+  </si>
+  <si>
+    <t>23/05/2021</t>
+  </si>
+  <si>
+    <t>26/02/2024</t>
+  </si>
+  <si>
+    <t>A-Z LINGUISTICS</t>
+  </si>
+  <si>
+    <t>9 AVENUE CUVIER 78600 MAISONS-LAFFITTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOY PAMELA   </t>
+  </si>
+  <si>
+    <t>13 B RUE DE NIMES 30310 VERGEZE</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ ANTONY</t>
+  </si>
+  <si>
+    <t>32 AVENUE DE LA DIVISION LECLERC 92160 ANTONY</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ LIMOGES</t>
+  </si>
+  <si>
+    <t>19 AVENUE DU MIDI 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>24/12/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VUILLERMIER AUDREY   </t>
+  </si>
+  <si>
+    <t>23 IMPASSE DES BLEUETS 01480 FRANS</t>
+  </si>
+  <si>
+    <t>26/09/2020</t>
+  </si>
+  <si>
+    <t>LANGUES FACILES</t>
+  </si>
+  <si>
+    <t>1040 RTE DE SAINT ROMAIN 33240 SAINT-ANDRE-DE-CUBZAC</t>
+  </si>
+  <si>
+    <t>27/06/2023</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ SAINT HERBLAIN</t>
+  </si>
+  <si>
+    <t>3 IMPASSE SERGE REGGIANI 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>VERNEIL FORMATION</t>
+  </si>
+  <si>
+    <t>3 PLACE DES JOUTEURS 69700 GIVORS</t>
+  </si>
+  <si>
+    <t>15/10/2020</t>
+  </si>
+  <si>
+    <t>LA TOUR-DU-CRIEU</t>
+  </si>
+  <si>
+    <t>07/10/2020</t>
+  </si>
+  <si>
+    <t>16/04/2022</t>
+  </si>
+  <si>
+    <t>ENGLISHPRO</t>
+  </si>
+  <si>
+    <t>LD CAILLOU OUEST 12 CHEMIN DU BENET 33340 LESPARRE-MEDOC</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>COURZAL ACADEMY</t>
+  </si>
+  <si>
+    <t>103 RUE HENRI GAUTIER 44550 MONTOIR-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>23/03/2021</t>
+  </si>
+  <si>
+    <t>ANGLAIS @ PLAISIR</t>
+  </si>
+  <si>
+    <t>5 RUE DES FRERES LUMIERE 78370 PLAISIR</t>
+  </si>
+  <si>
+    <t>04/01/2021</t>
+  </si>
+  <si>
+    <t>SASU ENGLISH CUPPA</t>
+  </si>
+  <si>
+    <t>BOIS DE NEFLES - SAINTE CLOTILDE 9 CHEMIN DES PAPAYES 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>04973283997</t>
+  </si>
+  <si>
+    <t>FORMA PLUS</t>
+  </si>
+  <si>
+    <t>FORMA+</t>
+  </si>
+  <si>
+    <t>57 AVENUE DE BRETAGNE 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>15/01/2021</t>
+  </si>
+  <si>
+    <t>UNE AUTRE LANGUE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>496 ROUTE DE LA POMPIGNANE 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>19/01/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOLDEN JAMES ROBERT  </t>
+  </si>
+  <si>
+    <t>555 CHEMIN DE BELOT 82400 SAINT-PAUL-D'ESPIS</t>
+  </si>
+  <si>
+    <t>12/02/2021</t>
+  </si>
+  <si>
+    <t>ATOUT LANGUES SUD</t>
+  </si>
+  <si>
+    <t>50 BOULEVARD BAILLE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>03/03/2021</t>
+  </si>
+  <si>
+    <t>PLATINIUM ACADEMY</t>
+  </si>
+  <si>
+    <t>24 RUE DOMER 69007 LYON</t>
+  </si>
+  <si>
+    <t>04/03/2021</t>
+  </si>
+  <si>
+    <t>MIND YOUR LANGUAGE LIMITED</t>
+  </si>
+  <si>
+    <t>6 RUE D'ARMAILLE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>12/03/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GUALANDI SYLVAIN JOSEPH ANTOINE </t>
+  </si>
+  <si>
+    <t>LEARN IDIOMAS</t>
+  </si>
+  <si>
+    <t>BAT. 3 B - RES. BOIS DE COSTEBELLE 45 MONTEE DE COSTEBELLE 83400 HYERES</t>
+  </si>
+  <si>
+    <t>19/04/2021</t>
+  </si>
+  <si>
+    <t>WESTMILL NEW</t>
+  </si>
+  <si>
+    <t>NEW WESTMILL</t>
+  </si>
+  <si>
+    <t>BATIMENT C 71 RUE ETIENNE DOLET 94140 ALFORTVILLE</t>
+  </si>
+  <si>
+    <t>16/04/2021</t>
+  </si>
+  <si>
+    <t>CCI FORMATION PRO</t>
+  </si>
+  <si>
+    <t>36 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
+  </si>
+  <si>
+    <t>11/05/2021</t>
   </si>
   <si>
     <t>AVOSCOURS</t>
   </si>
   <si>
     <t>41 RUE RACINE 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>07/06/2021</t>
   </si>
   <si>
     <t>EEDGE</t>
   </si>
   <si>
     <t>69 BOULEVARD DE MAGENTA 75010 PARIS</t>
   </si>
   <si>
     <t>01/02/2022</t>
   </si>
   <si>
     <t>ANGLAIS @ CERGY 2</t>
   </si>
   <si>
     <t>47 AVENUE DES GENOTTES 95800 CERGY</t>
   </si>
   <si>
     <t>14/06/2021</t>
   </si>
   <si>
     <t>EST FORM'ACTION</t>
   </si>
   <si>
     <t>5 RUE LOUIS GUINGOT 54500 VANDŒUVRE-LES-NANCY</t>
   </si>
   <si>
     <t>14/11/2025</t>
   </si>
   <si>
-    <t>SNOW BUSINESS ENGLISH</t>
-[...1156 lines deleted...]
-  <si>
     <t>SMART LEARNING</t>
   </si>
   <si>
     <t>15 AVENUE EMILE BAUDOT 91300 MASSY</t>
   </si>
   <si>
     <t>02/11/2021</t>
   </si>
   <si>
     <t>ANGLAIS COMMUNICATION</t>
   </si>
   <si>
     <t>25 RUE DOREE 53110 LASSAY-LES-CHATEAUX</t>
   </si>
   <si>
     <t>22/07/2021</t>
   </si>
   <si>
     <t>SINE QUA LANGUES</t>
   </si>
   <si>
     <t>83 BOULEVARD JEAN BOUIN 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>20/07/2021</t>
@@ -3674,59 +3710,50 @@
     <t>MENTAG</t>
   </si>
   <si>
     <t>143 VAUZELLE ARGENTON L'EGLISE 79290 LORETZ-D'ARGENTON</t>
   </si>
   <si>
     <t>02/08/2021</t>
   </si>
   <si>
     <t>SAS PRO FORMATION</t>
   </si>
   <si>
     <t>193 AVENUE HENRI BARBUSSE 93700 DRANCY</t>
   </si>
   <si>
     <t>25/06/2021</t>
   </si>
   <si>
     <t>BIG BEN COMPANY</t>
   </si>
   <si>
     <t>ESPACE LE REVARD 58 AVENUE DU GRAND PORT 73100 AIX-LES-BAINS</t>
   </si>
   <si>
     <t>07/09/2021</t>
-  </si>
-[...7 lines deleted...]
-    <t>19/11/2021</t>
   </si>
   <si>
     <t>ANGLAIS CHRIS POWELL FORMATION</t>
   </si>
   <si>
     <t>ACPF</t>
   </si>
   <si>
     <t>182 RUE DE PIERREUSEGOUTTE 68660 ROMBACH-LE-FRANC</t>
   </si>
   <si>
     <t>LA MAGIE DES LANGUES</t>
   </si>
   <si>
     <t>120 CHEMIN DE LA DELILE 26790 SUZE-LA-ROUSSE</t>
   </si>
   <si>
     <t>UNE AUTRE LANGUE LYON</t>
   </si>
   <si>
     <t>38 QUAI DOCTEUR GAILLETON 69002 LYON</t>
   </si>
   <si>
     <t>17/01/2022</t>
   </si>
@@ -4188,51 +4215,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M408"/>
+  <dimension ref="A1:M410"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -4254,15345 +4281,15371 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>47843034100014</v>
+        <v>13000460900017</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D2" s="2"/>
+      <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="F2" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>11780808278</v>
+        <v>52490236949</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>47878653600019</v>
+        <v>13002608100013</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>91340561934</v>
+        <v>84380736438</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>48040593500010</v>
+        <v>13002974700016</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I4" s="3">
-        <v>93131199013</v>
+        <v>52440958244</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>48060187100019</v>
+        <v>19141408500016</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>82740188574</v>
+        <v>22</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>29</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>48079792700039</v>
+        <v>19421095100431</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>32</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="G6" s="2"/>
+        <v>34</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>35</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>48154142300028</v>
+        <v>19594403800205</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+        <v>38</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>11753951275</v>
+        <v>22</v>
+      </c>
+      <c r="I7" s="3" t="s">
+        <v>41</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>48214884800013</v>
+        <v>19691775100014</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>82690867269</v>
+        <v>22</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>44</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>48347943200039</v>
+        <v>19700827900022</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>45</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>73310639731</v>
+        <v>36</v>
+      </c>
+      <c r="I9" s="3" t="s">
+        <v>49</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>48365186500014</v>
+        <v>19752905000183</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>50</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>51</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>11921537092</v>
+        <v>54</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>55</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48426285200037</v>
+        <v>49161835100044</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>48461801200054</v>
+        <v>49182027000057</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I12" s="3">
-        <v>73310512031</v>
+        <v>93131240513</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48477204100048</v>
+        <v>49341175500025</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I13" s="3">
-        <v>82730136673</v>
+        <v>41570255357</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>48812143500025</v>
+        <v>90765590600028</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>66</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I14" s="3">
-        <v>11940679894</v>
+        <v>53560991356</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>48828076900024</v>
+        <v>83769201100021</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I15" s="3">
-        <v>41540248154</v>
+        <v>11941089894</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>48853727500049</v>
+        <v>83794037800024</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I16" s="3">
-        <v>82690922169</v>
+        <v>27710274471</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>48889694500034</v>
+        <v>83807710500024</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I17" s="3">
-        <v>11921686792</v>
+        <v>84730199473</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>48965337800013</v>
+        <v>83844904900017</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="G18" s="2"/>
+        <v>81</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="H18" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>48971972400036</v>
+        <v>83874098300021</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I19" s="3">
-        <v>11921560192</v>
+        <v>84691588669</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>49066230100020</v>
+        <v>43859674400013</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I20" s="3">
-        <v>11754100875</v>
+        <v>82740153174</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>49115673300033</v>
+        <v>43885623900043</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I21" s="3">
-        <v>23270140627</v>
+        <v>82740279674</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>49117331600051</v>
+        <v>43912341500044</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I22" s="3">
-        <v>32600328160</v>
+        <v>41540226254</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>49134717500037</v>
+        <v>43912341500069</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I23" s="3">
-        <v>11754440975</v>
+        <v>41540226254</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>49161835100044</v>
+        <v>43924456700020</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I24" s="3">
-        <v>11754668675</v>
+        <v>43250180525</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>49182027000057</v>
+        <v>43958761900024</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="G25" s="2"/>
+        <v>102</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>103</v>
+      </c>
       <c r="H25" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>49341175500025</v>
+        <v>43958761900032</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I26" s="3">
-        <v>41570255357</v>
+        <v>53350712235</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>49389365500032</v>
+        <v>43979560000014</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I27" s="3"/>
+        <v>36</v>
+      </c>
+      <c r="I27" s="3">
+        <v>82420145042</v>
+      </c>
       <c r="J27" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>49431318200011</v>
+        <v>43983139700021</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I28" s="3">
-        <v>21510128951</v>
+        <v>24370200837</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>49449841300041</v>
+        <v>43983139700039</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>87</v>
+        <v>111</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I29" s="3">
-        <v>32600349260</v>
+        <v>24370200837</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>49485540600018</v>
+        <v>44013802200049</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>115</v>
+        <v>36</v>
       </c>
       <c r="I30" s="3">
-        <v>11754197875</v>
+        <v>91300223230</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>49493651100026</v>
+        <v>44024385500028</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="D31" s="2" t="s">
+      <c r="D31" s="2"/>
+      <c r="E31" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="E31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I31" s="3">
-        <v>43250221625</v>
+        <v>31590599759</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>49493651100059</v>
+        <v>81890818800019</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I32" s="3">
-        <v>43250221625</v>
+        <v>44510195451</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>49836707700027</v>
+        <v>81945096600018</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D33" s="2" t="s">
+      <c r="D33" s="2"/>
+      <c r="E33" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I33" s="3">
-        <v>82730117373</v>
+        <v>11910895591</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>13000460900017</v>
+        <v>51908895900019</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>129</v>
+        <v>36</v>
       </c>
       <c r="I34" s="3">
-        <v>52490236949</v>
+        <v>84380699438</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>13002608100013</v>
+        <v>51913907500021</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>133</v>
+        <v>36</v>
       </c>
       <c r="I35" s="3">
-        <v>84380736438</v>
+        <v>72330862633</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>13002974700016</v>
+        <v>51914680700010</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="G36" s="2"/>
+        <v>127</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>133</v>
+      </c>
       <c r="H36" s="2" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>19141408500016</v>
+        <v>79534027200058</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>36</v>
+      </c>
+      <c r="I37" s="3">
+        <v>11757116575</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>19421095100431</v>
+        <v>79738597800029</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>36</v>
+      </c>
+      <c r="I38" s="3">
+        <v>24180108018</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>19594403800205</v>
+        <v>79763144700027</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>54</v>
+      </c>
+      <c r="I39" s="3">
+        <v>84420343542</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>19691775100014</v>
+        <v>79768156600049</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="G40" s="2"/>
+        <v>145</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>146</v>
+      </c>
       <c r="H40" s="2" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>19700827900022</v>
+        <v>79787923600033</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>36</v>
+      </c>
+      <c r="I41" s="3">
+        <v>93132451113</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>19752905000183</v>
+        <v>79812369100015</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>159</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>36</v>
+      </c>
+      <c r="I42" s="3">
+        <v>11755348775</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>34316677300022</v>
+        <v>79814920900016</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I43" s="3">
-        <v>75640438264</v>
+        <v>76310953031</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>34358867900021</v>
+        <v>30587453900060</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D44" s="2"/>
+        <v>156</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>157</v>
+      </c>
       <c r="E44" s="2" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="I44" s="3">
-        <v>31620039262</v>
+        <v>21510031351</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>34488281600053</v>
+        <v>31212555200124</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>161</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>162</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I45" s="3">
-        <v>72330128833</v>
+        <v>11753280275</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>34539593300046</v>
+        <v>31463514500027</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I46" s="3">
-        <v>93060554806</v>
+        <v>93130399413</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>34779594000043</v>
+        <v>31481869100094</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>178</v>
+        <v>117</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I47" s="3">
-        <v>11751349275</v>
+        <v>31590036659</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>34812741600058</v>
+        <v>32133707300043</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I48" s="3">
-        <v>52440113844</v>
+        <v>11750415675</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>34921510300038</v>
+        <v>32693006200145</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>184</v>
+        <v>173</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>187</v>
+        <v>22</v>
       </c>
       <c r="I49" s="3">
-        <v>93060727606</v>
+        <v>82690692669</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>34987195400021</v>
+        <v>33149757800046</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>188</v>
+        <v>176</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>189</v>
+        <v>177</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I50" s="3">
-        <v>53290117629</v>
+        <v>82690147869</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>35144743800026</v>
+        <v>33237704300051</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>193</v>
+        <v>180</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I51" s="3">
-        <v>91340149634</v>
+        <v>93840072284</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>37942530900026</v>
+        <v>33751741100019</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>197</v>
+        <v>183</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>198</v>
+        <v>184</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24450074745</v>
+        <v>36</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>185</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>38009664400022</v>
+        <v>33838083500037</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>187</v>
+        <v>54</v>
       </c>
       <c r="I53" s="3">
-        <v>93130394413</v>
+        <v>73310072231</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>38009664400055</v>
+        <v>33973827000174</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>202</v>
+        <v>190</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>18</v>
+        <v>192</v>
       </c>
       <c r="I54" s="3">
-        <v>93130394413</v>
+        <v>11752062375</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>38009664400063</v>
+        <v>34029140000018</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I55" s="3">
-        <v>93130394413</v>
+        <v>24370027737</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>38009664400071</v>
+        <v>34142426500062</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>18</v>
+        <v>199</v>
       </c>
       <c r="I56" s="3">
-        <v>93130394413</v>
+        <v>73310759231</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>38120054200037</v>
+        <v>34316677300022</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I57" s="3">
-        <v>11753922075</v>
+        <v>75640438264</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>38134586700075</v>
+        <v>34358867900021</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I58" s="3">
-        <v>11752503775</v>
+        <v>31620039262</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>38946108800046</v>
+        <v>34488281600053</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I59" s="3">
-        <v>72240062024</v>
+        <v>72330128833</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>39245336100033</v>
+        <v>34539593300046</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+        <v>209</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>210</v>
+      </c>
       <c r="E60" s="2" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>220</v>
+        <v>155</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I60" s="3">
-        <v>75170224617</v>
+        <v>93060554806</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>39314677400020</v>
+        <v>34779594000043</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>36</v>
+      </c>
+      <c r="I61" s="3">
+        <v>11751349275</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>39498299500042</v>
+        <v>34812741600058</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="G62" s="2"/>
+        <v>217</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>218</v>
+      </c>
       <c r="H62" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I62" s="3"/>
       <c r="J62" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>43047236500039</v>
+        <v>34921510300038</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>18</v>
+        <v>222</v>
       </c>
       <c r="I63" s="3">
-        <v>42670326867</v>
+        <v>93060727606</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>43131546400021</v>
+        <v>34987195400021</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I64" s="3">
-        <v>83630341963</v>
+        <v>53290117629</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>43259622900026</v>
+        <v>35144743800026</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="D65" s="2"/>
+        <v>226</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>227</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I65" s="3">
-        <v>72330545233</v>
+        <v>91340149634</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>43310986500033</v>
+        <v>37942530900026</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="D66" s="2"/>
+        <v>230</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>231</v>
+      </c>
       <c r="E66" s="2" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I66" s="3">
-        <v>93131016313</v>
+        <v>24450074745</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>43354908600018</v>
+        <v>38009664400022</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>24</v>
+        <v>222</v>
       </c>
       <c r="I67" s="3">
-        <v>93130991513</v>
+        <v>93130394413</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>43411361900119</v>
+        <v>38009664400055</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="D68" s="2"/>
+        <v>234</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>234</v>
+      </c>
       <c r="E68" s="2" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I68" s="3">
-        <v>53220704022</v>
+        <v>93130394413</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>43415437300063</v>
+        <v>38009664400063</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I69" s="3">
-        <v>11753463975</v>
+        <v>93130394413</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>43536017700016</v>
+        <v>38009664400071</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>252</v>
+        <v>240</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I70" s="3">
-        <v>93830318583</v>
+        <v>93130394413</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>43829073600018</v>
+        <v>38120054200037</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="G71" s="2"/>
+        <v>244</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>245</v>
+      </c>
       <c r="H71" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I71" s="3"/>
       <c r="J71" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>43859674400013</v>
+        <v>38134586700075</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I72" s="3">
-        <v>82740153174</v>
+        <v>11752503775</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>43885623900043</v>
+        <v>38946108800046</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="D73" s="2"/>
+        <v>249</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>250</v>
+      </c>
       <c r="E73" s="2" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I73" s="3">
-        <v>82740279674</v>
+        <v>72240062024</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>43912341500044</v>
+        <v>39245336100033</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I74" s="3">
-        <v>41540226254</v>
+        <v>75170224617</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>43912341500069</v>
+        <v>39314677400020</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>41540226254</v>
+        <v>36</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>259</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>43924456700020</v>
+        <v>39498299500042</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I76" s="3">
-        <v>43250180525</v>
+        <v>11755177475</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>43958761900024</v>
+        <v>40041942000023</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I77" s="3">
-        <v>53350712235</v>
+        <v>42670207067</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>43958761900032</v>
+        <v>40214815900013</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I78" s="3">
-        <v>53350712235</v>
+        <v>11780230178</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>43979560000014</v>
+        <v>40227696800110</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>24</v>
+        <v>272</v>
       </c>
       <c r="I79" s="3">
-        <v>82420145042</v>
+        <v>52440417344</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>43983139700021</v>
+        <v>40429571900029</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="G80" s="2"/>
+        <v>275</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>276</v>
+      </c>
       <c r="H80" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I80" s="3"/>
       <c r="J80" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>43983139700039</v>
+        <v>40538900800047</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="G81" s="2"/>
+        <v>279</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>280</v>
+      </c>
       <c r="H81" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I81" s="3"/>
       <c r="J81" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>44013802200049</v>
+        <v>40818282200051</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="F82" s="2" t="s">
         <v>283</v>
-      </c>
-[...7 lines deleted...]
-        <v>285</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="I82" s="3">
-        <v>91300223230</v>
+        <v>84740366874</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>44024385500028</v>
+        <v>40847211600016</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E83" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="D83" s="2"/>
-      <c r="E83" s="2" t="s">
+      <c r="F83" s="2" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I83" s="3">
-        <v>31590599759</v>
+        <v>11752668475</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>44108922400022</v>
+        <v>41005676600018</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F84" s="2" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I84" s="3">
-        <v>11921418392</v>
+        <v>52440274444</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>44170571200053</v>
+        <v>41028883100036</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>293</v>
       </c>
-      <c r="F85" s="2" t="s">
+      <c r="G85" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I85" s="3"/>
       <c r="J85" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>44242514600036</v>
+        <v>41028883100051</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>296</v>
-      </c>
-[...5 lines deleted...]
-        <v>298</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>295</v>
+        <v>36</v>
       </c>
       <c r="I86" s="3">
-        <v>75190110919</v>
+        <v>11950095495</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>44281441400037</v>
+        <v>41146353200043</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I87" s="3">
-        <v>82690764369</v>
+        <v>53290548129</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>44310583800033</v>
+        <v>41226820300038</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="F88" s="2" t="s">
         <v>302</v>
-      </c>
-[...5 lines deleted...]
-        <v>304</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>24</v>
+        <v>303</v>
       </c>
       <c r="I88" s="3">
-        <v>26210049021</v>
+        <v>24360051536</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>44310583800058</v>
+        <v>41328197300029</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
         <v>305</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>306</v>
       </c>
-      <c r="G89" s="2"/>
+      <c r="G89" s="2" t="s">
+        <v>294</v>
+      </c>
       <c r="H89" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="I89" s="3"/>
       <c r="J89" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>44343537500029</v>
+        <v>41366956500017</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>307</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
         <v>308</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>309</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I90" s="3">
-        <v>82260121026</v>
+        <v>24450160245</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>44415864600018</v>
+        <v>41405458500040</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="D91" s="2" t="s">
+      <c r="D91" s="2"/>
+      <c r="E91" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="E91" s="2" t="s">
+      <c r="F91" s="2" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I91" s="3">
-        <v>53560856056</v>
+        <v>11752895775</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>44430025500031</v>
+        <v>41432425100126</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E92" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="D92" s="2"/>
-      <c r="E92" s="2" t="s">
+      <c r="F92" s="2" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I92" s="3">
-        <v>11921435292</v>
+        <v>11921779392</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>44463245900020</v>
+        <v>41433817800026</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="F93" s="2" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I93" s="3">
-        <v>82691272369</v>
+        <v>82690654269</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>44499985800046</v>
+        <v>41487265500058</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>319</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>128</v>
+        <v>321</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I94" s="3"/>
       <c r="J94" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>44985200300028</v>
+        <v>41536948700053</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I95" s="3">
-        <v>53350775535</v>
+        <v>11754911175</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>45132558300032</v>
+        <v>41907900900041</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I96" s="3">
-        <v>93131143513</v>
+        <v>82691256969</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>45215527800032</v>
+        <v>41978929200036</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I97" s="3">
-        <v>23760361976</v>
+        <v>93050041705</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>45235951600021</v>
+        <v>42132913700028</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I98" s="3">
-        <v>11910566091</v>
+        <v>93131259713</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>77947062400023</v>
+        <v>42167434200025</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="D99" s="2"/>
+        <v>334</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>162</v>
+      </c>
       <c r="E99" s="2" t="s">
-        <v>334</v>
+        <v>163</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>115</v>
+        <v>36</v>
       </c>
       <c r="I99" s="3">
-        <v>82260019426</v>
+        <v>11755604475</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>78028828800019</v>
+        <v>42272629900049</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>336</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
         <v>337</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>338</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>339</v>
+        <v>36</v>
       </c>
       <c r="I100" s="3">
-        <v>21080007708</v>
+        <v>42670274567</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>78050734900048</v>
+        <v>42408630400013</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="F101" s="2" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I101" s="3">
-        <v>22600001660</v>
+        <v>91340420534</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>78050734900097</v>
+        <v>42894787300082</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="D102" s="2"/>
+        <v>342</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>343</v>
+      </c>
       <c r="E102" s="2" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I102" s="3">
-        <v>22600001660</v>
+        <v>53290964629</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>78050734900113</v>
+        <v>43047236500039</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="D103" s="2"/>
+        <v>346</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>347</v>
+      </c>
       <c r="E103" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I103" s="3">
-        <v>22600001660</v>
+        <v>42670326867</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>78050734900121</v>
+        <v>43131546400021</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="D104" s="2"/>
+        <v>350</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E104" s="2" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>79</v>
+        <v>352</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I104" s="3">
-        <v>22600001660</v>
+        <v>83630341963</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>78050734900139</v>
+        <v>43259622900026</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>340</v>
+        <v>353</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>79</v>
+        <v>355</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I105" s="3">
-        <v>22600001660</v>
+        <v>72330545233</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>78050734900147</v>
+        <v>43310986500033</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>340</v>
+        <v>356</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>79</v>
+        <v>358</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I106" s="3">
-        <v>22600001660</v>
+        <v>93131016313</v>
       </c>
       <c r="J106" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>78050734900154</v>
+        <v>43354908600018</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>340</v>
+        <v>359</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>79</v>
+        <v>361</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I107" s="3">
-        <v>22600001660</v>
+        <v>93130991513</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>78173357100033</v>
+        <v>43411361900119</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>353</v>
+        <v>364</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I108" s="3">
-        <v>72240160524</v>
+        <v>53220704022</v>
       </c>
       <c r="J108" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>78422661500036</v>
+        <v>43415437300063</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>354</v>
+        <v>365</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>355</v>
+        <v>366</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I109" s="3">
-        <v>11750128575</v>
+        <v>11753463975</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>78515062400365</v>
+        <v>43536017700016</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>357</v>
+        <v>368</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>358</v>
+        <v>369</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I110" s="3">
-        <v>11753852175</v>
+        <v>93830318583</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>78837731500031</v>
+        <v>43829073600018</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>360</v>
+        <v>371</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>361</v>
+        <v>372</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>362</v>
+        <v>373</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>363</v>
+        <v>374</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>115</v>
+        <v>36</v>
       </c>
       <c r="I111" s="3">
-        <v>84380734338</v>
+        <v>93131034313</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>78975846300028</v>
+        <v>44108922400022</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>364</v>
+        <v>375</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>365</v>
+        <v>376</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>366</v>
+        <v>377</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I112" s="3">
-        <v>11941136894</v>
+        <v>11921418392</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>79179462100015</v>
+        <v>44170571200053</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>367</v>
+        <v>378</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>368</v>
+        <v>379</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>369</v>
+        <v>380</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>24</v>
+        <v>303</v>
       </c>
       <c r="I113" s="3">
-        <v>82420254242</v>
+        <v>75400130940</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>79188296200040</v>
+        <v>44242514600036</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>370</v>
+        <v>381</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>372</v>
+        <v>383</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I114" s="3"/>
+        <v>303</v>
+      </c>
+      <c r="I114" s="3">
+        <v>75190110919</v>
+      </c>
       <c r="J114" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>79196567600020</v>
+        <v>44281441400037</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>373</v>
+        <v>384</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>375</v>
+        <v>386</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I115" s="3">
-        <v>75331026533</v>
+        <v>82690764369</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>79276787300039</v>
+        <v>44310583800033</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>376</v>
+        <v>387</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>377</v>
+        <v>388</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>378</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I116" s="3">
-        <v>93060716006</v>
+        <v>26210049021</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>79286778000027</v>
+        <v>44310583800058</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I117" s="3">
-        <v>76310876331</v>
+        <v>26210049021</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>79420720900030</v>
+        <v>44343537500029</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I118" s="3">
-        <v>76340928134</v>
+        <v>82260121026</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>79432806200029</v>
+        <v>44415864600018</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="D119" s="2"/>
+        <v>395</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>396</v>
+      </c>
       <c r="E119" s="2" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I119" s="3">
-        <v>82691426169</v>
+        <v>53560856056</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>79501557700013</v>
+        <v>44430025500031</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>176</v>
+        <v>401</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>391</v>
+        <v>36</v>
       </c>
       <c r="I120" s="3">
-        <v>84691556669</v>
+        <v>11921435292</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>79534027200058</v>
+        <v>44463245900020</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I121" s="3">
-        <v>11757116575</v>
+        <v>82691272369</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>79738597800029</v>
+        <v>44499985800046</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>397</v>
+        <v>16</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I122" s="3">
-        <v>24180108018</v>
+        <v>83630360563</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>79763144700027</v>
+        <v>44985200300028</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>399</v>
+        <v>408</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I123" s="3">
-        <v>84420343542</v>
+        <v>53350775535</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>79768156600049</v>
+        <v>45132558300032</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>403</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I124" s="3">
-        <v>11940883294</v>
+        <v>93131143513</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>79812369100015</v>
+        <v>45215527800032</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I125" s="3">
-        <v>11755348775</v>
+        <v>23760361976</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>79814920900016</v>
+        <v>45235951600021</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>176</v>
+        <v>417</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I126" s="3">
-        <v>76310953031</v>
+        <v>11910566091</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>79896496100014</v>
+        <v>47843034100014</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>67</v>
+        <v>421</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I127" s="3">
-        <v>91340818134</v>
+        <v>11780808278</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>79896496100022</v>
+        <v>47878653600019</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>412</v>
+        <v>423</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I128" s="3">
-        <v>91340818134</v>
+        <v>91340561934</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>79925606000036</v>
+        <v>48040593500010</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>416</v>
+        <v>427</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I129" s="3">
-        <v>52490362849</v>
+        <v>93131199013</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>79930772300012</v>
+        <v>48060187100019</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>417</v>
-[...3 lines deleted...]
-      </c>
+        <v>428</v>
+      </c>
+      <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>418</v>
+        <v>429</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I130" s="3">
-        <v>52490304149</v>
+        <v>82740188574</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>30587453900060</v>
+        <v>48079792700039</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>431</v>
+      </c>
+      <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>115</v>
+        <v>36</v>
       </c>
       <c r="I131" s="3">
-        <v>21510031351</v>
+        <v>11755388575</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>31212555200124</v>
+        <v>48154142300028</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>434</v>
+      </c>
+      <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I132" s="3">
-        <v>11753280275</v>
+        <v>11753951275</v>
       </c>
       <c r="J132" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>31463514500027</v>
+        <v>48214884800013</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="D133" s="2"/>
+        <v>437</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E133" s="2" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>431</v>
-[...1 lines deleted...]
-      <c r="G133" s="2"/>
+        <v>439</v>
+      </c>
+      <c r="G133" s="2" t="s">
+        <v>440</v>
+      </c>
       <c r="H133" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I133" s="3"/>
       <c r="J133" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>31481869100094</v>
+        <v>48347943200039</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>287</v>
+        <v>442</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I134" s="3">
-        <v>31590036659</v>
+        <v>73310639731</v>
       </c>
       <c r="J134" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>32133707300043</v>
+        <v>48365186500014</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>435</v>
+        <v>445</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>436</v>
+        <v>446</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I135" s="3">
-        <v>11750415675</v>
+        <v>11921537092</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M135" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>32693006200145</v>
+        <v>48426285200037</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="D136" s="2"/>
+        <v>447</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>448</v>
+      </c>
       <c r="E136" s="2" t="s">
-        <v>438</v>
+        <v>449</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G136" s="2"/>
+        <v>450</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>451</v>
+      </c>
       <c r="H136" s="2" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I136" s="3"/>
       <c r="J136" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M136" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>33149757800046</v>
+        <v>48461801200054</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>442</v>
-[...1 lines deleted...]
-      <c r="G137" s="2"/>
+        <v>454</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>455</v>
+      </c>
       <c r="H137" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I137" s="3"/>
       <c r="J137" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M137" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>33237704300051</v>
+        <v>48477204100048</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>443</v>
+        <v>456</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I138" s="3">
-        <v>93840072284</v>
+        <v>82730136673</v>
       </c>
       <c r="J138" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L138" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>33751741100019</v>
+        <v>48812143500025</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>447</v>
+        <v>460</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>448</v>
+        <v>461</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I139" s="3">
-        <v>11751059475</v>
+        <v>11940679894</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>33838083500037</v>
+        <v>48828076900024</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>449</v>
-[...1 lines deleted...]
-      <c r="D140" s="2"/>
+        <v>462</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>463</v>
+      </c>
       <c r="E140" s="2" t="s">
-        <v>450</v>
+        <v>464</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>451</v>
+        <v>465</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I140" s="3">
-        <v>73310072231</v>
+        <v>41540248154</v>
       </c>
       <c r="J140" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>33973827000174</v>
+        <v>48853727500049</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>452</v>
+        <v>466</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>453</v>
+        <v>467</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>454</v>
+        <v>468</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>455</v>
+        <v>54</v>
       </c>
       <c r="I141" s="3">
-        <v>11752062375</v>
+        <v>82690922169</v>
       </c>
       <c r="J141" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>34029140000018</v>
+        <v>48889694500034</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>458</v>
+        <v>471</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I142" s="3">
-        <v>24370027737</v>
+        <v>11921686792</v>
       </c>
       <c r="J142" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>50031432300014</v>
+        <v>48965337800013</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>459</v>
-[...3 lines deleted...]
-      </c>
+        <v>472</v>
+      </c>
+      <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>462</v>
+        <v>404</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I143" s="3">
-        <v>82380445538</v>
+        <v>73460031746</v>
       </c>
       <c r="J143" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>50061789900017</v>
+        <v>48971972400036</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>463</v>
-[...3 lines deleted...]
-      </c>
+        <v>474</v>
+      </c>
+      <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>465</v>
+        <v>475</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>466</v>
+        <v>476</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I144" s="3">
-        <v>82380420838</v>
+        <v>11921560192</v>
       </c>
       <c r="J144" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>50208380100030</v>
+        <v>49066230100020</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>469</v>
+        <v>479</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I145" s="3">
-        <v>11921648892</v>
+        <v>11754100875</v>
       </c>
       <c r="J145" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>50215377800027</v>
+        <v>49115673300033</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>133</v>
+        <v>36</v>
       </c>
       <c r="I146" s="3">
-        <v>82690113169</v>
+        <v>23270140627</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>50248930500016</v>
+        <v>49117331600051</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I147" s="3">
-        <v>93131289013</v>
+        <v>32600328160</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>50336080200055</v>
+        <v>49134717500037</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>261</v>
+        <v>488</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I148" s="3">
-        <v>54860105586</v>
+        <v>11754440975</v>
       </c>
       <c r="J148" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M148" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>50336080200063</v>
+        <v>49389365500032</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>476</v>
-[...1 lines deleted...]
-      <c r="D149" s="2"/>
+        <v>489</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>490</v>
+      </c>
       <c r="E149" s="2" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>479</v>
+        <v>492</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I149" s="3"/>
       <c r="J149" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>50336080200071</v>
+        <v>49431318200011</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>476</v>
-[...1 lines deleted...]
-      <c r="D150" s="2"/>
+        <v>493</v>
+      </c>
+      <c r="D150" s="2" t="s">
+        <v>494</v>
+      </c>
       <c r="E150" s="2" t="s">
-        <v>480</v>
+        <v>495</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>481</v>
+        <v>496</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I150" s="3">
-        <v>54860105586</v>
+        <v>21510128951</v>
       </c>
       <c r="J150" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M150" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>50352644400040</v>
+        <v>49449841300041</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>484</v>
+        <v>498</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I151" s="3">
-        <v>11754302975</v>
+        <v>32600349260</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M151" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>50394277300014</v>
+        <v>49485540600018</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D152" s="2"/>
+        <v>499</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>499</v>
+      </c>
       <c r="E152" s="2" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>487</v>
+        <v>501</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>18</v>
+        <v>160</v>
       </c>
       <c r="I152" s="3">
-        <v>53290909729</v>
+        <v>11754197875</v>
       </c>
       <c r="J152" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>50419763300028</v>
+        <v>49493651100026</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>488</v>
-[...1 lines deleted...]
-      <c r="D153" s="2"/>
+        <v>502</v>
+      </c>
+      <c r="D153" s="2" t="s">
+        <v>372</v>
+      </c>
       <c r="E153" s="2" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>490</v>
-[...3 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I153" s="3">
-        <v>11754411675</v>
+        <v>43250221625</v>
       </c>
       <c r="J153" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M153" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>50419763300036</v>
+        <v>49493651100059</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>488</v>
-[...1 lines deleted...]
-      <c r="D154" s="2"/>
+        <v>502</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E154" s="2" t="s">
-        <v>492</v>
+        <v>505</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>493</v>
+        <v>506</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I154" s="3">
-        <v>11754411675</v>
+        <v>43250221625</v>
       </c>
       <c r="J154" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>50419763300044</v>
+        <v>49836707700027</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>488</v>
-[...1 lines deleted...]
-      <c r="D155" s="2"/>
+        <v>507</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>508</v>
+      </c>
       <c r="E155" s="2" t="s">
-        <v>494</v>
+        <v>509</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>491</v>
+        <v>510</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I155" s="3">
-        <v>11754411675</v>
+        <v>82730117373</v>
       </c>
       <c r="J155" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M155" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>50510207900033</v>
+        <v>50031432300014</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="D156" s="2"/>
+        <v>511</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>512</v>
+      </c>
       <c r="E156" s="2" t="s">
-        <v>496</v>
+        <v>513</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>497</v>
+        <v>514</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I156" s="3">
-        <v>52720125372</v>
+        <v>82380445538</v>
       </c>
       <c r="J156" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M156" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>50810258900019</v>
+        <v>50061789900017</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>498</v>
-[...1 lines deleted...]
-      <c r="D157" s="2"/>
+        <v>515</v>
+      </c>
+      <c r="D157" s="2" t="s">
+        <v>516</v>
+      </c>
       <c r="E157" s="2" t="s">
-        <v>499</v>
+        <v>517</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>500</v>
+        <v>518</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I157" s="3">
-        <v>42670404467</v>
+        <v>82380420838</v>
       </c>
       <c r="J157" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L157" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M157" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>50838425200013</v>
+        <v>50208380100030</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>501</v>
+        <v>519</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>503</v>
+        <v>521</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I158" s="3">
-        <v>23760440276</v>
+        <v>11921648892</v>
       </c>
       <c r="J158" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L158" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>50857207000037</v>
+        <v>50215377800027</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>504</v>
-[...3 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>506</v>
+        <v>523</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="I159" s="3">
-        <v>11788129378</v>
+        <v>82690113169</v>
       </c>
       <c r="J159" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>50882364800011</v>
+        <v>50248930500016</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>508</v>
+        <v>525</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>509</v>
+        <v>526</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>510</v>
+        <v>527</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>295</v>
+        <v>36</v>
       </c>
       <c r="I160" s="3">
-        <v>93840304084</v>
+        <v>93131289013</v>
       </c>
       <c r="J160" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L160" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>50929737000025</v>
+        <v>50336080200055</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>511</v>
-[...3 lines deleted...]
-      </c>
+        <v>528</v>
+      </c>
+      <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>513</v>
+        <v>529</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>187</v>
+        <v>36</v>
       </c>
       <c r="I161" s="3">
-        <v>72330821333</v>
+        <v>54860105586</v>
       </c>
       <c r="J161" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L161" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M161" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>50971569400022</v>
+        <v>50336080200063</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I162" s="3">
-        <v>54170138217</v>
+        <v>54860105586</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K162" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M162" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>50973465300017</v>
+        <v>50336080200071</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>517</v>
+        <v>528</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>518</v>
+        <v>532</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>519</v>
+        <v>533</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I163" s="3">
-        <v>72330759433</v>
+        <v>54860105586</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K163" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L163" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M163" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>51068964900034</v>
+        <v>50352644400040</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>520</v>
+        <v>534</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>521</v>
+        <v>535</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>522</v>
+        <v>536</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>295</v>
+        <v>36</v>
       </c>
       <c r="I164" s="3">
-        <v>11754655675</v>
+        <v>11754302975</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M164" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>51073703400015</v>
+        <v>50394277300014</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>523</v>
+        <v>537</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>524</v>
+        <v>538</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>525</v>
+        <v>539</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I165" s="3">
-        <v>24180092918</v>
+        <v>53290909729</v>
       </c>
       <c r="J165" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>51088321800032</v>
+        <v>50419763300028</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>526</v>
-[...3 lines deleted...]
-      </c>
+        <v>540</v>
+      </c>
+      <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>528</v>
+        <v>541</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="G166" s="2"/>
+        <v>542</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>543</v>
+      </c>
       <c r="H166" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I166" s="3"/>
       <c r="J166" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L166" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>51090976500032</v>
+        <v>50419763300036</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>531</v>
+        <v>544</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>532</v>
+        <v>545</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>187</v>
+        <v>54</v>
       </c>
       <c r="I167" s="3">
-        <v>91340767734</v>
+        <v>11754411675</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L167" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M167" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>51102076000019</v>
+        <v>50419763300044</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>534</v>
+        <v>546</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I168" s="3">
-        <v>11922550792</v>
+        <v>11754411675</v>
       </c>
       <c r="J168" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L168" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M168" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>51122788600013</v>
+        <v>50510207900033</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>536</v>
-[...3 lines deleted...]
-      </c>
+        <v>547</v>
+      </c>
+      <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>538</v>
+        <v>549</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I169" s="3">
-        <v>82730128873</v>
+        <v>52720125372</v>
       </c>
       <c r="J169" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>51136363200056</v>
+        <v>50810258900019</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>539</v>
+        <v>550</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>540</v>
+        <v>551</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>326</v>
-[...3 lines deleted...]
-      </c>
+        <v>552</v>
+      </c>
+      <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I170" s="3">
-        <v>72330774333</v>
+        <v>42670404467</v>
       </c>
       <c r="J170" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M170" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>51177043000037</v>
+        <v>50838425200013</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>542</v>
+        <v>553</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>543</v>
+        <v>554</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>544</v>
+        <v>555</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I171" s="3">
-        <v>82691046969</v>
+        <v>23760440276</v>
       </c>
       <c r="J171" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K171" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L171" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M171" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>51221817300015</v>
+        <v>50857207000037</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>545</v>
-[...1 lines deleted...]
-      <c r="D172" s="2"/>
+        <v>556</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>557</v>
+      </c>
       <c r="E172" s="2" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I172" s="3">
-        <v>43390085939</v>
+        <v>11788129378</v>
       </c>
       <c r="J172" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L172" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M172" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>51274057200031</v>
+        <v>50882364800011</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>550</v>
+        <v>562</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>24</v>
+        <v>303</v>
       </c>
       <c r="I173" s="3">
-        <v>73310541831</v>
+        <v>93840304084</v>
       </c>
       <c r="J173" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>51278608800033</v>
+        <v>50929737000025</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>551</v>
-[...1 lines deleted...]
-      <c r="D174" s="2"/>
+        <v>563</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>564</v>
+      </c>
       <c r="E174" s="2" t="s">
-        <v>552</v>
+        <v>565</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>227</v>
+        <v>498</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>24</v>
+        <v>222</v>
       </c>
       <c r="I174" s="3">
-        <v>73310642431</v>
+        <v>72330821333</v>
       </c>
       <c r="J174" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L174" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>51284564500013</v>
+        <v>50971569400022</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>553</v>
-[...3 lines deleted...]
-      </c>
+        <v>566</v>
+      </c>
+      <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>556</v>
+        <v>568</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>391</v>
+        <v>54</v>
       </c>
       <c r="I175" s="3">
-        <v>26710200671</v>
+        <v>54170138217</v>
       </c>
       <c r="J175" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>51285889500026</v>
+        <v>50973465300017</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I176" s="3">
-        <v>84380634138</v>
+        <v>72330759433</v>
       </c>
       <c r="J176" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K176" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L176" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M176" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>51370368600016</v>
+        <v>51068964900034</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>24</v>
+        <v>303</v>
       </c>
       <c r="I177" s="3">
-        <v>91340670034</v>
+        <v>11754655675</v>
       </c>
       <c r="J177" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L177" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M177" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>51411872800013</v>
+        <v>51073703400015</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>563</v>
-[...3 lines deleted...]
-      </c>
+        <v>575</v>
+      </c>
+      <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>565</v>
+        <v>576</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>566</v>
+        <v>577</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I178" s="3">
-        <v>52850145585</v>
+        <v>24180092918</v>
       </c>
       <c r="J178" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L178" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M178" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>51412431200026</v>
+        <v>51088321800032</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>567</v>
-[...1 lines deleted...]
-      <c r="D179" s="2"/>
+        <v>578</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>579</v>
+      </c>
       <c r="E179" s="2" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>569</v>
+        <v>581</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I179" s="3">
-        <v>72330912033</v>
+        <v>91340658234</v>
       </c>
       <c r="J179" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L179" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M179" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>51416930900036</v>
+        <v>51090976500032</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>570</v>
-[...3 lines deleted...]
-      </c>
+        <v>582</v>
+      </c>
+      <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>572</v>
+        <v>583</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>18</v>
+        <v>222</v>
       </c>
       <c r="I180" s="3">
-        <v>24280210728</v>
+        <v>91340767734</v>
       </c>
       <c r="J180" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K180" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L180" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>51502077400011</v>
+        <v>51102076000019</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>585</v>
+      </c>
+      <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>566</v>
-[...3 lines deleted...]
-      </c>
+        <v>587</v>
+      </c>
+      <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I181" s="3">
-        <v>82010159701</v>
+        <v>11922550792</v>
       </c>
       <c r="J181" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K181" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L181" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M181" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>51740263200031</v>
+        <v>51122788600013</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="D182" s="2"/>
+        <v>588</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>372</v>
+      </c>
       <c r="E182" s="2" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I182" s="3">
-        <v>44680301468</v>
+        <v>82730128873</v>
       </c>
       <c r="J182" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L182" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M182" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>51908895900019</v>
+        <v>51136363200056</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="G183" s="2"/>
+        <v>78</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>593</v>
+      </c>
       <c r="H183" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I183" s="3"/>
       <c r="J183" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L183" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M183" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>51913907500021</v>
+        <v>51177043000037</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I184" s="3">
-        <v>72330862633</v>
+        <v>82691046969</v>
       </c>
       <c r="J184" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L184" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M184" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>51914680700010</v>
+        <v>51221817300015</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>599</v>
+      </c>
+      <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I185" s="3">
-        <v>11921756392</v>
+        <v>43390085939</v>
       </c>
       <c r="J185" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L185" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M185" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>52016517600014</v>
+        <v>51274057200031</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I186" s="3">
-        <v>84010193401</v>
+        <v>73310541831</v>
       </c>
       <c r="J186" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L186" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M186" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>52024943400025</v>
+        <v>51278608800033</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>595</v>
+        <v>262</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I187" s="3">
-        <v>72470105147</v>
+        <v>73310642431</v>
       </c>
       <c r="J187" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L187" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M187" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>52071784400010</v>
+        <v>51284564500013</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>596</v>
-[...1 lines deleted...]
-      <c r="D188" s="2"/>
+        <v>605</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>606</v>
+      </c>
       <c r="E188" s="2" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>18</v>
+        <v>609</v>
       </c>
       <c r="I188" s="3">
-        <v>82691100069</v>
+        <v>26710200671</v>
       </c>
       <c r="J188" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K188" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L188" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M188" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>52076297200039</v>
+        <v>51285889500026</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>599</v>
+        <v>610</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>600</v>
+        <v>611</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>601</v>
+        <v>612</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I189" s="3">
-        <v>11754612175</v>
+        <v>84380634138</v>
       </c>
       <c r="J189" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K189" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L189" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M189" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>52106722300011</v>
+        <v>51370368600016</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>602</v>
-[...3 lines deleted...]
-      </c>
+        <v>613</v>
+      </c>
+      <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>583</v>
+        <v>615</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>605</v>
+        <v>36</v>
       </c>
       <c r="I190" s="3">
-        <v>93840324784</v>
+        <v>91340670034</v>
       </c>
       <c r="J190" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K190" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L190" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M190" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>52108731200026</v>
+        <v>51411872800013</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
       <c r="D191" s="2" t="s">
-        <v>607</v>
+        <v>617</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I191" s="3">
-        <v>91340745234</v>
+        <v>52850145585</v>
       </c>
       <c r="J191" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K191" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L191" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M191" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>52108731200034</v>
+        <v>51412431200026</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>606</v>
-[...3 lines deleted...]
-      </c>
+        <v>620</v>
+      </c>
+      <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>610</v>
+        <v>621</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>176</v>
+        <v>622</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I192" s="3">
-        <v>91340745234</v>
+        <v>72330912033</v>
       </c>
       <c r="J192" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K192" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L192" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M192" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>52137814100027</v>
+        <v>51416930900036</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="D193" s="2" t="s">
-        <v>612</v>
+        <v>624</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>613</v>
+        <v>625</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>614</v>
+        <v>626</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I193" s="3">
-        <v>76341044834</v>
+        <v>24280210728</v>
       </c>
       <c r="J193" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K193" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L193" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M193" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>52194338100058</v>
+        <v>51502077400011</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>615</v>
-[...1 lines deleted...]
-      <c r="D194" s="2"/>
+        <v>627</v>
+      </c>
+      <c r="D194" s="2" t="s">
+        <v>628</v>
+      </c>
       <c r="E194" s="2" t="s">
-        <v>616</v>
+        <v>629</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>617</v>
-[...1 lines deleted...]
-      <c r="G194" s="2"/>
+        <v>619</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>630</v>
+      </c>
       <c r="H194" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="I194" s="3"/>
       <c r="J194" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L194" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M194" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>52222687700036</v>
+        <v>51740263200031</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>618</v>
+        <v>631</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>619</v>
+        <v>632</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>620</v>
+        <v>633</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I195" s="3">
-        <v>52490359649</v>
+        <v>44680301468</v>
       </c>
       <c r="J195" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L195" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M195" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>52240758400013</v>
+        <v>51769619100025</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>621</v>
+        <v>634</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>622</v>
+        <v>635</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>623</v>
-[...1 lines deleted...]
-      <c r="G196" s="2"/>
+        <v>636</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>637</v>
+      </c>
       <c r="H196" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I196" s="3"/>
       <c r="J196" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K196" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L196" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M196" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>52360962600024</v>
+        <v>51775573200024</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>624</v>
-[...1 lines deleted...]
-      <c r="D197" s="2"/>
+        <v>638</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>639</v>
+      </c>
       <c r="E197" s="2" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>626</v>
+        <v>641</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I197" s="3">
-        <v>82010133901</v>
+        <v>52490253949</v>
       </c>
       <c r="J197" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K197" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L197" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M197" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>52372558800017</v>
+        <v>51775573200040</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="D198" s="2"/>
+        <v>638</v>
+      </c>
+      <c r="D198" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E198" s="2" t="s">
-        <v>628</v>
+        <v>642</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>629</v>
+        <v>643</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>24</v>
+        <v>222</v>
       </c>
       <c r="I198" s="3">
-        <v>28270223027</v>
+        <v>52490253949</v>
       </c>
       <c r="J198" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L198" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M198" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>52391127900025</v>
+        <v>52016517600014</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>630</v>
+        <v>644</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>631</v>
+        <v>645</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>632</v>
+        <v>646</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I199" s="3">
-        <v>41540286154</v>
+        <v>84010193401</v>
       </c>
       <c r="J199" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K199" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L199" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M199" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>52431136200015</v>
+        <v>52024943400025</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>647</v>
+      </c>
+      <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>634</v>
+        <v>648</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>497</v>
+        <v>649</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I200" s="3">
-        <v>22600244860</v>
+        <v>72470105147</v>
       </c>
       <c r="J200" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K200" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L200" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M200" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>52435043600027</v>
+        <v>52071784400010</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>635</v>
+        <v>650</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>636</v>
+        <v>651</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>637</v>
+        <v>652</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I201" s="3">
-        <v>54170143317</v>
+        <v>82691100069</v>
       </c>
       <c r="J201" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L201" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M201" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>52446391600022</v>
+        <v>52076297200039</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>638</v>
+        <v>653</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
-        <v>639</v>
+        <v>654</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>640</v>
+        <v>655</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>641</v>
+        <v>36</v>
       </c>
       <c r="I202" s="3">
-        <v>73310752631</v>
+        <v>11754612175</v>
       </c>
       <c r="J202" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K202" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L202" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M202" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>52446957400015</v>
+        <v>52106722300011</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>642</v>
+        <v>656</v>
       </c>
       <c r="D203" s="2" t="s">
-        <v>426</v>
+        <v>657</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>643</v>
+        <v>658</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>644</v>
+        <v>127</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>24</v>
+        <v>659</v>
       </c>
       <c r="I203" s="3">
-        <v>72330810633</v>
+        <v>93840324784</v>
       </c>
       <c r="J203" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K203" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L203" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M203" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>52465887900027</v>
+        <v>52108731200026</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>645</v>
-[...1 lines deleted...]
-      <c r="D204" s="2"/>
+        <v>660</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>661</v>
+      </c>
       <c r="E204" s="2" t="s">
-        <v>646</v>
+        <v>662</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>647</v>
+        <v>663</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I204" s="3">
-        <v>24450327445</v>
+        <v>91340745234</v>
       </c>
       <c r="J204" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K204" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L204" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M204" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>52478575500066</v>
+        <v>52108731200034</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>648</v>
-[...1 lines deleted...]
-      <c r="D205" s="2"/>
+        <v>660</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>661</v>
+      </c>
       <c r="E205" s="2" t="s">
-        <v>649</v>
+        <v>664</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>650</v>
+        <v>155</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I205" s="3">
-        <v>73310576231</v>
+        <v>91340745234</v>
       </c>
       <c r="J205" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K205" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L205" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M205" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>52482100600029</v>
+        <v>52137814100027</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="D206" s="2"/>
+        <v>665</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>666</v>
+      </c>
       <c r="E206" s="2" t="s">
-        <v>652</v>
+        <v>667</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>653</v>
+        <v>668</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I206" s="3">
-        <v>91340736934</v>
+        <v>76341044834</v>
       </c>
       <c r="J206" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K206" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L206" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M206" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>52484584900032</v>
+        <v>52194338100058</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>654</v>
+        <v>669</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>655</v>
+        <v>670</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>656</v>
+        <v>671</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I207" s="3">
-        <v>44540361754</v>
+        <v>82691309369</v>
       </c>
       <c r="J207" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K207" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L207" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M207" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>52748137800026</v>
+        <v>52222687700036</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>657</v>
-[...3 lines deleted...]
-      </c>
+        <v>672</v>
+      </c>
+      <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>658</v>
+        <v>673</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>659</v>
+        <v>674</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I208" s="3">
-        <v>31590888259</v>
+        <v>52490359649</v>
       </c>
       <c r="J208" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K208" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L208" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M208" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>52766134200024</v>
+        <v>52240758400013</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>660</v>
+        <v>675</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>661</v>
+        <v>676</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>662</v>
+        <v>677</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I209" s="3">
-        <v>84691507369</v>
+        <v>76300442330</v>
       </c>
       <c r="J209" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K209" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L209" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M209" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>52816492400011</v>
+        <v>52360962600024</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I210" s="3">
-        <v>91340803234</v>
+        <v>82010133901</v>
       </c>
       <c r="J210" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K210" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L210" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M210" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>52941724800026</v>
+        <v>52372558800017</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>666</v>
+        <v>681</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>667</v>
+        <v>682</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I211" s="3">
-        <v>28760571876</v>
+        <v>28270223027</v>
       </c>
       <c r="J211" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K211" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L211" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M211" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>52971828000025</v>
+        <v>52391127900025</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>669</v>
+        <v>684</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>670</v>
+        <v>685</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>671</v>
+        <v>686</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I212" s="3">
-        <v>42680209668</v>
+        <v>41540286154</v>
       </c>
       <c r="J212" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K212" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L212" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M212" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>53161648000046</v>
+        <v>52431136200015</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>672</v>
+        <v>687</v>
       </c>
       <c r="D213" s="2" t="s">
-        <v>672</v>
+        <v>687</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>673</v>
+        <v>688</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>674</v>
+        <v>549</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I213" s="3">
-        <v>25140242014</v>
+        <v>22600244860</v>
       </c>
       <c r="J213" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K213" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L213" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M213" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>53305326000014</v>
+        <v>52435043600027</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>675</v>
+        <v>689</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>676</v>
+        <v>690</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>678</v>
+        <v>54</v>
       </c>
       <c r="I214" s="3">
-        <v>53290851129</v>
+        <v>54170143317</v>
       </c>
       <c r="J214" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L214" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M214" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>53338783300023</v>
+        <v>52446391600022</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>679</v>
+        <v>692</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>680</v>
+        <v>693</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>681</v>
+        <v>694</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>24</v>
+        <v>695</v>
       </c>
       <c r="I215" s="3">
-        <v>52850156985</v>
+        <v>73310752631</v>
       </c>
       <c r="J215" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K215" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L215" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M215" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>53762577400030</v>
+        <v>52446957400015</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>682</v>
-[...1 lines deleted...]
-      <c r="D216" s="2"/>
+        <v>696</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>162</v>
+      </c>
       <c r="E216" s="2" t="s">
-        <v>683</v>
+        <v>697</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>684</v>
+        <v>698</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I216" s="3">
-        <v>93060789706</v>
+        <v>72330810633</v>
       </c>
       <c r="J216" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L216" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>53867940800020</v>
+        <v>52465887900027</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>686</v>
+        <v>700</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>687</v>
+        <v>701</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I217" s="3">
-        <v>11922525392</v>
+        <v>24450327445</v>
       </c>
       <c r="J217" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L217" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M217" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>53965892200015</v>
+        <v>52478575500066</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>688</v>
-[...3 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>689</v>
+        <v>703</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>690</v>
+        <v>704</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>641</v>
+        <v>36</v>
       </c>
       <c r="I218" s="3">
-        <v>93060695606</v>
+        <v>73310576231</v>
       </c>
       <c r="J218" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L218" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M218" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>74986551500037</v>
+        <v>52482100600029</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>691</v>
+        <v>705</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>692</v>
+        <v>706</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I219" s="3">
-        <v>11755164375</v>
+        <v>91340736934</v>
       </c>
       <c r="J219" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K219" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L219" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M219" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>75013421500029</v>
+        <v>52484584900032</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>695</v>
+        <v>709</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>696</v>
+        <v>710</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I220" s="3">
-        <v>82730150173</v>
+        <v>44540361754</v>
       </c>
       <c r="J220" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K220" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L220" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M220" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>75025369200040</v>
+        <v>52748137800026</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>697</v>
+        <v>711</v>
       </c>
       <c r="D221" s="2" t="s">
-        <v>698</v>
+        <v>67</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>699</v>
+        <v>712</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>700</v>
+        <v>713</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I221" s="3">
-        <v>72330872233</v>
+        <v>31590888259</v>
       </c>
       <c r="J221" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L221" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M221" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>75034676900037</v>
+        <v>52766134200024</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>701</v>
+        <v>714</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
-        <v>702</v>
+        <v>715</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>703</v>
+        <v>716</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I222" s="3">
-        <v>93840337884</v>
+        <v>84691507369</v>
       </c>
       <c r="J222" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K222" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L222" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M222" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>75258454000021</v>
+        <v>52816492400011</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>704</v>
+        <v>717</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>705</v>
+        <v>718</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>706</v>
+        <v>719</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I223" s="3">
-        <v>25500111150</v>
+        <v>91340803234</v>
       </c>
       <c r="J223" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K223" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L223" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M223" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>75267915900018</v>
+        <v>52941724800026</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>707</v>
+        <v>720</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
-        <v>708</v>
+        <v>721</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>569</v>
+        <v>722</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I224" s="3">
-        <v>24370432237</v>
+        <v>28760571876</v>
       </c>
       <c r="J224" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K224" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L224" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M224" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>75280068000015</v>
+        <v>52971828000025</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>709</v>
-[...3 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
-        <v>710</v>
+        <v>724</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>711</v>
+        <v>725</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I225" s="3">
-        <v>22800162380</v>
+        <v>42680209668</v>
       </c>
       <c r="J225" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K225" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L225" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M225" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>75299021800030</v>
+        <v>53161648000046</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>712</v>
-[...1 lines deleted...]
-      <c r="D226" s="2"/>
+        <v>726</v>
+      </c>
+      <c r="D226" s="2" t="s">
+        <v>726</v>
+      </c>
       <c r="E226" s="2" t="s">
-        <v>713</v>
+        <v>727</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>714</v>
+        <v>728</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I226" s="3"/>
+        <v>36</v>
+      </c>
+      <c r="I226" s="3">
+        <v>25140242014</v>
+      </c>
       <c r="J226" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K226" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L226" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M226" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>75302503000010</v>
+        <v>53305326000014</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>715</v>
+        <v>729</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>716</v>
+        <v>730</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>18</v>
+        <v>284</v>
       </c>
       <c r="I227" s="3">
-        <v>11756059575</v>
+        <v>53290851129</v>
       </c>
       <c r="J227" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K227" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L227" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M227" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>75388031900037</v>
+        <v>53338783300023</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>718</v>
-[...3 lines deleted...]
-      </c>
+        <v>732</v>
+      </c>
+      <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>720</v>
+        <v>733</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>721</v>
+        <v>734</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I228" s="3">
-        <v>82691286169</v>
+        <v>52850156985</v>
       </c>
       <c r="J228" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K228" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L228" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M228" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>77562424000013</v>
+        <v>53377777700020</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>722</v>
+        <v>735</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>723</v>
+        <v>736</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>338</v>
+        <v>737</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>133</v>
+        <v>54</v>
       </c>
       <c r="I229" s="3">
-        <v>31590046859</v>
+        <v>43250256125</v>
       </c>
       <c r="J229" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L229" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M229" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>40214815900013</v>
+        <v>53431595700017</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>724</v>
+        <v>738</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>726</v>
+        <v>740</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I230" s="3">
-        <v>11780230178</v>
+        <v>11754737175</v>
       </c>
       <c r="J230" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K230" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L230" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M230" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>40227696800110</v>
+        <v>53436552300032</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>727</v>
+        <v>741</v>
       </c>
       <c r="D231" s="2" t="s">
-        <v>727</v>
+        <v>742</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>728</v>
+        <v>743</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>729</v>
+        <v>744</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>730</v>
+        <v>36</v>
       </c>
       <c r="I231" s="3">
-        <v>52440417344</v>
+        <v>11754951375</v>
       </c>
       <c r="J231" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L231" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M231" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>40429571900029</v>
+        <v>53445241200024</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>731</v>
+        <v>745</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="s">
-        <v>732</v>
+        <v>746</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>733</v>
+        <v>584</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I232" s="3">
-        <v>11752609975</v>
+        <v>52720141772</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K232" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L232" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M232" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>40538900800047</v>
+        <v>53762577400030</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>734</v>
+        <v>747</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>735</v>
+        <v>748</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>736</v>
-[...3 lines deleted...]
-      </c>
+        <v>749</v>
+      </c>
+      <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I233" s="3">
-        <v>52490128249</v>
+        <v>93060789706</v>
       </c>
       <c r="J233" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K233" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L233" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M233" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>40818282200051</v>
+        <v>53867940800020</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>738</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="D234" s="2"/>
       <c r="E234" s="2" t="s">
-        <v>739</v>
+        <v>751</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>678</v>
+        <v>36</v>
       </c>
       <c r="I234" s="3">
-        <v>84740366874</v>
+        <v>11922525392</v>
       </c>
       <c r="J234" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K234" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L234" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M234" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>40847211600016</v>
+        <v>53965892200015</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="D235" s="2" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>742</v>
+        <v>754</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>743</v>
+        <v>755</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
-        <v>18</v>
+        <v>695</v>
       </c>
       <c r="I235" s="3">
-        <v>11752668475</v>
+        <v>93060695606</v>
       </c>
       <c r="J235" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K235" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L235" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M235" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>41005676600018</v>
+        <v>74986551500037</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>744</v>
+        <v>756</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
-        <v>745</v>
+        <v>757</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I236" s="3">
-        <v>52440274444</v>
+        <v>11755164375</v>
       </c>
       <c r="J236" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K236" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L236" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M236" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>41028883100036</v>
+        <v>75013421500029</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>747</v>
+        <v>759</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="s">
-        <v>748</v>
+        <v>760</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>749</v>
+        <v>761</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I237" s="3">
-        <v>11950095495</v>
+        <v>82730150173</v>
       </c>
       <c r="J237" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K237" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L237" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M237" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>41028883100051</v>
+        <v>75025369200040</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>747</v>
+        <v>762</v>
       </c>
       <c r="D238" s="2" t="s">
-        <v>747</v>
+        <v>763</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>751</v>
+        <v>765</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I238" s="3">
-        <v>11950095495</v>
+        <v>72330872233</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K238" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L238" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M238" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>41146353200043</v>
+        <v>75034676900037</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
-        <v>753</v>
+        <v>767</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I239" s="3">
-        <v>53290548129</v>
+        <v>93840337884</v>
       </c>
       <c r="J239" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K239" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L239" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M239" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>41226820300038</v>
+        <v>75258454000021</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>755</v>
-[...3 lines deleted...]
-      </c>
+        <v>769</v>
+      </c>
+      <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
-        <v>756</v>
+        <v>770</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>757</v>
+        <v>771</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>295</v>
+        <v>54</v>
       </c>
       <c r="I240" s="3">
-        <v>24360051536</v>
+        <v>25500111150</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K240" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L240" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M240" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>41328197300029</v>
+        <v>75267915900018</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>758</v>
+        <v>772</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="s">
-        <v>759</v>
+        <v>773</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>760</v>
+        <v>622</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="I241" s="3"/>
+        <v>54</v>
+      </c>
+      <c r="I241" s="3">
+        <v>24370432237</v>
+      </c>
       <c r="J241" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L241" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M241" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>41366956500017</v>
+        <v>75280068000015</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>761</v>
-[...1 lines deleted...]
-      <c r="D242" s="2"/>
+        <v>774</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E242" s="2" t="s">
-        <v>762</v>
+        <v>775</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>763</v>
+        <v>776</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I242" s="3">
-        <v>24450160245</v>
+        <v>22800162380</v>
       </c>
       <c r="J242" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K242" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L242" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M242" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>41405458500040</v>
+        <v>75299021800030</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>764</v>
+        <v>777</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>765</v>
+        <v>778</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>766</v>
+        <v>779</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I243" s="3"/>
       <c r="J243" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K243" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L243" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M243" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>41432425100126</v>
+        <v>75302503000010</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>767</v>
-[...3 lines deleted...]
-      </c>
+        <v>780</v>
+      </c>
+      <c r="D244" s="2"/>
       <c r="E244" s="2" t="s">
-        <v>768</v>
+        <v>781</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>769</v>
+        <v>782</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I244" s="3">
-        <v>11921779392</v>
+        <v>11756059575</v>
       </c>
       <c r="J244" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K244" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L244" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M244" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>41433817800026</v>
+        <v>75388031900037</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>770</v>
-[...1 lines deleted...]
-      <c r="D245" s="2"/>
+        <v>783</v>
+      </c>
+      <c r="D245" s="2" t="s">
+        <v>784</v>
+      </c>
       <c r="E245" s="2" t="s">
-        <v>771</v>
+        <v>785</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>772</v>
+        <v>786</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I245" s="3">
-        <v>82690654269</v>
+        <v>82691286169</v>
       </c>
       <c r="J245" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K245" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L245" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M245" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>41487265500058</v>
+        <v>77562424000013</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>773</v>
+        <v>787</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>774</v>
+        <v>788</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>775</v>
+        <v>789</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I246" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I246" s="3">
+        <v>31590046859</v>
+      </c>
       <c r="J246" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L246" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M246" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>41536948700053</v>
+        <v>77947062400023</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>776</v>
+        <v>790</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="s">
-        <v>777</v>
+        <v>791</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>778</v>
+        <v>792</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="I247" s="3">
-        <v>11754911175</v>
+        <v>82260019426</v>
       </c>
       <c r="J247" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L247" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M247" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>41907900900041</v>
+        <v>78028828800019</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>779</v>
+        <v>793</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>780</v>
+        <v>794</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>18</v>
+        <v>199</v>
       </c>
       <c r="I248" s="3">
-        <v>82691256969</v>
+        <v>21080007708</v>
       </c>
       <c r="J248" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K248" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L248" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M248" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>41978929200036</v>
+        <v>78050734900048</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>782</v>
+        <v>795</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="s">
-        <v>783</v>
+        <v>796</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>784</v>
+        <v>797</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I249" s="3">
-        <v>93050041705</v>
+        <v>22600001660</v>
       </c>
       <c r="J249" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K249" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L249" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M249" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>42132913700028</v>
+        <v>78050734900097</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
-        <v>786</v>
+        <v>798</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>787</v>
+        <v>799</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I250" s="3">
-        <v>93131259713</v>
+        <v>22600001660</v>
       </c>
       <c r="J250" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K250" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L250" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M250" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>42167434200025</v>
+        <v>78050734900113</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>788</v>
-[...3 lines deleted...]
-      </c>
+        <v>795</v>
+      </c>
+      <c r="D251" s="2"/>
       <c r="E251" s="2" t="s">
-        <v>427</v>
+        <v>800</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>789</v>
+        <v>801</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I251" s="3">
-        <v>11755604475</v>
+        <v>22600001660</v>
       </c>
       <c r="J251" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K251" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L251" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M251" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>42272629900049</v>
+        <v>78050734900121</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
-        <v>791</v>
+        <v>802</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>792</v>
+        <v>476</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I252" s="3">
-        <v>42670274567</v>
+        <v>22600001660</v>
       </c>
       <c r="J252" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K252" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L252" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M252" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>42408630400013</v>
+        <v>78050734900139</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>794</v>
+        <v>803</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>795</v>
+        <v>476</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I253" s="3">
-        <v>91340420534</v>
+        <v>22600001660</v>
       </c>
       <c r="J253" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L253" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M253" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>90021724100018</v>
+        <v>78050734900147</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>798</v>
+        <v>476</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I254" s="3">
-        <v>84691857369</v>
+        <v>22600001660</v>
       </c>
       <c r="J254" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L254" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M254" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>90043166900028</v>
+        <v>78050734900154</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>801</v>
-[...3 lines deleted...]
-      </c>
+        <v>476</v>
+      </c>
+      <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
-        <v>605</v>
+        <v>36</v>
       </c>
       <c r="I255" s="3">
-        <v>11756296875</v>
+        <v>22600001660</v>
       </c>
       <c r="J255" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K255" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L255" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M255" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>90048264700014</v>
+        <v>78173357100033</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>802</v>
-[...3 lines deleted...]
-      </c>
+        <v>806</v>
+      </c>
+      <c r="D256" s="2"/>
       <c r="E256" s="2" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I256" s="3">
-        <v>11950721695</v>
+        <v>72240160524</v>
       </c>
       <c r="J256" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K256" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L256" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M256" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>90056066500029</v>
+        <v>78422661500036</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>811</v>
+      </c>
+      <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I257" s="3">
-        <v>44540404454</v>
+        <v>11750128575</v>
       </c>
       <c r="J257" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K257" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L257" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M257" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>81473800100027</v>
+        <v>78515062400365</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>810</v>
+        <v>643</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I258" s="3">
-        <v>84691439269</v>
+        <v>11753852175</v>
       </c>
       <c r="J258" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L258" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M258" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>53377777700020</v>
+        <v>78837731500031</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>811</v>
-[...1 lines deleted...]
-      <c r="D259" s="2"/>
+        <v>814</v>
+      </c>
+      <c r="D259" s="2" t="s">
+        <v>815</v>
+      </c>
       <c r="E259" s="2" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>18</v>
+        <v>160</v>
       </c>
       <c r="I259" s="3">
-        <v>43250256125</v>
+        <v>84380734338</v>
       </c>
       <c r="J259" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L259" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M259" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>53431595700017</v>
+        <v>78975846300028</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I260" s="3">
-        <v>11754737175</v>
+        <v>11941136894</v>
       </c>
       <c r="J260" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L260" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M260" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>53436552300032</v>
+        <v>79179462100015</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>817</v>
-[...3 lines deleted...]
-      </c>
+        <v>821</v>
+      </c>
+      <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I261" s="3">
-        <v>11754951375</v>
+        <v>82420254242</v>
       </c>
       <c r="J261" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L261" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M261" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>53445241200024</v>
+        <v>79188296200040</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>532</v>
-[...1 lines deleted...]
-      <c r="G262" s="2"/>
+        <v>826</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>827</v>
+      </c>
       <c r="H262" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I262" s="3"/>
       <c r="J262" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K262" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L262" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M262" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>82923662900012</v>
+        <v>79196567600020</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>825</v>
-[...3 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I263" s="3">
-        <v>84630480263</v>
+        <v>75331026533</v>
       </c>
       <c r="J263" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L263" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M263" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>51769619100025</v>
+        <v>79276787300039</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="G264" s="2" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="H264" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I264" s="3"/>
       <c r="J264" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K264" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L264" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M264" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>51775573200024</v>
+        <v>79286778000027</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>831</v>
-[...3 lines deleted...]
-      </c>
+        <v>835</v>
+      </c>
+      <c r="D265" s="2"/>
       <c r="E265" s="2" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I265" s="3">
-        <v>52490253949</v>
+        <v>76310876331</v>
       </c>
       <c r="J265" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K265" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L265" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M265" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>51775573200040</v>
+        <v>79420720900030</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>831</v>
-[...3 lines deleted...]
-      </c>
+        <v>838</v>
+      </c>
+      <c r="D266" s="2"/>
       <c r="E266" s="2" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>359</v>
+        <v>840</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>187</v>
+        <v>54</v>
       </c>
       <c r="I266" s="3">
-        <v>52490253949</v>
+        <v>76340928134</v>
       </c>
       <c r="J266" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K266" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L266" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M266" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>42894787300082</v>
+        <v>79432806200029</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>836</v>
-[...3 lines deleted...]
-      </c>
+        <v>841</v>
+      </c>
+      <c r="D267" s="2"/>
       <c r="E267" s="2" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I267" s="3">
-        <v>53290964629</v>
+        <v>82691426169</v>
       </c>
       <c r="J267" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K267" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L267" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M267" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>34142426500062</v>
+        <v>79501557700013</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>840</v>
-[...1 lines deleted...]
-      <c r="D268" s="2"/>
+        <v>627</v>
+      </c>
+      <c r="D268" s="2" t="s">
+        <v>628</v>
+      </c>
       <c r="E268" s="2" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>842</v>
+        <v>155</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>339</v>
+        <v>609</v>
       </c>
       <c r="I268" s="3">
-        <v>73310759231</v>
+        <v>84691556669</v>
       </c>
       <c r="J268" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K268" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L268" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M268" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>40041942000023</v>
+        <v>79896496100014</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>843</v>
-[...1 lines deleted...]
-      <c r="D269" s="2"/>
+        <v>845</v>
+      </c>
+      <c r="D269" s="2" t="s">
+        <v>845</v>
+      </c>
       <c r="E269" s="2" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>845</v>
+        <v>465</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I269" s="3">
-        <v>42670207067</v>
+        <v>91340818134</v>
       </c>
       <c r="J269" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L269" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M269" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>79958971800029</v>
+        <v>79896496100022</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="s">
         <v>847</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>848</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
-        <v>849</v>
+        <v>36</v>
       </c>
       <c r="I270" s="3">
-        <v>43900057090</v>
+        <v>91340818134</v>
       </c>
       <c r="J270" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K270" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L270" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M270" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>79963749100025</v>
+        <v>79925606000036</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>849</v>
+      </c>
+      <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
         <v>850</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>851</v>
       </c>
-      <c r="G271" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I271" s="3">
-        <v>84692083669</v>
+        <v>52490362849</v>
       </c>
       <c r="J271" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K271" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L271" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M271" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>80019756800036</v>
+        <v>79930772300012</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="C272" s="2" t="s">
+        <v>852</v>
+      </c>
+      <c r="D272" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="E272" s="2" t="s">
         <v>853</v>
       </c>
-      <c r="D272" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E272" s="2" t="s">
+      <c r="F272" s="2" t="s">
         <v>854</v>
       </c>
-      <c r="F272" s="2" t="s">
+      <c r="G272" s="2" t="s">
         <v>855</v>
       </c>
-      <c r="G272" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H272" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="I272" s="3"/>
       <c r="J272" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K272" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L272" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M272" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>80029431600024</v>
+        <v>79958971800029</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="F273" s="2" t="s">
         <v>858</v>
-      </c>
-[...1 lines deleted...]
-        <v>859</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>24</v>
+        <v>859</v>
       </c>
       <c r="I273" s="3">
-        <v>11755172675</v>
+        <v>43900057090</v>
       </c>
       <c r="J273" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K273" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L273" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M273" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>80134161100029</v>
+        <v>79963749100025</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C274" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="D274" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="E274" s="2" t="s">
         <v>860</v>
       </c>
-      <c r="D274" s="2"/>
-      <c r="E274" s="2" t="s">
+      <c r="F274" s="2" t="s">
         <v>861</v>
       </c>
-      <c r="F274" s="2" t="s">
+      <c r="G274" s="2" t="s">
         <v>862</v>
       </c>
-      <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="I274" s="3"/>
       <c r="J274" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K274" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L274" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M274" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>80177669100017</v>
+        <v>80019756800036</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C275" s="2" t="s">
         <v>863</v>
       </c>
-      <c r="D275" s="2"/>
+      <c r="D275" s="2" t="s">
+        <v>863</v>
+      </c>
       <c r="E275" s="2" t="s">
         <v>864</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>865</v>
       </c>
-      <c r="G275" s="2"/>
+      <c r="G275" s="2" t="s">
+        <v>866</v>
+      </c>
       <c r="H275" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="I275" s="3"/>
       <c r="J275" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K275" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L275" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M275" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>80233686700030</v>
+        <v>80029431600024</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>868</v>
-[...1 lines deleted...]
-      <c r="G276" s="2" t="s">
         <v>869</v>
       </c>
+      <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I276" s="3">
-        <v>11755482975</v>
+        <v>11755172675</v>
       </c>
       <c r="J276" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K276" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L276" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M276" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>80296131800028</v>
+        <v>80134161100029</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
         <v>870</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
         <v>871</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>872</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I277" s="3">
-        <v>84691439169</v>
+        <v>28760666876</v>
       </c>
       <c r="J277" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K277" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L277" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M277" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>80352569000019</v>
+        <v>80177669100017</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C278" s="2" t="s">
         <v>873</v>
       </c>
-      <c r="D278" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D278" s="2"/>
       <c r="E278" s="2" t="s">
         <v>874</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>875</v>
       </c>
-      <c r="G278" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I278" s="3">
-        <v>82260226426</v>
+        <v>84380644338</v>
       </c>
       <c r="J278" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K278" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L278" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M278" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>80392745800023</v>
+        <v>80233686700030</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C279" s="2" t="s">
         <v>876</v>
       </c>
-      <c r="D279" s="2" t="s">
+      <c r="D279" s="2"/>
+      <c r="E279" s="2" t="s">
         <v>877</v>
       </c>
-      <c r="E279" s="2" t="s">
+      <c r="F279" s="2" t="s">
         <v>878</v>
       </c>
-      <c r="F279" s="2" t="s">
+      <c r="G279" s="2" t="s">
         <v>879</v>
       </c>
-      <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="I279" s="3"/>
       <c r="J279" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K279" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L279" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M279" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>80425206200018</v>
+        <v>80296131800028</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
         <v>880</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
         <v>881</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>714</v>
+        <v>882</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I280" s="3">
-        <v>54790109779</v>
+        <v>84691439169</v>
       </c>
       <c r="J280" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K280" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L280" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M280" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>80435551900021</v>
+        <v>80352569000019</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="D281" s="2"/>
+        <v>883</v>
+      </c>
+      <c r="D281" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E281" s="2" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>884</v>
-[...1 lines deleted...]
-      <c r="G281" s="2"/>
+        <v>885</v>
+      </c>
+      <c r="G281" s="2" t="s">
+        <v>866</v>
+      </c>
       <c r="H281" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I281" s="3"/>
       <c r="J281" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L281" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M281" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>80515653600031</v>
+        <v>80392745800023</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>885</v>
-[...1 lines deleted...]
-      <c r="D282" s="2"/>
+        <v>886</v>
+      </c>
+      <c r="D282" s="2" t="s">
+        <v>887</v>
+      </c>
       <c r="E282" s="2" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I282" s="3">
-        <v>42670537667</v>
+        <v>82010163301</v>
       </c>
       <c r="J282" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K282" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L282" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M282" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>80779275900019</v>
+        <v>80425206200018</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>888</v>
-[...3 lines deleted...]
-      </c>
+        <v>890</v>
+      </c>
+      <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>890</v>
+        <v>779</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
-        <v>891</v>
+        <v>54</v>
       </c>
       <c r="I283" s="3">
-        <v>75331094433</v>
+        <v>54790109779</v>
       </c>
       <c r="J283" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K283" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L283" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M283" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>80897250900042</v>
+        <v>80435551900021</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C284" s="2" t="s">
         <v>892</v>
       </c>
-      <c r="D284" s="2" t="s">
+      <c r="D284" s="2"/>
+      <c r="E284" s="2" t="s">
         <v>893</v>
       </c>
-      <c r="E284" s="2" t="s">
+      <c r="F284" s="2" t="s">
         <v>894</v>
-      </c>
-[...1 lines deleted...]
-        <v>895</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I284" s="3">
-        <v>11755575875</v>
+        <v>93830527983</v>
       </c>
       <c r="J284" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K284" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L284" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M284" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>80919787400013</v>
+        <v>80515653600031</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
+        <v>896</v>
+      </c>
+      <c r="F285" s="2" t="s">
         <v>897</v>
-      </c>
-[...1 lines deleted...]
-        <v>898</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I285" s="3">
-        <v>41570355457</v>
+        <v>42670537667</v>
       </c>
       <c r="J285" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K285" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L285" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M285" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>80964890000011</v>
+        <v>80779275900019</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C286" s="2" t="s">
+        <v>898</v>
+      </c>
+      <c r="D286" s="2" t="s">
+        <v>898</v>
+      </c>
+      <c r="E286" s="2" t="s">
         <v>899</v>
       </c>
-      <c r="D286" s="2"/>
-      <c r="E286" s="2" t="s">
+      <c r="F286" s="2" t="s">
         <v>900</v>
-      </c>
-[...1 lines deleted...]
-        <v>901</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="I286" s="3">
-        <v>11755727475</v>
+        <v>75331094433</v>
       </c>
       <c r="J286" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L286" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M286" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>80982366900019</v>
+        <v>80897250900042</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
+        <v>902</v>
+      </c>
+      <c r="D287" s="2" t="s">
         <v>903</v>
       </c>
-      <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
         <v>904</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>905</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I287" s="3">
-        <v>52440747344</v>
+        <v>11755575875</v>
       </c>
       <c r="J287" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K287" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L287" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M287" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>80985935800016</v>
+        <v>80919787400013</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C288" s="2" t="s">
         <v>906</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
         <v>907</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>908</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I288" s="3">
-        <v>22600297960</v>
+        <v>41570355457</v>
       </c>
       <c r="J288" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K288" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L288" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M288" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>80985935800024</v>
+        <v>80964890000011</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
-        <v>18</v>
+        <v>912</v>
       </c>
       <c r="I289" s="3">
-        <v>22600297960</v>
+        <v>11755727475</v>
       </c>
       <c r="J289" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K289" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L289" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M289" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>81004799300029</v>
+        <v>80982366900019</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>911</v>
-[...3 lines deleted...]
-      </c>
+        <v>913</v>
+      </c>
+      <c r="D290" s="2"/>
       <c r="E290" s="2" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>295</v>
+        <v>36</v>
       </c>
       <c r="I290" s="3">
-        <v>75170240317</v>
+        <v>52440747344</v>
       </c>
       <c r="J290" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K290" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L290" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M290" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>81015049000011</v>
+        <v>80985935800016</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>641</v>
+        <v>54</v>
       </c>
       <c r="I291" s="3">
-        <v>11788180378</v>
+        <v>22600297960</v>
       </c>
       <c r="J291" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K291" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L291" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M291" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>81065195000026</v>
+        <v>80985935800024</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
         <v>919</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>751</v>
+        <v>920</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
-        <v>115</v>
+        <v>54</v>
       </c>
       <c r="I292" s="3">
-        <v>91340884334</v>
+        <v>22600297960</v>
       </c>
       <c r="J292" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K292" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L292" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M292" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>81189275100017</v>
+        <v>81004799300029</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>920</v>
-[...1 lines deleted...]
-      <c r="D293" s="2"/>
+        <v>921</v>
+      </c>
+      <c r="D293" s="2" t="s">
+        <v>922</v>
+      </c>
       <c r="E293" s="2" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
-        <v>18</v>
+        <v>303</v>
       </c>
       <c r="I293" s="3">
-        <v>23760531976</v>
+        <v>75170240317</v>
       </c>
       <c r="J293" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K293" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L293" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M293" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>81224551200031</v>
+        <v>81015049000011</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
-        <v>926</v>
+        <v>695</v>
       </c>
       <c r="I294" s="3">
-        <v>11755472475</v>
+        <v>11788180378</v>
       </c>
       <c r="J294" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K294" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L294" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M294" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>81390038800030</v>
+        <v>81065195000026</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>929</v>
+        <v>296</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
-        <v>18</v>
+        <v>160</v>
       </c>
       <c r="I295" s="3">
-        <v>82691422169</v>
+        <v>91340884334</v>
       </c>
       <c r="J295" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K295" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L295" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M295" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>81753997600024</v>
+        <v>81189275100017</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>930</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
         <v>931</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>932</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I296" s="3">
-        <v>52440800644</v>
+        <v>23760531976</v>
       </c>
       <c r="J296" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K296" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L296" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M296" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>81890818800019</v>
+        <v>81224551200031</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="2" t="s">
         <v>933</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
         <v>934</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>935</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
-        <v>18</v>
+        <v>936</v>
       </c>
       <c r="I297" s="3">
-        <v>44510195451</v>
+        <v>11755472475</v>
       </c>
       <c r="J297" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K297" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L297" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M297" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>81945096600018</v>
+        <v>81390038800030</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I298" s="3">
-        <v>11910895591</v>
+        <v>82691422169</v>
       </c>
       <c r="J298" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K298" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L298" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M298" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>82070200900011</v>
+        <v>81473800100027</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>939</v>
-[...3 lines deleted...]
-      </c>
+        <v>940</v>
+      </c>
+      <c r="D299" s="2"/>
       <c r="E299" s="2" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I299" s="3">
-        <v>84380634838</v>
+        <v>84691439269</v>
       </c>
       <c r="J299" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K299" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L299" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M299" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>82092615200019</v>
+        <v>81753997600024</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I300" s="3">
-        <v>11770608277</v>
+        <v>52440800644</v>
       </c>
       <c r="J300" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K300" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L300" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M300" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>82108499300038</v>
+        <v>82070200900011</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>945</v>
-[...1 lines deleted...]
-      <c r="D301" s="2"/>
+        <v>946</v>
+      </c>
+      <c r="D301" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E301" s="2" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="G301" s="2"/>
       <c r="H301" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I301" s="3">
-        <v>11756731875</v>
+        <v>84380634838</v>
       </c>
       <c r="J301" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K301" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L301" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M301" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>82114052200037</v>
+        <v>82092615200019</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
-        <v>951</v>
+        <v>54</v>
       </c>
       <c r="I302" s="3">
-        <v>75331478933</v>
+        <v>11770608277</v>
       </c>
       <c r="J302" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K302" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L302" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M302" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>82175578200017</v>
+        <v>82108499300038</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C303" s="2" t="s">
         <v>952</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
         <v>953</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>445</v>
+        <v>954</v>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I303" s="3">
-        <v>84691728269</v>
+        <v>11756731875</v>
       </c>
       <c r="J303" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L303" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M303" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>82209105400012</v>
+        <v>82114052200037</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>18</v>
+        <v>958</v>
       </c>
       <c r="I304" s="3">
-        <v>44570429457</v>
+        <v>75331478933</v>
       </c>
       <c r="J304" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K304" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L304" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M304" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>82232865400030</v>
+        <v>82175578200017</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>959</v>
+      </c>
+      <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>958</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I305" s="3">
-        <v>84420354542</v>
+        <v>84691728269</v>
       </c>
       <c r="J305" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L305" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M305" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>82251439400029</v>
+        <v>82209105400012</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I306" s="3">
-        <v>11922143892</v>
+        <v>44570429457</v>
       </c>
       <c r="J306" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K306" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L306" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M306" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>82285226500021</v>
+        <v>82232865400030</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>963</v>
-[...1 lines deleted...]
-      <c r="D307" s="2"/>
+        <v>627</v>
+      </c>
+      <c r="D307" s="2" t="s">
+        <v>628</v>
+      </c>
       <c r="E307" s="2" t="s">
         <v>964</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>965</v>
       </c>
-      <c r="G307" s="2"/>
+      <c r="G307" s="2" t="s">
+        <v>966</v>
+      </c>
       <c r="H307" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="I307" s="3"/>
       <c r="J307" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K307" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L307" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M307" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>82403983800019</v>
+        <v>82251439400029</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I308" s="3">
-        <v>11755598875</v>
+        <v>11922143892</v>
       </c>
       <c r="J308" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K308" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L308" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M308" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>82436001000014</v>
+        <v>82285226500021</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I309" s="3">
-        <v>84010190201</v>
+        <v>84691470069</v>
       </c>
       <c r="J309" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K309" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L309" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M309" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>82477172900046</v>
+        <v>82403983800019</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
-        <v>975</v>
+        <v>54</v>
       </c>
       <c r="I310" s="3">
-        <v>52440908244</v>
+        <v>11755598875</v>
       </c>
       <c r="J310" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K310" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L310" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M310" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>82759903600015</v>
+        <v>82436001000014</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C311" s="2" t="s">
         <v>976</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="s">
         <v>977</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>978</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I311" s="3">
-        <v>24370357937</v>
+        <v>84010190201</v>
       </c>
       <c r="J311" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K311" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L311" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M311" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>82809468000018</v>
+        <v>82477172900046</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C312" s="2" t="s">
         <v>979</v>
       </c>
-      <c r="D312" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D312" s="2"/>
       <c r="E312" s="2" t="s">
         <v>980</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>981</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
-        <v>24</v>
+        <v>982</v>
       </c>
       <c r="I312" s="3">
-        <v>52440809544</v>
+        <v>52440908244</v>
       </c>
       <c r="J312" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K312" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L312" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M312" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>82809468000026</v>
+        <v>82759903600015</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I313" s="3">
-        <v>52440809544</v>
+        <v>24370357937</v>
       </c>
       <c r="J313" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K313" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L313" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M313" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>82829466000026</v>
+        <v>82809468000018</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>984</v>
-[...1 lines deleted...]
-      <c r="D314" s="2"/>
+        <v>986</v>
+      </c>
+      <c r="D314" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E314" s="2" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I314" s="3">
-        <v>84691525769</v>
+        <v>52440809544</v>
       </c>
       <c r="J314" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K314" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L314" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M314" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>82829789500017</v>
+        <v>82809468000026</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>986</v>
+      </c>
+      <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I315" s="3">
-        <v>84691594469</v>
+        <v>52440809544</v>
       </c>
       <c r="J315" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K315" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L315" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M315" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>83024946200029</v>
+        <v>82829466000026</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>989</v>
-[...3 lines deleted...]
-      </c>
+        <v>991</v>
+      </c>
+      <c r="D316" s="2"/>
       <c r="E316" s="2" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>993</v>
+      </c>
+      <c r="G316" s="2"/>
       <c r="H316" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I316" s="3">
-        <v>52440810344</v>
+        <v>84691525769</v>
       </c>
       <c r="J316" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K316" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L316" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M316" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>83024946200037</v>
+        <v>82829789500017</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>989</v>
-[...1 lines deleted...]
-      <c r="D317" s="2"/>
+        <v>627</v>
+      </c>
+      <c r="D317" s="2" t="s">
+        <v>628</v>
+      </c>
       <c r="E317" s="2" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I317" s="3">
-        <v>52440810344</v>
+        <v>84691594469</v>
       </c>
       <c r="J317" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K317" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L317" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M317" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>83074583200022</v>
+        <v>82923662900012</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>993</v>
-[...3 lines deleted...]
-      </c>
+        <v>996</v>
+      </c>
+      <c r="D318" s="2"/>
       <c r="E318" s="2" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>996</v>
-[...1 lines deleted...]
-      <c r="G318" s="2"/>
+        <v>998</v>
+      </c>
+      <c r="G318" s="2" t="s">
+        <v>999</v>
+      </c>
       <c r="H318" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I318" s="3"/>
       <c r="J318" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K318" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L318" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M318" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>83087230500024</v>
+        <v>83024946200029</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>997</v>
-[...1 lines deleted...]
-      <c r="D319" s="2"/>
+        <v>1000</v>
+      </c>
+      <c r="D319" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E319" s="2" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>999</v>
-[...1 lines deleted...]
-      <c r="G319" s="2"/>
+        <v>443</v>
+      </c>
+      <c r="G319" s="2" t="s">
+        <v>1002</v>
+      </c>
       <c r="H319" s="2" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I319" s="3"/>
       <c r="J319" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L319" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M319" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>83115032100014</v>
+        <v>83024946200037</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>751</v>
+        <v>1002</v>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I320" s="3">
-        <v>11922182492</v>
+        <v>52440810344</v>
       </c>
       <c r="J320" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K320" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L320" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M320" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>83351191800033</v>
+        <v>83074583200022</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>1002</v>
-[...1 lines deleted...]
-      <c r="D321" s="2"/>
+        <v>1004</v>
+      </c>
+      <c r="D321" s="2" t="s">
+        <v>1005</v>
+      </c>
       <c r="E321" s="2" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="G321" s="2"/>
       <c r="H321" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I321" s="3">
-        <v>24370407237</v>
+        <v>32590939659</v>
       </c>
       <c r="J321" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K321" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L321" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M321" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>83536626100013</v>
+        <v>83087230500024</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="I322" s="3">
-        <v>93131732413</v>
+        <v>44570378757</v>
       </c>
       <c r="J322" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K322" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L322" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M322" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>83769201100021</v>
+        <v>83115032100014</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>1010</v>
+        <v>296</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I323" s="3">
-        <v>11941089894</v>
+        <v>11922182492</v>
       </c>
       <c r="J323" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L323" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M323" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
-        <v>83794037800024</v>
+        <v>83351191800033</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I324" s="3">
-        <v>27710274471</v>
+        <v>24370407237</v>
       </c>
       <c r="J324" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K324" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L324" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M324" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
-        <v>83807710500024</v>
+        <v>83536626100013</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>326</v>
+        <v>1018</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>24</v>
+        <v>303</v>
       </c>
       <c r="I325" s="3">
-        <v>84730199473</v>
+        <v>93131732413</v>
       </c>
       <c r="J325" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K325" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L325" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M325" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
-        <v>83844904900017</v>
+        <v>83976416400019</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1018</v>
-[...3 lines deleted...]
-      </c>
+        <v>1021</v>
+      </c>
+      <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I326" s="3">
-        <v>11770667977</v>
+        <v>84740352874</v>
       </c>
       <c r="J326" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K326" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L326" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M326" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
-        <v>83874098300021</v>
+        <v>84086635400011</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I327" s="3">
-        <v>84691588669</v>
+        <v>84630499563</v>
       </c>
       <c r="J327" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K327" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L327" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M327" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
-        <v>83976416400019</v>
+        <v>84128433400023</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>1025</v>
+        <v>680</v>
       </c>
       <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I328" s="3">
-        <v>84740352874</v>
+        <v>93131755413</v>
       </c>
       <c r="J328" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K328" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L328" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M328" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
-        <v>84086635400011</v>
+        <v>84198337200019</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="G329" s="2"/>
       <c r="H329" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I329" s="3">
-        <v>84630499563</v>
+        <v>76340999434</v>
       </c>
       <c r="J329" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K329" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L329" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M329" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
-        <v>84128433400023</v>
+        <v>84254503000020</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>626</v>
-[...1 lines deleted...]
-      <c r="G330" s="2"/>
+        <v>1032</v>
+      </c>
+      <c r="G330" s="2" t="s">
+        <v>1033</v>
+      </c>
       <c r="H330" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="I330" s="3"/>
       <c r="J330" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K330" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L330" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M330" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
-        <v>84198337200019</v>
+        <v>84260711100015</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I331" s="3">
-        <v>76340999434</v>
+        <v>84010201401</v>
       </c>
       <c r="J331" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K331" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L331" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M331" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
-        <v>84260711100015</v>
+        <v>84472491400016</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I332" s="3">
-        <v>84010201401</v>
+        <v>93131765613</v>
       </c>
       <c r="J332" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K332" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L332" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M332" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
-        <v>84472491400016</v>
+        <v>84759876000019</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>1037</v>
-[...1 lines deleted...]
-      <c r="D333" s="2"/>
+        <v>1040</v>
+      </c>
+      <c r="D333" s="2" t="s">
+        <v>1040</v>
+      </c>
       <c r="E333" s="2" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I333" s="3">
-        <v>93131765613</v>
+        <v>24360095036</v>
       </c>
       <c r="J333" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K333" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L333" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M333" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
-        <v>84759876000019</v>
+        <v>84771947300021</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>1040</v>
-[...3 lines deleted...]
-      </c>
+        <v>1043</v>
+      </c>
+      <c r="D334" s="2"/>
       <c r="E334" s="2" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I334" s="3">
-        <v>24360095036</v>
+        <v>11755885475</v>
       </c>
       <c r="J334" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K334" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L334" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M334" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
-        <v>84771947300021</v>
+        <v>84814196600012</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I335" s="3">
-        <v>11755885475</v>
+        <v>84380708438</v>
       </c>
       <c r="J335" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K335" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L335" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M335" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
-        <v>84814196600012</v>
+        <v>84823563600018</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1048</v>
+        <v>905</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
-        <v>24</v>
+        <v>303</v>
       </c>
       <c r="I336" s="3">
-        <v>84380708438</v>
+        <v>75240197624</v>
       </c>
       <c r="J336" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K336" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L336" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M336" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
-        <v>84823563600018</v>
+        <v>84934046800016</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>895</v>
+        <v>333</v>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2" t="s">
-        <v>295</v>
+        <v>36</v>
       </c>
       <c r="I337" s="3">
-        <v>75240197624</v>
+        <v>84691733669</v>
       </c>
       <c r="J337" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K337" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L337" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="M337" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
-        <v>84934046800016</v>
+        <v>85013743100019</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>1051</v>
-[...1 lines deleted...]
-      <c r="D338" s="2"/>
+        <v>1053</v>
+      </c>
+      <c r="D338" s="2" t="s">
+        <v>1053</v>
+      </c>
       <c r="E338" s="2" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>787</v>
+        <v>1055</v>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I338" s="3">
-        <v>84691733669</v>
+        <v>76310996631</v>
       </c>
       <c r="J338" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K338" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L338" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M338" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
-        <v>85013743100019</v>
+        <v>85082982100022</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>1053</v>
-[...3 lines deleted...]
-      </c>
+        <v>1056</v>
+      </c>
+      <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I339" s="3">
-        <v>76310996631</v>
+        <v>76341041234</v>
       </c>
       <c r="J339" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K339" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L339" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M339" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
-        <v>85082982100022</v>
+        <v>85133705500020</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I340" s="3">
-        <v>76341041234</v>
+        <v>76341092434</v>
       </c>
       <c r="J340" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K340" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L340" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M340" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
-        <v>85133705500020</v>
+        <v>85139769500012</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I341" s="3">
-        <v>76341092434</v>
+        <v>11910861391</v>
       </c>
       <c r="J341" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L341" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M341" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
-        <v>85139769500012</v>
+        <v>85185260800013</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I342" s="3">
-        <v>11910861391</v>
+        <v>93131815413</v>
       </c>
       <c r="J342" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K342" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L342" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M342" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="1">
-        <v>85185260800013</v>
+        <v>85238870100033</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I343" s="3">
-        <v>93131815413</v>
+        <v>11788421378</v>
       </c>
       <c r="J343" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K343" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L343" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M343" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="1">
-        <v>85238870100033</v>
+        <v>85243723500017</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>1068</v>
-[...1 lines deleted...]
-      <c r="D344" s="2"/>
+        <v>1071</v>
+      </c>
+      <c r="D344" s="2" t="s">
+        <v>1072</v>
+      </c>
       <c r="E344" s="2" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I344" s="3">
-        <v>11788421378</v>
+        <v>32590998359</v>
       </c>
       <c r="J344" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K344" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L344" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M344" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="1">
-        <v>85243723500017</v>
+        <v>85260905600019</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="D345" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="G345" s="2"/>
       <c r="H345" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I345" s="3">
-        <v>32590998359</v>
+        <v>52440868044</v>
       </c>
       <c r="J345" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K345" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L345" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M345" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="1">
-        <v>85260905600019</v>
+        <v>85262129100024</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>1075</v>
-[...3 lines deleted...]
-      </c>
+        <v>1078</v>
+      </c>
+      <c r="D346" s="2"/>
       <c r="E346" s="2" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I346" s="3">
-        <v>52440868044</v>
+        <v>75331189333</v>
       </c>
       <c r="J346" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K346" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L346" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M346" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="1">
-        <v>85262129100024</v>
+        <v>85278214300014</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="G347" s="2"/>
       <c r="H347" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I347" s="3">
-        <v>75331189333</v>
+        <v>84691698869</v>
       </c>
       <c r="J347" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K347" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L347" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M347" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="1">
-        <v>85278214300014</v>
+        <v>85363365900018</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="D348" s="2"/>
+        <v>1084</v>
+      </c>
+      <c r="D348" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E348" s="2" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="G348" s="2"/>
       <c r="H348" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I348" s="3">
-        <v>84691698869</v>
+        <v>84691683569</v>
       </c>
       <c r="J348" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K348" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L348" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M348" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="1">
-        <v>85363365900018</v>
+        <v>85391779700013</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="D349" s="2" t="s">
-        <v>39</v>
+        <v>1087</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I349" s="3">
-        <v>84691683569</v>
+        <v>24410135741</v>
       </c>
       <c r="J349" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K349" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L349" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M349" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="1">
-        <v>85391779700013</v>
+        <v>85391819100018</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>1087</v>
-[...3 lines deleted...]
-      </c>
+        <v>1090</v>
+      </c>
+      <c r="D350" s="2"/>
       <c r="E350" s="2" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="G350" s="2"/>
       <c r="H350" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I350" s="3">
-        <v>24410135741</v>
+        <v>84691747069</v>
       </c>
       <c r="J350" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K350" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L350" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M350" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="1">
-        <v>85391819100018</v>
+        <v>87776838200013</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1092</v>
+        <v>851</v>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="s">
-        <v>18</v>
+        <v>1095</v>
       </c>
       <c r="I351" s="3">
-        <v>84691747069</v>
+        <v>11922343392</v>
       </c>
       <c r="J351" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K351" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L351" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M351" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="1">
-        <v>87776838200013</v>
+        <v>87910052700016</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>416</v>
+        <v>1098</v>
       </c>
       <c r="G352" s="2"/>
       <c r="H352" s="2" t="s">
-        <v>1095</v>
-[...3 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="I352" s="3"/>
       <c r="J352" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K352" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L352" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M352" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="1">
-        <v>87910052700016</v>
+        <v>87969474300011</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>1096</v>
-[...1 lines deleted...]
-      <c r="D353" s="2"/>
+        <v>1099</v>
+      </c>
+      <c r="D353" s="2" t="s">
+        <v>1100</v>
+      </c>
       <c r="E353" s="2" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1098</v>
-[...1 lines deleted...]
-      <c r="G353" s="2"/>
+        <v>1102</v>
+      </c>
+      <c r="G353" s="2" t="s">
+        <v>1103</v>
+      </c>
       <c r="H353" s="2" t="s">
-        <v>678</v>
+        <v>36</v>
       </c>
       <c r="I353" s="3"/>
       <c r="J353" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K353" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L353" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M353" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="1">
-        <v>87969474300011</v>
+        <v>87977436200013</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>1099</v>
-[...3 lines deleted...]
-      </c>
+        <v>1104</v>
+      </c>
+      <c r="D354" s="2"/>
       <c r="E354" s="2" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I354" s="3">
-        <v>52440882744</v>
+        <v>24180122618</v>
       </c>
       <c r="J354" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K354" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L354" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M354" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="1">
-        <v>87977436200013</v>
+        <v>88020993700015</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="G355" s="2"/>
       <c r="H355" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I355" s="3">
-        <v>24180122618</v>
+        <v>84260295326</v>
       </c>
       <c r="J355" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K355" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L355" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M355" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="1">
-        <v>88020993700015</v>
+        <v>88293112400037</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>1106</v>
-[...1 lines deleted...]
-      <c r="D356" s="2"/>
+        <v>1110</v>
+      </c>
+      <c r="D356" s="2" t="s">
+        <v>1111</v>
+      </c>
       <c r="E356" s="2" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>1108</v>
+        <v>882</v>
       </c>
       <c r="G356" s="2"/>
       <c r="H356" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I356" s="3">
-        <v>84260295326</v>
+        <v>84430351843</v>
       </c>
       <c r="J356" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K356" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L356" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M356" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="1">
-        <v>88293112400037</v>
+        <v>88350444100014</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="D357" s="2" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>872</v>
+        <v>1116</v>
       </c>
       <c r="G357" s="2"/>
       <c r="H357" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I357" s="3">
-        <v>84430351843</v>
+        <v>84380747538</v>
       </c>
       <c r="J357" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K357" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L357" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M357" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="1">
-        <v>88350444100014</v>
+        <v>88755207300017</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>1112</v>
-[...3 lines deleted...]
-      </c>
+        <v>1117</v>
+      </c>
+      <c r="D358" s="2"/>
       <c r="E358" s="2" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I358" s="3">
-        <v>84380747538</v>
+        <v>11788475078</v>
       </c>
       <c r="J358" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K358" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L358" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M358" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="1">
-        <v>88755207300017</v>
+        <v>88800490000013</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I359" s="3">
-        <v>11788475078</v>
+        <v>11941154394</v>
       </c>
       <c r="J359" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K359" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L359" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M359" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="1">
-        <v>88800490000013</v>
+        <v>88801386900027</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1121</v>
-[...1 lines deleted...]
-      <c r="G360" s="2"/>
+        <v>1125</v>
+      </c>
+      <c r="G360" s="2" t="s">
+        <v>1126</v>
+      </c>
       <c r="H360" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I360" s="3"/>
       <c r="J360" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K360" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L360" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M360" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="1">
-        <v>88801386900027</v>
+        <v>88860867600019</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>1122</v>
+        <v>1127</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1124</v>
-[...3 lines deleted...]
-      </c>
+        <v>1032</v>
+      </c>
+      <c r="G361" s="2"/>
       <c r="H361" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I361" s="3">
-        <v>84030376203</v>
+        <v>11788517478</v>
       </c>
       <c r="J361" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K361" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L361" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M361" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="1">
-        <v>88860867600019</v>
+        <v>88868710000014</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I362" s="3">
-        <v>11788517478</v>
+        <v>76300479430</v>
       </c>
       <c r="J362" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K362" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L362" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M362" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="1">
-        <v>88868710000014</v>
+        <v>88894202600012</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>1131</v>
       </c>
       <c r="G363" s="2"/>
       <c r="H363" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I363" s="3">
-        <v>76300479430</v>
+        <v>11922354592</v>
       </c>
       <c r="J363" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K363" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L363" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M363" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="1">
-        <v>88894202600012</v>
+        <v>88936193700028</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="G364" s="2"/>
       <c r="H364" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I364" s="3">
-        <v>11922354592</v>
+        <v>75870179887</v>
       </c>
       <c r="J364" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K364" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L364" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M364" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="1">
-        <v>88936193700028</v>
+        <v>88938351900010</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I365" s="3">
-        <v>75870179887</v>
+        <v>84010237001</v>
       </c>
       <c r="J365" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K365" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L365" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M365" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="1">
-        <v>88938351900010</v>
+        <v>88942700100033</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="G366" s="2"/>
       <c r="H366" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I366" s="3">
-        <v>84010237001</v>
+        <v>75331267533</v>
       </c>
       <c r="J366" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K366" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L366" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M366" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="1">
-        <v>88942700100033</v>
+        <v>88946186900014</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="s">
-        <v>1141</v>
+        <v>987</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1142</v>
+        <v>1032</v>
       </c>
       <c r="G367" s="2"/>
       <c r="H367" s="2" t="s">
-        <v>18</v>
+        <v>284</v>
       </c>
       <c r="I367" s="3">
-        <v>75331267533</v>
+        <v>52440914444</v>
       </c>
       <c r="J367" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K367" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L367" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M367" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="1">
-        <v>88946186900014</v>
+        <v>88946186900022</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C368" s="2" t="s">
         <v>1143</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="s">
-        <v>980</v>
+        <v>1144</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1128</v>
+        <v>1145</v>
       </c>
       <c r="G368" s="2"/>
       <c r="H368" s="2" t="s">
-        <v>678</v>
+        <v>36</v>
       </c>
       <c r="I368" s="3">
         <v>52440914444</v>
       </c>
       <c r="J368" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K368" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L368" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M368" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="1">
-        <v>88946186900022</v>
+        <v>89016722400017</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="G369" s="2"/>
       <c r="H369" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I369" s="3">
-        <v>52440914444</v>
+        <v>84691776569</v>
       </c>
       <c r="J369" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K369" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L369" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M369" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" s="1">
-        <v>89016722400017</v>
+        <v>89027087900012</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>1146</v>
-[...1 lines deleted...]
-      <c r="D370" s="2"/>
+        <v>627</v>
+      </c>
+      <c r="D370" s="2" t="s">
+        <v>628</v>
+      </c>
       <c r="E370" s="2" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1148</v>
-[...1 lines deleted...]
-      <c r="G370" s="2"/>
+        <v>1150</v>
+      </c>
+      <c r="G370" s="2" t="s">
+        <v>1151</v>
+      </c>
       <c r="H370" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="I370" s="3"/>
       <c r="J370" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K370" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L370" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M370" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="1">
-        <v>89027087900012</v>
+        <v>89041007900028</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="G371" s="2"/>
       <c r="H371" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I371" s="3">
-        <v>76090067209</v>
+        <v>75331281033</v>
       </c>
       <c r="J371" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K371" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L371" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M371" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="1">
-        <v>89041007900028</v>
+        <v>89233458200020</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>1152</v>
-[...1 lines deleted...]
-      <c r="D372" s="2"/>
+        <v>1155</v>
+      </c>
+      <c r="D372" s="2" t="s">
+        <v>1155</v>
+      </c>
       <c r="E372" s="2" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="G372" s="2"/>
       <c r="H372" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I372" s="3">
-        <v>75331281033</v>
+        <v>52440918544</v>
       </c>
       <c r="J372" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K372" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L372" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M372" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" s="1">
-        <v>89233458200020</v>
+        <v>89265605900011</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>1155</v>
-[...3 lines deleted...]
-      </c>
+        <v>1158</v>
+      </c>
+      <c r="D373" s="2"/>
       <c r="E373" s="2" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="G373" s="2"/>
       <c r="H373" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I373" s="3">
-        <v>52440918544</v>
+        <v>11788467778</v>
       </c>
       <c r="J373" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K373" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L373" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M373" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" s="1">
-        <v>89265605900011</v>
+        <v>89315208200010</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1160</v>
+        <v>993</v>
       </c>
       <c r="G374" s="2"/>
       <c r="H374" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>11788467778</v>
+        <v>54</v>
+      </c>
+      <c r="I374" s="3" t="s">
+        <v>1163</v>
       </c>
       <c r="J374" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K374" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L374" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M374" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" s="1">
-        <v>89315208200010</v>
+        <v>89347784400011</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>1161</v>
-[...1 lines deleted...]
-      <c r="D375" s="2"/>
+        <v>1164</v>
+      </c>
+      <c r="D375" s="2" t="s">
+        <v>1165</v>
+      </c>
       <c r="E375" s="2" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>986</v>
+        <v>1167</v>
       </c>
       <c r="G375" s="2"/>
       <c r="H375" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1163</v>
+        <v>54</v>
+      </c>
+      <c r="I375" s="3">
+        <v>28760624976</v>
       </c>
       <c r="J375" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K375" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L375" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M375" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" s="1">
-        <v>89347784400011</v>
+        <v>89379170700019</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>1164</v>
-[...3 lines deleted...]
-      </c>
+        <v>1168</v>
+      </c>
+      <c r="D376" s="2"/>
       <c r="E376" s="2" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="G376" s="2"/>
       <c r="H376" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I376" s="3">
-        <v>28760624976</v>
+        <v>76341102234</v>
       </c>
       <c r="J376" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K376" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L376" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M376" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377" s="1">
-        <v>89379170700019</v>
+        <v>89404804000014</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="G377" s="2"/>
       <c r="H377" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I377" s="3">
-        <v>76341102234</v>
+        <v>76820099582</v>
       </c>
       <c r="J377" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K377" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L377" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M377" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378" s="1">
-        <v>89404804000014</v>
+        <v>89481547100012</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="G378" s="2"/>
       <c r="H378" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I378" s="3">
-        <v>76820099582</v>
+        <v>93131890813</v>
       </c>
       <c r="J378" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K378" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L378" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M378" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" s="1">
-        <v>89481547100012</v>
+        <v>89497233000019</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="D379" s="2"/>
       <c r="E379" s="2" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="G379" s="2"/>
       <c r="H379" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I379" s="3">
-        <v>93131890813</v>
+        <v>84691824369</v>
       </c>
       <c r="J379" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K379" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L379" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M379" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" s="1">
-        <v>89497233000019</v>
+        <v>89539537400021</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="G380" s="2"/>
       <c r="H380" s="2" t="s">
-        <v>24</v>
+        <v>659</v>
       </c>
       <c r="I380" s="3">
-        <v>84691824369</v>
+        <v>11756264475</v>
       </c>
       <c r="J380" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K380" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L380" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M380" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" s="1">
-        <v>89539537400021</v>
+        <v>89845789000017</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>1180</v>
-[...1 lines deleted...]
-      <c r="D381" s="2"/>
+        <v>1183</v>
+      </c>
+      <c r="D381" s="2" t="s">
+        <v>1184</v>
+      </c>
       <c r="E381" s="2" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="G381" s="2"/>
       <c r="H381" s="2" t="s">
-        <v>605</v>
+        <v>54</v>
       </c>
       <c r="I381" s="3">
-        <v>11756264475</v>
+        <v>93830652383</v>
       </c>
       <c r="J381" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K381" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L381" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M381" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382" s="1">
-        <v>89845789000017</v>
+        <v>89880747400017</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="D382" s="2" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="G382" s="2"/>
       <c r="H382" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I382" s="3">
-        <v>93830652383</v>
+        <v>11941065694</v>
       </c>
       <c r="J382" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K382" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L382" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M382" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383" s="1">
-        <v>89880747400017</v>
+        <v>90007495600013</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>1187</v>
-[...3 lines deleted...]
-      </c>
+        <v>1191</v>
+      </c>
+      <c r="D383" s="2"/>
       <c r="E383" s="2" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="G383" s="2"/>
       <c r="H383" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I383" s="3">
-        <v>11941065694</v>
+        <v>84691862869</v>
       </c>
       <c r="J383" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K383" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L383" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M383" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384" s="1">
-        <v>90007495600013</v>
+        <v>90021724100018</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="G384" s="2"/>
       <c r="H384" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I384" s="3">
-        <v>84691862869</v>
+        <v>84691857369</v>
       </c>
       <c r="J384" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K384" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L384" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M384" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385" s="1">
-        <v>90160427200020</v>
+        <v>90043166900028</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1196</v>
-[...1 lines deleted...]
-      <c r="G385" s="2"/>
+        <v>1199</v>
+      </c>
+      <c r="G385" s="2" t="s">
+        <v>455</v>
+      </c>
       <c r="H385" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>659</v>
+      </c>
+      <c r="I385" s="3"/>
       <c r="J385" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K385" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="L385" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M385" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386" s="1">
-        <v>90174205600012</v>
+        <v>90048264700014</v>
       </c>
       <c r="B386" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>1197</v>
-[...1 lines deleted...]
-      <c r="D386" s="2"/>
+        <v>1200</v>
+      </c>
+      <c r="D386" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E386" s="2" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="G386" s="2"/>
       <c r="H386" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I386" s="3">
-        <v>52530100253</v>
+        <v>11950721695</v>
       </c>
       <c r="J386" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K386" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L386" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M386" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387" s="1">
-        <v>90178788700016</v>
+        <v>90056066500029</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>1202</v>
-[...1 lines deleted...]
-      <c r="G387" s="2"/>
+        <v>458</v>
+      </c>
+      <c r="G387" s="2" t="s">
+        <v>1205</v>
+      </c>
       <c r="H387" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="I387" s="3"/>
       <c r="J387" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K387" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L387" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M387" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" s="1">
-        <v>90207706400019</v>
+        <v>90160427200020</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2" t="s">
-        <v>1195</v>
+        <v>1207</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="G388" s="2"/>
       <c r="H388" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I388" s="3">
-        <v>11910914891</v>
+        <v>11910919191</v>
       </c>
       <c r="J388" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K388" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L388" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M388" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" s="1">
-        <v>90217982900012</v>
+        <v>90174205600012</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="G389" s="2"/>
       <c r="H389" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I389" s="3">
-        <v>76660255666</v>
+        <v>52530100253</v>
       </c>
       <c r="J389" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K389" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L389" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M389" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" s="1">
-        <v>90224162900010</v>
+        <v>90178788700016</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="G390" s="2"/>
       <c r="H390" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I390" s="3">
-        <v>75331351233</v>
+        <v>32020153602</v>
       </c>
       <c r="J390" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K390" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L390" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M390" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391" s="1">
-        <v>90256632200019</v>
+        <v>90207706400019</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>1211</v>
-[...3 lines deleted...]
-      </c>
+        <v>1215</v>
+      </c>
+      <c r="D391" s="2"/>
       <c r="E391" s="2" t="s">
-        <v>1212</v>
+        <v>1207</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="G391" s="2"/>
       <c r="H391" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I391" s="3">
-        <v>75790143279</v>
+        <v>11910914891</v>
       </c>
       <c r="J391" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K391" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L391" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M391" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" s="1">
-        <v>90302661500018</v>
+        <v>90217982900012</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="G392" s="2"/>
       <c r="H392" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I392" s="3">
-        <v>11930901393</v>
+        <v>76660255666</v>
       </c>
       <c r="J392" s="2" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K392" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L392" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M392" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" s="1">
-        <v>90319628500014</v>
+        <v>90224162900010</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="G393" s="2"/>
       <c r="H393" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I393" s="3">
-        <v>84730242473</v>
+        <v>75331351233</v>
       </c>
       <c r="J393" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K393" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L393" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M393" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" s="1">
-        <v>90765590600028</v>
+        <v>90256632200019</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="D394" s="2" t="s">
-        <v>39</v>
+        <v>1223</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="G394" s="2"/>
       <c r="H394" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I394" s="3">
-        <v>53560991356</v>
+        <v>75790143279</v>
       </c>
       <c r="J394" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K394" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L394" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M394" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395" s="1">
-        <v>90878064600018</v>
+        <v>90302661500018</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>1223</v>
-[...3 lines deleted...]
-      </c>
+        <v>1226</v>
+      </c>
+      <c r="D395" s="2"/>
       <c r="E395" s="2" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1154</v>
+        <v>1228</v>
       </c>
       <c r="G395" s="2"/>
       <c r="H395" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I395" s="3">
-        <v>44680325168</v>
+        <v>11930901393</v>
       </c>
       <c r="J395" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K395" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L395" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M395" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396" s="1">
-        <v>90897930500012</v>
+        <v>90319628500014</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>1226</v>
-[...3 lines deleted...]
-      </c>
+        <v>1229</v>
+      </c>
+      <c r="D396" s="2"/>
       <c r="E396" s="2" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1154</v>
+        <v>1231</v>
       </c>
       <c r="G396" s="2"/>
       <c r="H396" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I396" s="3">
-        <v>84260328026</v>
+        <v>84730242473</v>
       </c>
       <c r="J396" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K396" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L396" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M396" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" s="1">
-        <v>90916223200013</v>
+        <v>90878064600018</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1230</v>
+        <v>1154</v>
       </c>
       <c r="G397" s="2"/>
       <c r="H397" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I397" s="3">
-        <v>84691926869</v>
+        <v>44680325168</v>
       </c>
       <c r="J397" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K397" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L397" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M397" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" s="1">
-        <v>90990426000017</v>
+        <v>90897930500012</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>1231</v>
-[...1 lines deleted...]
-      <c r="D398" s="2"/>
+        <v>1235</v>
+      </c>
+      <c r="D398" s="2" t="s">
+        <v>1235</v>
+      </c>
       <c r="E398" s="2" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1233</v>
+        <v>1154</v>
       </c>
       <c r="G398" s="2"/>
       <c r="H398" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I398" s="3">
-        <v>24280205728</v>
+        <v>84260328026</v>
       </c>
       <c r="J398" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K398" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L398" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M398" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" s="1">
-        <v>91055380900013</v>
+        <v>90916223200013</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>1234</v>
-[...1 lines deleted...]
-      <c r="D399" s="2"/>
+        <v>1237</v>
+      </c>
+      <c r="D399" s="2" t="s">
+        <v>1237</v>
+      </c>
       <c r="E399" s="2" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="G399" s="2"/>
       <c r="H399" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I399" s="3">
-        <v>76311136131</v>
+        <v>84691926869</v>
       </c>
       <c r="J399" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K399" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L399" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M399" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" s="1">
-        <v>91074573600017</v>
+        <v>90990426000017</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="G400" s="2"/>
       <c r="H400" s="2" t="s">
-        <v>678</v>
+        <v>54</v>
       </c>
       <c r="I400" s="3">
-        <v>76341167034</v>
+        <v>24280205728</v>
       </c>
       <c r="J400" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K400" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L400" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M400" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401" s="1">
-        <v>91130252900019</v>
+        <v>91055380900013</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>1240</v>
-[...3 lines deleted...]
-      </c>
+        <v>1243</v>
+      </c>
+      <c r="D401" s="2"/>
       <c r="E401" s="2" t="s">
-        <v>1021</v>
+        <v>1244</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="G401" s="2"/>
       <c r="H401" s="2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I401" s="3">
-        <v>84691968469</v>
+        <v>76311136131</v>
       </c>
       <c r="J401" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K401" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L401" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M401" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402" s="1">
-        <v>91339322900012</v>
+        <v>91074573600017</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="G402" s="2"/>
       <c r="H402" s="2" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="I402" s="3">
-        <v>28760661576</v>
+        <v>76341167034</v>
       </c>
       <c r="J402" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K402" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L402" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M402" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403" s="1">
-        <v>91346579500015</v>
+        <v>91130252900019</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>1246</v>
-[...1 lines deleted...]
-      <c r="D403" s="2"/>
+        <v>1249</v>
+      </c>
+      <c r="D403" s="2" t="s">
+        <v>1250</v>
+      </c>
       <c r="E403" s="2" t="s">
-        <v>1247</v>
+        <v>84</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="G403" s="2"/>
       <c r="H403" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I403" s="3">
-        <v>11922532692</v>
+        <v>84691968469</v>
       </c>
       <c r="J403" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K403" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L403" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M403" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" s="1">
-        <v>91423906600014</v>
+        <v>91339322900012</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="G404" s="2"/>
       <c r="H404" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I404" s="3">
-        <v>76311152631</v>
+        <v>28760661576</v>
       </c>
       <c r="J404" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K404" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L404" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M404" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" s="1">
-        <v>91464032100016</v>
+        <v>91346579500015</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>1252</v>
-[...3 lines deleted...]
-      </c>
+        <v>1255</v>
+      </c>
+      <c r="D405" s="2"/>
       <c r="E405" s="2" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="G405" s="2"/>
       <c r="H405" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I405" s="3">
-        <v>11756538375</v>
+        <v>11922532692</v>
       </c>
       <c r="J405" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K405" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L405" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M405" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" s="1">
-        <v>91793718700016</v>
+        <v>91423906600014</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>1255</v>
-[...3 lines deleted...]
-      </c>
+        <v>1258</v>
+      </c>
+      <c r="D406" s="2"/>
       <c r="E406" s="2" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="G406" s="2"/>
       <c r="H406" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I406" s="3">
-        <v>28760666176</v>
+        <v>76311152631</v>
       </c>
       <c r="J406" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K406" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L406" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M406" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" s="1">
-        <v>91904523700014</v>
+        <v>91464032100016</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>1258</v>
-[...1 lines deleted...]
-      <c r="D407" s="2"/>
+        <v>1261</v>
+      </c>
+      <c r="D407" s="2" t="s">
+        <v>1072</v>
+      </c>
       <c r="E407" s="2" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="G407" s="2"/>
       <c r="H407" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I407" s="3">
-        <v>84380841938</v>
+        <v>11756538375</v>
       </c>
       <c r="J407" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="K407" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="L407" s="2" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="M407" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" s="1">
-        <v>95261130900016</v>
+        <v>91793718700016</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>1261</v>
-[...1 lines deleted...]
-      <c r="D408" s="2"/>
+        <v>1264</v>
+      </c>
+      <c r="D408" s="2" t="s">
+        <v>162</v>
+      </c>
       <c r="E408" s="2" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="G408" s="2"/>
       <c r="H408" s="2" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I408" s="3">
+        <v>28760666176</v>
+      </c>
+      <c r="J408" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="K408" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="L408" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="M408" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13">
+      <c r="A409" s="1">
+        <v>91904523700014</v>
+      </c>
+      <c r="B409" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C409" s="2" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D409" s="2"/>
+      <c r="E409" s="2" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F409" s="2" t="s">
+        <v>1269</v>
+      </c>
+      <c r="G409" s="2"/>
+      <c r="H409" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="I409" s="3">
+        <v>84380841938</v>
+      </c>
+      <c r="J409" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="K409" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="L409" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="M409" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13">
+      <c r="A410" s="1">
+        <v>95261130900016</v>
+      </c>
+      <c r="B410" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C410" s="2" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D410" s="2"/>
+      <c r="E410" s="2" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F410" s="2" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G410" s="2"/>
+      <c r="H410" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I410" s="3">
         <v>52720209772</v>
       </c>
-      <c r="J408" s="2" t="s">
-[...9 lines deleted...]
-        <v>20</v>
+      <c r="J410" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="K410" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="L410" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="M410" s="2" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -19605,31 +19658,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 07:31:18</dc:description>
+  <dc:description>Export en date du 02/21/2026 18:29:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>