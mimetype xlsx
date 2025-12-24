--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -232,144 +232,144 @@
   <si>
     <t>2 RUE ETTORE BUGATTI 67110 REICHSHOFFEN</t>
   </si>
   <si>
     <t>25/04/2019</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>CFAI DIAFOR</t>
   </si>
   <si>
     <t>ZI KERGONAN NORD 8 B RUE FERDINAND DE LESSEPS 29200 BREST</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>10 RUE PIERRE ET MARIE CURIE 35500 VITRE</t>
   </si>
   <si>
     <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
   </si>
   <si>
+    <t>ASS FORM PROF INDUSTRIE DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>4 RUE FRERES C ET A D ORBIGNY 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/10/1997</t>
+  </si>
+  <si>
+    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
+  </si>
+  <si>
+    <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>31/10/1994</t>
+  </si>
+  <si>
+    <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>AFPI EURE SEINE ESTUAIRE</t>
+  </si>
+  <si>
+    <t>115 RUE DESRAME 76620 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>422 RUE HENRI BECQUEREL 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>AFPI INSERTION POITOU CHARENTE</t>
+  </si>
+  <si>
+    <t>33 RUE DE L’ARSENAL 16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>19/11/2012</t>
+  </si>
+  <si>
     <t>T.S.R. FORMATION</t>
   </si>
   <si>
     <t>36 PARC D’ACTIVITES DE DOUZIES 59600 MAUBEUGE</t>
   </si>
   <si>
     <t>01/11/2017</t>
   </si>
   <si>
-    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
-[...37 lines deleted...]
-  <si>
     <t>AFPI BRETAGNE</t>
   </si>
   <si>
     <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
   </si>
   <si>
     <t>07/10/2002</t>
   </si>
   <si>
     <t>SOFIP</t>
   </si>
   <si>
     <t>ZI N 2 BAT 100 RUE PABLO PICASSO 59220 ROUVIGNIES</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
     <t>TRAJECTOIRE FORMATIONS TECHNIQUES</t>
   </si>
   <si>
     <t>TFT</t>
   </si>
   <si>
     <t>21 GRANDE RUE 39110 LA CHAPELLE-SUR-FURIEUSE</t>
   </si>
   <si>
     <t>15/11/2019</t>
   </si>
   <si>
     <t>GROUPE DE LA SALLE - REIMS</t>
   </si>
   <si>
     <t>94 AVENUE DE LAON 51100 REIMS</t>
   </si>
   <si>
     <t>01/03/2016</t>
-  </si>
-[...7 lines deleted...]
-    <t>19/11/2012</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>RUE BASSE MOUILLERE 45160 OLIVET</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
@@ -1408,71 +1408,71 @@
       <c r="F15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I15" s="3">
         <v>53220855422</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>75202975100050</v>
+        <v>41441296500017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="3">
-        <v>31590802159</v>
+        <v>72640157664</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>78050734900048</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D17" s="2"/>
@@ -1593,264 +1593,264 @@
       <c r="F20" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I20" s="3">
         <v>23760001576</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>41441296500017</v>
+        <v>79008626800014</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I21" s="3">
-        <v>72640157664</v>
+        <v>54160078316</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>30824995200083</v>
+        <v>75202975100050</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I22" s="3">
-        <v>53350007835</v>
+        <v>31590802159</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>34023989600038</v>
+        <v>30824995200083</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I23" s="3">
-        <v>31590138759</v>
+        <v>53350007835</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>80526633500027</v>
+        <v>34023989600038</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I24" s="3">
-        <v>43390103739</v>
+        <v>31590138759</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>81890818800019</v>
+        <v>80526633500027</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="I25" s="3">
-        <v>44510195451</v>
+        <v>43390103739</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>79008626800014</v>
+        <v>81890818800019</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="I26" s="3">
-        <v>54160078316</v>
+        <v>44510195451</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>106</v>
       </c>
@@ -2942,31 +2942,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 13:29:12</dc:description>
+  <dc:description>Export en date du 12/24/2025 20:25:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>