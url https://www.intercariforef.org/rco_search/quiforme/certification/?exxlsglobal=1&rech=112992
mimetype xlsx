--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -193,162 +193,162 @@
   <si>
     <t>LYCEE POLYVALENT NELSON MANDELA</t>
   </si>
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT TURGOT</t>
   </si>
   <si>
     <t>GRETA DU LIMOUSIN</t>
   </si>
   <si>
     <t>7 AVENUE SAINT ELOI 87000 LIMOGES</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>SOFIP</t>
+  </si>
+  <si>
+    <t>ZI N 2 BAT 100 RUE PABLO PICASSO 59220 ROUVIGNIES</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
     <t>ASS DEVELOP APPRENTIS INDUST AQUITAIN</t>
   </si>
   <si>
     <t>MAISON DE LA METALLURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
   </si>
   <si>
     <t>26/12/1988</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>CFAI ALSACE</t>
   </si>
   <si>
     <t>2 RUE ETTORE BUGATTI 67110 REICHSHOFFEN</t>
   </si>
   <si>
     <t>25/04/2019</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>CFAI DIAFOR</t>
   </si>
   <si>
     <t>ZI KERGONAN NORD 8 B RUE FERDINAND DE LESSEPS 29200 BREST</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>10 RUE PIERRE ET MARIE CURIE 35500 VITRE</t>
   </si>
   <si>
     <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
   </si>
   <si>
     <t>ASS FORM PROF INDUSTRIE DE L'ADOUR</t>
   </si>
   <si>
     <t>4 RUE FRERES C ET A D ORBIGNY 64000 PAU</t>
   </si>
   <si>
     <t>01/10/1997</t>
   </si>
   <si>
+    <t>T.S.R. FORMATION</t>
+  </si>
+  <si>
+    <t>36 PARC D’ACTIVITES DE DOUZIES 59600 MAUBEUGE</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
     <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>31/10/1994</t>
   </si>
   <si>
     <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
     <t>AFPI EURE SEINE ESTUAIRE</t>
   </si>
   <si>
     <t>115 RUE DESRAME 76620 LE HAVRE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>422 RUE HENRI BECQUEREL 27000 EVREUX</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>AFPI INSERTION POITOU CHARENTE</t>
   </si>
   <si>
     <t>33 RUE DE L’ARSENAL 16000 ANGOULEME</t>
   </si>
   <si>
     <t>19/11/2012</t>
-  </si>
-[...25 lines deleted...]
-    <t>01/01/1994</t>
   </si>
   <si>
     <t>TRAJECTOIRE FORMATIONS TECHNIQUES</t>
   </si>
   <si>
     <t>TFT</t>
   </si>
   <si>
     <t>21 GRANDE RUE 39110 LA CHAPELLE-SUR-FURIEUSE</t>
   </si>
   <si>
     <t>15/11/2019</t>
   </si>
   <si>
     <t>GROUPE DE LA SALLE - REIMS</t>
   </si>
   <si>
     <t>94 AVENUE DE LAON 51100 REIMS</t>
   </si>
   <si>
     <t>01/03/2016</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
@@ -1223,552 +1223,552 @@
       <c r="F10" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
         <v>75870202087</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>35109084000015</v>
+        <v>30824995200083</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>75331179633</v>
+        <v>53350007835</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>38855948600062</v>
+        <v>34023989600038</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>42680205768</v>
+        <v>31590138759</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>39048242000044</v>
+        <v>35109084000015</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I13" s="3">
-        <v>53220855422</v>
+        <v>75331179633</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>39048242000069</v>
+        <v>38855948600062</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="I14" s="3">
-        <v>53220855422</v>
+        <v>42680205768</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>39048242000077</v>
+        <v>39048242000044</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="I15" s="3">
         <v>53220855422</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>41441296500017</v>
+        <v>39048242000069</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="I16" s="3">
-        <v>72640157664</v>
+        <v>53220855422</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78050734900048</v>
+        <v>39048242000077</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="I17" s="3">
-        <v>22600001660</v>
+        <v>53220855422</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78050734900139</v>
+        <v>41441296500017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>22600001660</v>
+        <v>72640157664</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78106280700016</v>
+        <v>75202975100050</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="I19" s="3">
-        <v>23760001576</v>
+        <v>31590802159</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78106280700032</v>
+        <v>78050734900048</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="I20" s="3">
-        <v>23760001576</v>
+        <v>22600001660</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>79008626800014</v>
+        <v>78050734900139</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I21" s="3">
-        <v>54160078316</v>
+        <v>22600001660</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>75202975100050</v>
+        <v>78106280700016</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="I22" s="3">
-        <v>31590802159</v>
+        <v>23760001576</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>30824995200083</v>
+        <v>78106280700032</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="I23" s="3">
-        <v>53350007835</v>
+        <v>23760001576</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>34023989600038</v>
+        <v>79008626800014</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I24" s="3">
-        <v>31590138759</v>
+        <v>54160078316</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>80526633500027</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="2" t="s">
@@ -1797,51 +1797,51 @@
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>81890818800019</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I26" s="3">
         <v>44510195451</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
@@ -2942,31 +2942,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 20:25:26</dc:description>
+  <dc:description>Export en date du 02/14/2026 19:15:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>