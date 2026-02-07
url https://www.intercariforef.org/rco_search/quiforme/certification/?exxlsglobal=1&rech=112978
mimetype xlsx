--- v0 (2025-12-04)
+++ v1 (2026-02-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="344">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -181,137 +181,458 @@
   <si>
     <t>GRETA VAL-DE-MARNE</t>
   </si>
   <si>
     <t>126 AVENUE ROGER SALENGRO 94500 CHAMPIGNY-SUR-MARNE</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>1194P000194</t>
   </si>
   <si>
     <t>GUADELOUPE FORMATION</t>
   </si>
   <si>
     <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>26/02/2010</t>
   </si>
   <si>
     <t>01973178697</t>
   </si>
   <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>INFREP</t>
+  </si>
+  <si>
+    <t>2 RUE DE BOURGOGNE 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>19/01/2004</t>
+  </si>
+  <si>
+    <t>COLLEGE COOPERATIF PROVENCE-ALPES-MEDIT</t>
+  </si>
+  <si>
+    <t>QUARTIER PARADIS ST ROCH BAT C7 ALL EDGAR DEGAS 13117 MARTIGUES</t>
+  </si>
+  <si>
+    <t>27/02/2023</t>
+  </si>
+  <si>
+    <t>INITIATIVES ORIENT DEVELOP EMPLOI</t>
+  </si>
+  <si>
+    <t>VILLA LYCAON LD BAZIN IMP LOULOU MATIMA 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>FORMATION APPRENTISSAGE INNOVATION RECHERCHE EDUCATION - ECONOMIE SOCIALE ET SOLIDAIRE</t>
+  </si>
+  <si>
+    <t>LES CHENES VERTS 1011 RUE DU PONT DE LAVERUNE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/1991</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>OPTIMA</t>
+  </si>
+  <si>
+    <t>9 RUE LIEUTENANT-COLONEL DUBOIS 35132 VEZIN-LE-COQUET</t>
+  </si>
+  <si>
+    <t>05/04/2002</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SANTERO PATRICE BERNARD  </t>
+  </si>
+  <si>
+    <t>27 CHEMIN DES ARNEYS 33480 CASTELNAU-DE-MEDOC</t>
+  </si>
+  <si>
+    <t>20/07/2004</t>
+  </si>
+  <si>
+    <t>86.90E</t>
+  </si>
+  <si>
+    <t>ATHELIA INSTITUT DE FORMATION CONSEILS ET PERFORMANCE</t>
+  </si>
+  <si>
+    <t>ATHELIA IV LES TERRASSES DE LA CIOTAT 404 AVENUE DE LA TRAMONTANE 13600 LA CIOTAT</t>
+  </si>
+  <si>
+    <t>05/06/2024</t>
+  </si>
+  <si>
+    <t>GENIUS AKDMY</t>
+  </si>
+  <si>
+    <t>65 RUE SAINTE MARIE 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>DEMARCHE CITOYENNE LA DIVERSITE S'AMUSE</t>
+  </si>
+  <si>
+    <t>16 RUE DES GLYCINES 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>11/02/2013</t>
+  </si>
+  <si>
+    <t>ADAPECO</t>
+  </si>
+  <si>
+    <t>ZAC DU 14 JUILLET RUE PIERRE ET MARIE CURIE 62223 SAINT-LAURENT-BLANGY</t>
+  </si>
+  <si>
+    <t>23/12/2014</t>
+  </si>
+  <si>
+    <t>ALTERNATIVE CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>14 RUE VICTOR SCHOELCHER 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+  </si>
+  <si>
+    <t>548 RUE DE LILLE 62400 BETHUNE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>EQUINOXE FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL KATOURY  5-7 5 ROCADE DE ZEPHIR 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>14/10/2011</t>
+  </si>
+  <si>
+    <t>IRTS NORMANDIE-CAEN ARRFIS</t>
+  </si>
+  <si>
+    <t>2 RUE DU CAMPUS 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>18/06/2020</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SUD FORMATION</t>
+  </si>
+  <si>
+    <t>COEUR CAPELETTE BAT D RDC 3 RUE JEAN-EUGENE PAILLAS 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>23/04/2015</t>
+  </si>
+  <si>
+    <t>EPG - FORMATION ECOLE PLURIDISCIPLINAIRE GARDOISE</t>
+  </si>
+  <si>
+    <t>AVENUE DU 8 MAI 1945 30490 MONTFRIN</t>
+  </si>
+  <si>
+    <t>14/04/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LECOMTE CARMEN   </t>
+  </si>
+  <si>
+    <t>349 RUE DU FAUBOURG DE HEM 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>POINT.COM</t>
+  </si>
+  <si>
+    <t>77 RUE RENE JADFARD 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>22/10/2010</t>
+  </si>
+  <si>
+    <t>ECOLE METIERS A ACCOMPAGNEMENT PERSONNE</t>
+  </si>
+  <si>
+    <t>BOIS D'OLIVES 1 D CHEMIN VELIA 97432 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>18/12/2014</t>
+  </si>
+  <si>
+    <t>ALPHA FORMATION OI</t>
+  </si>
+  <si>
+    <t>2628 CHEMIN LEFAGUYES 97440 SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>06/12/2011</t>
+  </si>
+  <si>
+    <t>PASTEUR ASSOCIATION AVENIR JEUNESSE PAJE</t>
+  </si>
+  <si>
+    <t>194 AVENUE SAINTE-MARGUERITE 06200 NICE</t>
+  </si>
+  <si>
+    <t>28/06/2021</t>
+  </si>
+  <si>
+    <t>ADONIS</t>
+  </si>
+  <si>
+    <t>ADONIS - ROSE CARMIN</t>
+  </si>
+  <si>
+    <t>179 AVENUE DE MURET 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZONE SILIC 80 RUE D'ARCUEIL 94150 RUNGIS</t>
+  </si>
+  <si>
+    <t>02/01/2015</t>
+  </si>
+  <si>
+    <t>FORMAFLOW</t>
+  </si>
+  <si>
+    <t>PARC D'ENTREPRISES LA RADIO ROUTE DE PARIS 28100 DREUX</t>
+  </si>
+  <si>
+    <t>02/01/2018</t>
+  </si>
+  <si>
+    <t>PASADENA CONSULTING</t>
+  </si>
+  <si>
+    <t>27 RUE FROIDEVAUX 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>FEDERATION DU LIEN ECONOMIQUE SOCIAL ET SOLIDAIRE LA BELLE CREOLE</t>
+  </si>
+  <si>
+    <t>01 RES RAPHAEL ARNASSALLON 1 RES CIRCONVALLATION 97100 BASSE-TERRE</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>01973098997</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>KLG CARAIBES</t>
+  </si>
+  <si>
+    <t>35 AVENUE PAUL LACAVE 97130 CAPESTERRE-BELLE-EAU</t>
+  </si>
+  <si>
+    <t>09/11/2011</t>
+  </si>
+  <si>
+    <t>ISTAS - GROUPE TEMPUSFORMATIONS</t>
+  </si>
+  <si>
+    <t>30 RUE DE LATTRE DE TASSIGNY 67300 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>FOR-DA</t>
+  </si>
+  <si>
+    <t>7 IMMEUBLE PLEIN SUD ZAC DE MOUDONG RUE CLAUDE EMMANUEL BLANDIN 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>ALTER'NATIV</t>
+  </si>
+  <si>
+    <t>SAVANNA 926 CHEMIN DU TOUR DES ROCHES 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>30/06/2017</t>
+  </si>
+  <si>
     <t>ESSENSYS FCOI</t>
   </si>
   <si>
     <t>7 RPT DU MANGUIER 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>01/11/2015</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...41 lines deleted...]
-    <t>94.99Z</t>
+    <t>JURA SPORT FORMATION</t>
+  </si>
+  <si>
+    <t>5 ROUTE DE LA GRANGE AU GUI 39260 MOIRANS-EN-MONTAGNE</t>
+  </si>
+  <si>
+    <t>10/06/2025</t>
+  </si>
+  <si>
+    <t>ACTION POUR LE DROIT A LA FORMATION ET AU SERVICE A LA PERSONNE</t>
+  </si>
+  <si>
+    <t>BAT 2 VILLA CASSIOPEE 63 RUE DE ROMAINVILLE 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>26/08/2011</t>
+  </si>
+  <si>
+    <t>F4S FORMATION</t>
+  </si>
+  <si>
+    <t>2 AVENUE DES FALAISES 27100 VAL-DE-REUIL</t>
+  </si>
+  <si>
+    <t>16/01/2019</t>
+  </si>
+  <si>
+    <t>E.FORMA</t>
+  </si>
+  <si>
+    <t>IMM LE MERIDIEN 103 PLACE DES GOELANDS 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/10/2011</t>
+  </si>
+  <si>
+    <t>ACADEMIE.LAX FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>175 RTE DE PRADES 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>LIGUE DE L ENSEIGNEMENT - FAIL 13</t>
+  </si>
+  <si>
+    <t>CFREP - LA MAURELETTE 1 ALL DU BOIS 13015 MARSEILLE 15EME</t>
+  </si>
+  <si>
+    <t>12/08/2019</t>
   </si>
   <si>
     <t>CENTR POLYVAL FORMAT PROFES LA ROUATIERE</t>
   </si>
   <si>
     <t>DOM LA ROUATIERE 11400 SOUILHANELS</t>
   </si>
   <si>
     <t>10/02/1988</t>
   </si>
   <si>
     <t>SAINT MICHEL EDUCATION</t>
   </si>
   <si>
     <t>OGEC SEVIGNE</t>
   </si>
   <si>
     <t>29 RUE MICHELET 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/07/2013</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>OGEC ASS EDUCATIVE ND LE MENIMUR</t>
   </si>
   <si>
     <t>85 RUE DE METZ 56000 VANNES</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
+    <t>A.D.E.A.</t>
+  </si>
+  <si>
+    <t>12 RUE DU PELOUX 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
     <t>ASSOC FAMIL GEST DU L.E.A.P. ST SORLIN</t>
   </si>
   <si>
     <t>10 PLACE DE LA HALLE 01150 SAINT-SORLIN-EN-BUGEY</t>
   </si>
   <si>
     <t>AADPSFP</t>
   </si>
   <si>
     <t>217 AVENUE PIERRE BROSSOLETTE 10000 TROYES</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>HAUTE ECOLE DU TRAVAIL ET DE L'INTERVENTION SOCIALE</t>
   </si>
   <si>
     <t>6 RUE CHANOINE RANCE-BOURREY 06100 NICE</t>
   </si>
   <si>
     <t>CTRE RECHERCHES ETUDES FORMATION ORGANIS</t>
   </si>
   <si>
     <t>105 RUE D'ARTOIS 59000 LILLE</t>
@@ -340,251 +661,56 @@
   <si>
     <t>06/02/1984</t>
   </si>
   <si>
     <t xml:space="preserve">SALHI MEHDI   </t>
   </si>
   <si>
     <t>54 BOULEVARD DU GENERAL LECLERC 59100 ROUBAIX</t>
   </si>
   <si>
     <t>12/09/2019</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>EXIMUS FORMATION SARL</t>
   </si>
   <si>
     <t>432 IMMEUBLE LES SALAZES 554 RUE ANDROPOLIS 97440 SAINT-ANDRE</t>
   </si>
   <si>
     <t>30/10/2020</t>
   </si>
   <si>
-    <t>GENIUS AKDMY</t>
-[...25 lines deleted...]
-  <si>
     <t>AKALI</t>
   </si>
   <si>
     <t>62 RUE ADRIEN LAGOURGUE 97424 SAINT-LEU</t>
   </si>
   <si>
-    <t>01/08/2018</t>
-[...166 lines deleted...]
-  <si>
     <t>TRAINING LAB OCEAN INDIEN</t>
   </si>
   <si>
     <t>BP 276 CHEZ 3 A MAYOTTE BAT ARCHIPEL ZONE INDUSTRIELLE KAWENI 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>01/03/2014</t>
   </si>
   <si>
     <t>06973135197</t>
   </si>
   <si>
     <t>ECOLE SUPERIEUR DE COMMERCE ET DE GESTION DE MAYOTTE</t>
   </si>
   <si>
     <t>BATIMENT H ZI KAWENI CENTRE MAHARAJAH SIS RUE DE L'AR 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>13/04/2023</t>
   </si>
   <si>
     <t>06970007397</t>
   </si>
   <si>
     <t>SOCIETE MAHORAISE DE FORMATION PROFESSIONNELLE</t>
@@ -598,158 +724,50 @@
   <si>
     <t>06970007697</t>
   </si>
   <si>
     <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
   </si>
   <si>
     <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>22/12/2016</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA DE SAINT PIERRE</t>
   </si>
   <si>
     <t>CPOI 65 RUE DU PERE LAFOSSE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
-    <t>ACTION POUR LE DROIT A LA FORMATION ET AU SERVICE A LA PERSONNE</t>
-[...106 lines deleted...]
-  <si>
     <t>ESSOR BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>39 RUE DE LA RECOLTE 97351 MATOURY</t>
   </si>
   <si>
     <t>24/01/2021</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
@@ -781,50 +799,53 @@
   <si>
     <t>1 RUE DE LA CITOYENNETE 93240 STAINS</t>
   </si>
   <si>
     <t>104 ROUTE DU LAC MELOT 16600 MORNAC</t>
   </si>
   <si>
     <t>18 RUE DE LA GLACIERE 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>RUE DU GRAND PRE 60870 VILLERS-SAINT-PAUL</t>
   </si>
   <si>
     <t>2 AVENUE CLEMENT ADER 66600 RIVESALTES</t>
   </si>
   <si>
     <t>2 RUE DE L'ARSENAL 59131 ROUSIES</t>
   </si>
   <si>
     <t>23 RUE DE LA RIVAUDIERE 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>15 RUE DU PETIT SPERNOT 29200 BREST</t>
   </si>
   <si>
+    <t>6-8 6 RUE GEORGES ET MAI POLITZER 75012 PARIS</t>
+  </si>
+  <si>
     <t>RUE LEON BLUM 62800 LIEVIN</t>
   </si>
   <si>
     <t>30 RUE DE POULAINVILLE 80080 AMIENS</t>
   </si>
   <si>
     <t>73 RUE SAINT-JEAN 31130 BALMA</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION RUE DES CORPS-DE-GARDE 67100 STRASBOURG</t>
   </si>
   <si>
     <t>20 RUE DU LUXEMBOURG 59100 ROUBAIX</t>
   </si>
   <si>
     <t>BATIMENT 1  1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
   </si>
   <si>
     <t>INSTITUT ASSURFORMATION</t>
   </si>
   <si>
     <t>REZ DE CHAUSSEE 3 PLACE DE LA MARLIERE 77680 ROISSY-EN-BRIE</t>
   </si>
   <si>
     <t>01/01/2020</t>
@@ -887,65 +908,50 @@
     <t>ADPEC</t>
   </si>
   <si>
     <t>128 CHEMIN DE LA COMMANDERIE 13015 MARSEILLE</t>
   </si>
   <si>
     <t>01/06/2019</t>
   </si>
   <si>
     <t>COM&amp;CO FORMATION</t>
   </si>
   <si>
     <t>COM&amp;CO FORMATION - CCF</t>
   </si>
   <si>
     <t>3 RUE CHARLES PEGUY 42300 ROANNE</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>20 RUE DU CHAPOT 71350 CIEL</t>
   </si>
   <si>
     <t>30/04/2023</t>
-  </si>
-[...13 lines deleted...]
-    <t>01973195397</t>
   </si>
   <si>
     <t>ATOUTS FORMATIONS</t>
   </si>
   <si>
     <t>MTSAPERE 85 ROUTE NATIONALE 2 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>01/02/2020</t>
   </si>
   <si>
     <t>06973297297</t>
   </si>
   <si>
     <t>ORAVENDIS</t>
   </si>
   <si>
     <t>51 RUE HOCHE 94200 IVRY-SUR-SEINE</t>
   </si>
   <si>
     <t>08/04/2022</t>
   </si>
   <si>
     <t>CAPITAL EXPERIENCES</t>
   </si>
@@ -1428,51 +1434,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M112"/>
+  <dimension ref="A1:M114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1796,119 +1802,119 @@
       <c r="F9" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>53331452200053</v>
+        <v>32441928200953</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="D10" s="2"/>
+      <c r="D10" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>98970372997</v>
+        <v>11753781075</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>51534046100026</v>
+        <v>32611521900064</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>98970345197</v>
+        <v>93131155613</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>35102820400045</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
@@ -1983,3687 +1989,3759 @@
       <c r="F14" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I14" s="3">
         <v>53350652135</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77583202500016</v>
+        <v>43493696900022</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>39</v>
+        <v>76</v>
       </c>
       <c r="I15" s="3">
-        <v>91110016411</v>
+        <v>72330620433</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77639493400041</v>
+        <v>81793179300035</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D16" s="2" t="s">
         <v>77</v>
       </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="I16" s="3">
-        <v>82420131042</v>
+        <v>93131759613</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77790657900019</v>
+        <v>79362427100029</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>53560872056</v>
+        <v>98970416297</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77937827200016</v>
+        <v>79440957300019</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I18" s="3">
-        <v>82010088501</v>
+        <v>76340946834</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78035020300102</v>
+        <v>79457699100044</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>21100001510</v>
+        <v>31620254662</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78261518100024</v>
+        <v>51534046100026</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="D20" s="2"/>
+      <c r="D20" s="2" t="s">
+        <v>89</v>
+      </c>
       <c r="E20" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3">
-        <v>93060005706</v>
+        <v>98970345197</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78371481900589</v>
+        <v>40073444800238</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="I21" s="3">
-        <v>31590014959</v>
+        <v>31590340859</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78371481900613</v>
+        <v>41159185200073</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D22" s="2" t="s">
         <v>95</v>
       </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>31590014959</v>
+        <v>96973018697</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78471870200037</v>
+        <v>41398430300029</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>72</v>
+        <v>101</v>
       </c>
       <c r="I23" s="3">
-        <v>11750041475</v>
+        <v>25140137614</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78882231000025</v>
+        <v>41522541600064</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>32591079259</v>
+        <v>93130804913</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>79095337600031</v>
+        <v>41950737100039</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
       <c r="I25" s="3">
-        <v>98970425497</v>
+        <v>91300176330</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>79362427100029</v>
+        <v>42352859500022</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>98970416297</v>
+        <v>22800106780</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>79440957300019</v>
+        <v>44064045600024</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="I27" s="3">
-        <v>76340946834</v>
+        <v>96973029797</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>79457699100044</v>
+        <v>44094454400020</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>31620254662</v>
+        <v>98970273797</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>79524650300044</v>
+        <v>44490654900035</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="D29" s="2"/>
+      <c r="D29" s="2" t="s">
+        <v>117</v>
+      </c>
       <c r="E29" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="3">
-        <v>98970412297</v>
+        <v>98970284297</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>43493696900022</v>
+        <v>45062620500089</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="I30" s="3">
-        <v>72330620433</v>
+        <v>93060969106</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>44064045600024</v>
+        <v>45125756200111</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D31" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="I31" s="3">
-        <v>96973029797</v>
+        <v>76311242231</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>44094454400020</v>
+        <v>45211949800163</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="3">
-        <v>98970273797</v>
+        <v>11930518993</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>44490654900035</v>
+        <v>49347214600049</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D33" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="3">
-        <v>98970284297</v>
+        <v>24280162628</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>45062620500089</v>
+        <v>49384447600033</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="I34" s="3">
-        <v>93060969106</v>
+        <v>11940711894</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>45125756200111</v>
+        <v>50051807100021</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="D35" s="2" t="s">
+      <c r="D35" s="2"/>
+      <c r="E35" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>76311242231</v>
+        <v>139</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>140</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>45211949800163</v>
+        <v>50921839200025</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D36" s="2"/>
+        <v>141</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>142</v>
+      </c>
       <c r="E36" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="3">
-        <v>11930518993</v>
+        <v>98970335697</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>40073444800238</v>
+        <v>51894767600020</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="3">
-        <v>31590340859</v>
+        <v>95973070297</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>41159185200073</v>
+        <v>52005737300059</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>148</v>
+        <v>64</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="3">
-        <v>96973018697</v>
+        <v>42670431367</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>41398430300029</v>
+        <v>52758068200039</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>25140137614</v>
+        <v>95970166897</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>41522541600064</v>
+        <v>53232003300030</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="3">
-        <v>93130804913</v>
+        <v>98970371397</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>41950737100039</v>
+        <v>53331452200053</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>58</v>
+        <v>101</v>
       </c>
       <c r="I41" s="3">
-        <v>91300176330</v>
+        <v>98970372997</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>42352859500022</v>
+        <v>53434625900037</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="3">
-        <v>22800106780</v>
+        <v>27390134439</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>49347214600049</v>
+        <v>53478225500010</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>24280162628</v>
+        <v>11930632993</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>49384447600033</v>
+        <v>53480833200025</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>119</v>
+        <v>167</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="3">
-        <v>11940711894</v>
+        <v>23270167527</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>50051807100021</v>
+        <v>53507476900014</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>18</v>
+      </c>
+      <c r="I45" s="3">
+        <v>91300323830</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>50921839200025</v>
+        <v>75293511400021</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="D46" s="2" t="s">
+      <c r="D46" s="2"/>
+      <c r="E46" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="E46" s="2" t="s">
+      <c r="F46" s="2" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="3">
-        <v>98970335697</v>
+        <v>91660163366</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>80037046200015</v>
+        <v>77555839800266</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>139</v>
+      </c>
+      <c r="I47" s="3">
+        <v>93130202013</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>80341269100021</v>
+        <v>77583202500016</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>39</v>
+      </c>
+      <c r="I48" s="3">
+        <v>91110016411</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>80540154400020</v>
+        <v>77639493400041</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>183</v>
-      </c>
-[...5 lines deleted...]
-        <v>185</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>184</v>
+      </c>
+      <c r="I49" s="3">
+        <v>82420131042</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>81142142900028</v>
+        <v>77790657900019</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="I50" s="3">
-        <v>97973068497</v>
+        <v>53560872056</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>81229926100063</v>
+        <v>77931160400028</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>190</v>
-      </c>
-[...7 lines deleted...]
-        <v>193</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="3">
-        <v>98970001397</v>
+        <v>82010001901</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>53478225500010</v>
+        <v>77937827200016</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>196</v>
+        <v>67</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I52" s="3">
-        <v>11930632993</v>
+        <v>82010088501</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>53480833200025</v>
+        <v>78035020300102</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="3">
-        <v>23270167527</v>
+        <v>21100001510</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>53507476900014</v>
+        <v>78261518100024</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
       <c r="I54" s="3">
-        <v>91300323830</v>
+        <v>93060005706</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>75293511400021</v>
+        <v>78371481900589</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="I55" s="3">
-        <v>91660163366</v>
+        <v>31590014959</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>77555839800266</v>
+        <v>78371481900613</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>198</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>202</v>
+      </c>
       <c r="E56" s="2" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>169</v>
+        <v>18</v>
       </c>
       <c r="I56" s="3">
-        <v>93130202013</v>
+        <v>31590014959</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>51894767600020</v>
+        <v>78471870200037</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="I57" s="3">
-        <v>95973070297</v>
+        <v>11750041475</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>52005737300059</v>
+        <v>78882231000025</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>64</v>
+        <v>210</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
       <c r="I58" s="3">
-        <v>42670431367</v>
+        <v>32591079259</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>52758068200039</v>
+        <v>79095337600031</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="3">
-        <v>95970166897</v>
+        <v>98970425497</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>53232003300030</v>
+        <v>79524650300044</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>219</v>
+        <v>135</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="3">
-        <v>98970371397</v>
+        <v>98970412297</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>32441928200953</v>
+        <v>80037046200015</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>220</v>
-[...3 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I61" s="3">
-        <v>11753781075</v>
+      <c r="I61" s="3" t="s">
+        <v>220</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>32611521900064</v>
+        <v>80341269100021</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I62" s="3">
-        <v>93131155613</v>
+      <c r="I62" s="3" t="s">
+        <v>224</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>81793179300035</v>
+        <v>80540154400020</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I63" s="3">
-        <v>93131759613</v>
+      <c r="I63" s="3" t="s">
+        <v>228</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>82169767900032</v>
+        <v>81142142900028</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="3">
-        <v>96973084297</v>
+        <v>97973068497</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>82409268800012</v>
+        <v>81229926100063</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="D65" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>235</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="3">
-        <v>11930762893</v>
+        <v>98970001397</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>82409268800095</v>
+        <v>82169767900032</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="3">
-        <v>11930762893</v>
+        <v>96973084297</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>82409268800137</v>
+        <v>82409268800012</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="3">
         <v>11930762893</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>82409268800160</v>
+        <v>82409268800095</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="3">
         <v>11930762893</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>82409268800178</v>
+        <v>82409268800137</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="3">
         <v>11930762893</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>82409268800186</v>
+        <v>82409268800160</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="3">
         <v>11930762893</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>82409268800210</v>
+        <v>82409268800178</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="3">
         <v>11930762893</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>82409268800244</v>
+        <v>82409268800186</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="3">
         <v>11930762893</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>82409268800251</v>
+        <v>82409268800210</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="3">
         <v>11930762893</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>82422814200025</v>
+        <v>82409268800244</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>82422814200157</v>
+        <v>82409268800251</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>237</v>
+        <v>251</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>82422814200769</v>
+        <v>82422814200025</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="3">
         <v>11930743393</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>82422814200777</v>
+        <v>82422814200157</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="3">
         <v>11930743393</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>82422814200926</v>
+        <v>82422814200769</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="3">
         <v>11930743393</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>82422814201031</v>
+        <v>82422814200777</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="3">
         <v>11930743393</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>82422814201080</v>
+        <v>82422814200926</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="3">
         <v>11930743393</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>82422814201197</v>
+        <v>82422814201031</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="3">
         <v>11930743393</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>82422814201262</v>
+        <v>82422814201080</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="3">
         <v>11930743393</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>82422814201304</v>
+        <v>82422814201197</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="3">
         <v>11930743393</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>82422814201403</v>
+        <v>82422814201213</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="3">
         <v>11930743393</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>82422814201486</v>
+        <v>82422814201262</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="3">
         <v>11930743393</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>82422814201536</v>
+        <v>82422814201304</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>236</v>
+        <v>263</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="3">
         <v>11930743393</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>82422814201676</v>
+        <v>82422814201403</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="3">
         <v>11930743393</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>82422814201783</v>
+        <v>82422814201486</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="3">
         <v>11930743393</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>82516103700023</v>
+        <v>82422814201536</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>262</v>
+        <v>242</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>263</v>
+        <v>243</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="3">
-        <v>11770623477</v>
+        <v>11930743393</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>82911867800020</v>
+        <v>82422814201676</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>264</v>
+        <v>252</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>266</v>
+        <v>243</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I90" s="3" t="s">
-        <v>267</v>
+      <c r="I90" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>83296841600012</v>
+        <v>82422814201783</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>268</v>
+        <v>252</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>270</v>
+        <v>243</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>18</v>
+      </c>
+      <c r="I91" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>83327543100025</v>
+        <v>82516103700023</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="I92" s="3">
-        <v>93830547083</v>
+        <v>11770623477</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>83845596200020</v>
+        <v>82911867800020</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>106</v>
+        <v>272</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="3" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>84177388000015</v>
+        <v>83296841600012</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>32591017959</v>
+        <v>278</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>279</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>84225439300023</v>
+        <v>83327543100025</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I95" s="3"/>
+        <v>101</v>
+      </c>
+      <c r="I95" s="3">
+        <v>93830547083</v>
+      </c>
       <c r="J95" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>84750240800036</v>
+        <v>83845596200020</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>287</v>
+        <v>213</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>27210398421</v>
+        <v>18</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>285</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>84750240800044</v>
+        <v>84177388000015</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>94</v>
+        <v>139</v>
       </c>
       <c r="I97" s="3">
-        <v>27210398421</v>
+        <v>32591017959</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>84924385200019</v>
+        <v>84225439300023</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="D98" s="2"/>
+      <c r="E98" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="F98" s="2" t="s">
         <v>291</v>
-      </c>
-[...7 lines deleted...]
-        <v>294</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I98" s="3"/>
       <c r="J98" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>88113712900014</v>
+        <v>84750240800036</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="D99" s="2"/>
+        <v>292</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>293</v>
+      </c>
       <c r="E99" s="2" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>101</v>
+      </c>
+      <c r="I99" s="3">
+        <v>27210398421</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>88313422300022</v>
+        <v>84750240800044</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="I100" s="3">
-        <v>11756045875</v>
+        <v>27210398421</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>88414819800010</v>
+        <v>88113712900014</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I101" s="3">
-        <v>76660239566</v>
+      <c r="I101" s="3" t="s">
+        <v>301</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>88887576200021</v>
+        <v>88313422300022</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I102" s="3" t="s">
-        <v>309</v>
+      <c r="I102" s="3">
+        <v>11756045875</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>88944535900017</v>
+        <v>88414819800010</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I103" s="3" t="s">
-        <v>313</v>
+      <c r="I103" s="3">
+        <v>76660239566</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>88977538300033</v>
+        <v>88887576200021</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="I104" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>89903516600011</v>
+        <v>88944535900017</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="I105" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I105" s="3" t="s">
+        <v>315</v>
+      </c>
       <c r="J105" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>90217217000018</v>
+        <v>88977538300033</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="I106" s="3" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>90977007500010</v>
+        <v>89903516600011</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="I107" s="3"/>
       <c r="J107" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>91021832000026</v>
+        <v>90217217000018</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="D108" s="2"/>
+        <v>323</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>324</v>
+      </c>
       <c r="E108" s="2" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="3" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>91773084800012</v>
+        <v>90977007500010</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="I109" s="3">
-        <v>93830692083</v>
+        <v>28270245627</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>92069805700014</v>
+        <v>91021832000026</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>301</v>
+        <v>332</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I110" s="3">
-        <v>11941159794</v>
+      <c r="I110" s="3" t="s">
+        <v>334</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>92418860000010</v>
+        <v>91773084800012</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>58</v>
+        <v>101</v>
       </c>
       <c r="I111" s="3">
-        <v>93061083706</v>
+        <v>93830692083</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>97860329800024</v>
+        <v>92069805700014</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>342</v>
+        <v>303</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I112" s="3">
+        <v>11941159794</v>
+      </c>
+      <c r="J112" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="K112" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L112" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="M112" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13">
+      <c r="A113" s="1">
+        <v>92418860000010</v>
+      </c>
+      <c r="B113" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="D113" s="2"/>
+      <c r="E113" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="G113" s="2"/>
+      <c r="H113" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="I113" s="3">
+        <v>93061083706</v>
+      </c>
+      <c r="J113" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="K113" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L113" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="M113" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13">
+      <c r="A114" s="1">
+        <v>97860329800024</v>
+      </c>
+      <c r="B114" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="D114" s="2"/>
+      <c r="E114" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="G114" s="2"/>
+      <c r="H114" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I114" s="3">
         <v>84692493969</v>
       </c>
-      <c r="J112" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M112" s="2" t="s">
+      <c r="J114" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="K114" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L114" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="M114" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -5677,31 +5755,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/04/2025 03:24:46</dc:description>
+  <dc:description>Export en date du 02/07/2026 17:00:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>