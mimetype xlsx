--- v0 (2025-11-07)
+++ v1 (2025-12-26)
@@ -88,201 +88,201 @@
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION OCCITANIE</t>
   </si>
   <si>
     <t>59 T CHE VERDALE 31240 ST JEAN</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>ADONIS</t>
+  </si>
+  <si>
+    <t>ADONIS - ROSE CARMIN</t>
+  </si>
+  <si>
+    <t>179 AVENUE DE MURET 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE ORGANISME DE FORMATION PAR APPRENTISSAGE DE TALMONT</t>
+  </si>
+  <si>
+    <t>BOURGENAY 412 AVENUE NOTRE-DAME 85440 TALMONT-SAINT-HILAIRE</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>BLANC ALEXANDRE PIERRE DIDIER ERIC</t>
+  </si>
+  <si>
+    <t>AB ARCHICONCEPT - AB FORMATION</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD CARNOT 81000 ALBI</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>1 RUE THEROIGNE DE MERICOURT 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
+  </si>
+  <si>
     <t>ARINFO I-MAGINER</t>
   </si>
   <si>
     <t>ARINFO</t>
   </si>
   <si>
     <t>22 RUE PIERRE BACQUA 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>30/06/2017</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>2 RUE DE LA VOIE LACTEE 72000 LE MANS</t>
   </si>
   <si>
     <t>08/01/2018</t>
   </si>
   <si>
     <t>19 RUE ROGER BACON 75017 PARIS</t>
   </si>
   <si>
     <t>03/08/2018</t>
   </si>
   <si>
     <t>1-5 1 RUE EMILE MASSON 44000 NANTES</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
-    <t>BLANC ALEXANDRE PIERRE DIDIER ERIC</t>
-[...47 lines deleted...]
-    <t>94.12Z</t>
+    <t>OUEST FORMATION</t>
+  </si>
+  <si>
+    <t>34 PLACE DE LA GARE 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>28/06/2021</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>1 AVENUE JOSEPH REY 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>AB FORMA CONCEPT</t>
+  </si>
+  <si>
+    <t>GFP FORMATION</t>
+  </si>
+  <si>
+    <t>498 ROUTE DE L’ENTRE DEUX 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>12/06/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>04973128697</t>
+  </si>
+  <si>
+    <t>AB FORMATION</t>
+  </si>
+  <si>
+    <t>25/06/2024</t>
   </si>
   <si>
     <t>ECOLE LA FONTAINE</t>
   </si>
   <si>
     <t>ECOLE DE DESIGN LA FONTAINE</t>
   </si>
   <si>
     <t>40 RUE ROMAINE 03100 MONTLUCON</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>85.52Z</t>
-  </si>
-[...52 lines deleted...]
-    <t>28/06/2021</t>
   </si>
   <si>
     <t>CMBC</t>
   </si>
   <si>
     <t>39 RUE PAUL CLAUDEL 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>15/12/2021</t>
   </si>
   <si>
     <t>LA BELLE PIERRE FORMATIONS</t>
   </si>
   <si>
     <t>20 PLACE DU GENERAL DE GAULLE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
     <t>04973362497</t>
   </si>
   <si>
     <t>LYCEE EMILE DURKHEIM</t>
   </si>
@@ -792,640 +792,640 @@
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
         <v>76311030031</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>41273026900104</v>
+        <v>45125756200111</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>52440292444</v>
+        <v>76311242231</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>41273026900112</v>
+        <v>79459078600016</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>52440292444</v>
+        <v>52850184985</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41273026900138</v>
+        <v>52207784100032</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41273026900179</v>
+        <v>77566202600019</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I7" s="3">
-        <v>52440292444</v>
+        <v>11750079275</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>52207784100032</v>
+        <v>77566202601090</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I8" s="3"/>
+      <c r="I8" s="3">
+        <v>11750079275</v>
+      </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77566202600019</v>
+        <v>41273026900104</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>42</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>43</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I9" s="3">
-        <v>11750079275</v>
+        <v>52440292444</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77566202601090</v>
+        <v>41273026900112</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>42</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>43</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I10" s="3">
-        <v>11750079275</v>
+        <v>52440292444</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>45125756200111</v>
+        <v>41273026900138</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I11" s="3">
-        <v>76311242231</v>
+        <v>52440292444</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>79459078600016</v>
+        <v>41273026900179</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="I12" s="3">
-        <v>52850184985</v>
+        <v>52440292444</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>88059122700017</v>
+        <v>90123418700010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="I13" s="3">
-        <v>84030375903</v>
+        <v>52530101453</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>82422814201320</v>
+        <v>82409268800012</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I14" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>82409268800012</v>
+        <v>82409268800137</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="3">
         <v>11930762893</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>82409268800137</v>
+        <v>82422814201320</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I16" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>83026882700011</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>83026882700037</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>90123418700010</v>
+        <v>88059122700017</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E19" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D19" s="2"/>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="I19" s="3">
-        <v>52530101453</v>
+        <v>84030375903</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>90934379000012</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D20" s="2"/>
@@ -1561,31 +1561,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/07/2025 06:53:46</dc:description>
+  <dc:description>Export en date du 12/26/2025 10:39:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>