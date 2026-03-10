--- v1 (2025-12-26)
+++ v2 (2026-03-10)
@@ -88,201 +88,201 @@
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION OCCITANIE</t>
   </si>
   <si>
     <t>59 T CHE VERDALE 31240 ST JEAN</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>ARINFO I-MAGINER</t>
+  </si>
+  <si>
+    <t>ARINFO</t>
+  </si>
+  <si>
+    <t>22 RUE PIERRE BACQUA 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>30/06/2017</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA VOIE LACTEE 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>08/01/2018</t>
+  </si>
+  <si>
+    <t>19 RUE ROGER BACON 75017 PARIS</t>
+  </si>
+  <si>
+    <t>03/08/2018</t>
+  </si>
+  <si>
+    <t>1-5 1 RUE EMILE MASSON 44000 NANTES</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
     <t>ADONIS</t>
   </si>
   <si>
     <t>ADONIS - ROSE CARMIN</t>
   </si>
   <si>
     <t>179 AVENUE DE MURET 31300 TOULOUSE</t>
   </si>
   <si>
     <t>01/09/2011</t>
   </si>
   <si>
-    <t>85.59A</t>
+    <t>BLANC ALEXANDRE PIERRE DIDIER ERIC</t>
+  </si>
+  <si>
+    <t>AB ARCHICONCEPT - AB FORMATION</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD CARNOT 81000 ALBI</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>ASSOCIATION OUVRIERE DES COMPAGNONS DU DEVOIR DU TOUR DE FRANCE</t>
+  </si>
+  <si>
+    <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>1 RUE THEROIGNE DE MERICOURT 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE ORGANISME DE FORMATION PAR APPRENTISSAGE DE TALMONT</t>
   </si>
   <si>
     <t>BOURGENAY 412 AVENUE NOTRE-DAME 85440 TALMONT-SAINT-HILAIRE</t>
   </si>
   <si>
     <t>01/07/2013</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
-    <t>BLANC ALEXANDRE PIERRE DIDIER ERIC</t>
-[...53 lines deleted...]
-    <t>01/03/2021</t>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>1 AVENUE JOSEPH REY 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>AB FORMA CONCEPT</t>
+  </si>
+  <si>
+    <t>GFP FORMATION</t>
+  </si>
+  <si>
+    <t>498 ROUTE DE L’ENTRE DEUX 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>12/06/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>04973128697</t>
+  </si>
+  <si>
+    <t>AB FORMATION</t>
+  </si>
+  <si>
+    <t>25/06/2024</t>
+  </si>
+  <si>
+    <t>ECOLE LA FONTAINE</t>
+  </si>
+  <si>
+    <t>ECOLE DE DESIGN LA FONTAINE</t>
+  </si>
+  <si>
+    <t>40 RUE ROMAINE 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>85.52Z</t>
   </si>
   <si>
     <t>OUEST FORMATION</t>
   </si>
   <si>
     <t>34 PLACE DE LA GARE 53000 LAVAL</t>
   </si>
   <si>
     <t>28/06/2021</t>
-  </si>
-[...58 lines deleted...]
-    <t>85.52Z</t>
   </si>
   <si>
     <t>CMBC</t>
   </si>
   <si>
     <t>39 RUE PAUL CLAUDEL 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>15/12/2021</t>
   </si>
   <si>
     <t>LA BELLE PIERRE FORMATIONS</t>
   </si>
   <si>
     <t>20 PLACE DU GENERAL DE GAULLE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
     <t>04973362497</t>
   </si>
   <si>
     <t>LYCEE EMILE DURKHEIM</t>
   </si>
@@ -792,640 +792,640 @@
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
         <v>76311030031</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>45125756200111</v>
+        <v>41273026900104</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>76311242231</v>
+        <v>52440292444</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>79459078600016</v>
+        <v>41273026900112</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D5" s="2"/>
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="I5" s="3">
-        <v>52850184985</v>
+        <v>52440292444</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>52207784100032</v>
+        <v>41273026900138</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I6" s="3"/>
+      <c r="I6" s="3">
+        <v>52440292444</v>
+      </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77566202600019</v>
+        <v>41273026900179</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I7" s="3">
-        <v>11750079275</v>
+        <v>52440292444</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77566202601090</v>
+        <v>45125756200111</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D8" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I8" s="3">
-        <v>11750079275</v>
+        <v>76311242231</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>41273026900104</v>
+        <v>52207784100032</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41273026900112</v>
+        <v>77566202600019</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D10" s="2" t="s">
         <v>43</v>
       </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I10" s="3">
-        <v>52440292444</v>
+        <v>11750079275</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41273026900138</v>
+        <v>77566202601090</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D11" s="2" t="s">
         <v>43</v>
       </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I11" s="3">
-        <v>52440292444</v>
+        <v>11750079275</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41273026900179</v>
+        <v>79459078600016</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="I12" s="3">
-        <v>52440292444</v>
+        <v>52850184985</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>90123418700010</v>
+        <v>82409268800012</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I13" s="3">
-        <v>52530101453</v>
+        <v>11930762893</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>82409268800012</v>
+        <v>82409268800137</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I14" s="3">
         <v>11930762893</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>82409268800137</v>
+        <v>82422814201320</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>82422814201320</v>
+        <v>83026882700011</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>11930743393</v>
+        <v>63</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>64</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>83026882700011</v>
+        <v>83026882700037</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>64</v>
+        <v>41</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>83026882700037</v>
+        <v>88059122700017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>35</v>
+        <v>69</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>71</v>
+      </c>
+      <c r="I18" s="3">
+        <v>84030375903</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>88059122700017</v>
+        <v>90123418700010</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="I19" s="3">
-        <v>84030375903</v>
+        <v>52530101453</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>90934379000012</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D20" s="2"/>
@@ -1561,31 +1561,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 10:39:18</dc:description>
+  <dc:description>Export en date du 03/10/2026 23:42:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>