--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -1008,57 +1008,57 @@
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002794900010</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
         <v>53351087435</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>13002795600015</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G10" s="2"/>
@@ -1567,31 +1567,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 09:16:04</dc:description>
+  <dc:description>Export en date du 12/25/2025 00:54:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>