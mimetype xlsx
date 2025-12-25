--- v1 (2025-12-24)
+++ v2 (2025-12-25)
@@ -1567,31 +1567,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/25/2025 00:54:09</dc:description>
+  <dc:description>Export en date du 12/25/2025 03:00:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>