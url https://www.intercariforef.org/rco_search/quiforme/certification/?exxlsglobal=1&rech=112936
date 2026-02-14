--- v2 (2025-12-25)
+++ v3 (2026-02-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -248,53 +248,50 @@
     <t>CMA FRANCE</t>
   </si>
   <si>
     <t>12 AVENUE MARCEAU 75008 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>1175P013475</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION GUADELOUPE</t>
   </si>
   <si>
     <t>30 BOULEVARD FELIX EBOUE 97100 BASSE-TERRE</t>
   </si>
   <si>
     <t>14/09/1983</t>
   </si>
   <si>
     <t>01/04/2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>9597P000397</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L' ARTISANAT DE REGION MARTINIQUE</t>
   </si>
   <si>
     <t>RUE DU TEMPLE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>9797P000797</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
   </si>
   <si>
     <t>SIEGE ANTENNE NORD</t>
   </si>
   <si>
     <t>42 RUE JEAN COCTEAU 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
 </sst>
 </file>
 
@@ -1421,121 +1418,119 @@
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>18971004900017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>18972001400019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>18974011100019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="E22" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="3">
         <v>98970229897</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1567,31 +1562,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/25/2025 03:00:36</dc:description>
+  <dc:description>Export en date du 02/14/2026 15:40:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>