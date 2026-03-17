--- v0 (2025-12-17)
+++ v1 (2026-03-17)
@@ -151,150 +151,150 @@
   <si>
     <t>UNIVERSITE DE VERSAILLES-SAINT-QUENTIN-EN-YVELINES</t>
   </si>
   <si>
     <t>55 AVENUE DE PARIS 78000 VERSAILLES</t>
   </si>
   <si>
     <t>29/08/1991</t>
   </si>
   <si>
     <t>1178P004378</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
   <si>
     <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
   </si>
   <si>
     <t>1193P000893</t>
   </si>
   <si>
+    <t>DASSAULT SYSTEMES</t>
+  </si>
+  <si>
+    <t>10 RUE MARCEL DASSAULT 78140 VELIZY-VILLACOUBLAY</t>
+  </si>
+  <si>
+    <t>03/11/2008</t>
+  </si>
+  <si>
+    <t>58.29C</t>
+  </si>
+  <si>
+    <t>AVENIR CONSEIL</t>
+  </si>
+  <si>
+    <t>65 AVENUE EDOUARD VAILLANT 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>03/05/2021</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>DIGITAL PRODUCT SIMULATION</t>
+  </si>
+  <si>
+    <t>108 AVENUE JEAN MOULIN 78170 LA CELLE-SAINT-CLOUD</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
+    <t>DAWAN</t>
+  </si>
+  <si>
+    <t>30-32 30 BOULEVARD VINCENT GACHE 44200 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2017</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>EURO INGENIERIE SERVICES</t>
+  </si>
+  <si>
+    <t>62 BIS 62 B ROUTE DE DUCLAIR 76150 MAROMME</t>
+  </si>
+  <si>
+    <t>15/12/2005</t>
+  </si>
+  <si>
+    <t>CENIT KEONYS FR</t>
+  </si>
+  <si>
+    <t>IMMEUBLE 24 QG 24 QUAI GALLIENI 92150 SURESNES</t>
+  </si>
+  <si>
+    <t>02/09/2013</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>COMPETENCES PILOTAGE INDUSTRIEL</t>
   </si>
   <si>
     <t>ESPACE CORMONTAIGNE 2 BOULEVARD HENRI BECQUEREL 57970 YUTZ</t>
   </si>
   <si>
     <t>01/09/2009</t>
   </si>
   <si>
     <t>17/09/2024</t>
   </si>
   <si>
-    <t>71.12B</t>
-[...41 lines deleted...]
-    <t>62.02A</t>
+    <t>VISIATIV SOLUTIONS</t>
+  </si>
+  <si>
+    <t>26 RUE BENOIT BENNIER 69260 CHARBONNIERES-LES-BAINS</t>
+  </si>
+  <si>
+    <t>01/07/2011</t>
   </si>
   <si>
     <t>CLIC &amp; BAT</t>
   </si>
   <si>
     <t>CF2I 5 RUE DU GOLF 33700 MERIGNAC</t>
   </si>
   <si>
     <t>31/12/2022</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...28 lines deleted...]
-    <t>58.29C</t>
   </si>
   <si>
     <t>ETC ACADEMY</t>
   </si>
   <si>
     <t>GALEMBRUN 4 RUE DE LA GRANDE BORDE 31330 LAUNAC</t>
   </si>
   <si>
     <t>06/03/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -971,403 +971,401 @@
       <c r="F8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>51453877600014</v>
+        <v>32230644000213</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2"/>
+      <c r="H9" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="G9" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I9" s="3">
-        <v>41570356057</v>
+        <v>11788279778</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>42998754800162</v>
+        <v>40246017400079</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="I10" s="3">
-        <v>52440363444</v>
+        <v>11921741992</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>45157941100021</v>
+        <v>41195893700087</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="I11" s="3">
-        <v>28760590076</v>
+        <v>11920986492</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>40246017400079</v>
+        <v>42998754800162</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I12" s="3">
-        <v>11921741992</v>
+        <v>52440363444</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>41195893700087</v>
+        <v>45157941100021</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="I13" s="3">
-        <v>11920986492</v>
+        <v>28760590076</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>79469140200042</v>
+        <v>50472573000130</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="I14" s="3">
-        <v>72330920133</v>
+        <v>11921666892</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>50472573000130</v>
+        <v>51453877600014</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="F15" s="2" t="s">
+      <c r="G15" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>53289046400011</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="I16" s="3">
         <v>82691187369</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>32230644000213</v>
+        <v>79469140200042</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>78</v>
       </c>
       <c r="I17" s="3">
-        <v>11788279778</v>
+        <v>72330920133</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>88537174000014</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="I18" s="3">
         <v>76311010831</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1395,31 +1393,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 10:08:40</dc:description>
+  <dc:description>Export en date du 03/17/2026 22:14:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>