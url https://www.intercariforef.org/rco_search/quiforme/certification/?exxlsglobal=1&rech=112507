--- v0 (2025-10-13)
+++ v1 (2025-12-26)
@@ -85,164 +85,170 @@
   <si>
     <t>8 BOULEVARD DU ROI RENE 49100 ANGERS</t>
   </si>
   <si>
     <t>01/01/2008</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE PUY-DE-DOME CLERMONT AUVERGNE METROPOLE</t>
   </si>
   <si>
     <t>148 BOULEVARD LAVOISIER 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>17/09/2009</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
-    <t>CCI FORMATION</t>
-[...5 lines deleted...]
-    <t>04/11/2009</t>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE REGION PARIS ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>SERVICES CENTRAUX DG</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE FRIEDLAND 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>CCID PARIS</t>
+  </si>
+  <si>
+    <t>2 PLACE DE LA BOURSE 75002 PARIS</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LYON METROPOLE-SAINT-ETIENNE ROANNE</t>
+  </si>
+  <si>
+    <t>CCIT DELEGATION DE LYON</t>
+  </si>
+  <si>
+    <t>PLACE DE LA BOURSE 69002 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ALSACE EUROMETROPOLE</t>
+  </si>
+  <si>
+    <t>CCI CAMPUS ALSACE</t>
+  </si>
+  <si>
+    <t>234 AVENUE DE COLMAR 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE BORDEAUX GIRONDE</t>
+  </si>
+  <si>
+    <t>17 PLACE DE LA BOURSE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>23/11/2016</t>
+  </si>
+  <si>
+    <t>CHAMB COMMERCE ET INDUSTRIE HAUTES ALPES</t>
+  </si>
+  <si>
+    <t>16 RUE CARNOT 05000 GAP</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>9305P001405</t>
+  </si>
+  <si>
+    <t>CHAMB COMMERC INDUSTRIE NICE COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>20 BOULEVARD CARABACEL 06000 NICE</t>
+  </si>
+  <si>
+    <t>9306P001706</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE METROPOLITAINE AIX-MARSEILLE-PROVENCE</t>
+  </si>
+  <si>
+    <t>PALAIS DE LA BOURSE 13001 MARSEILLE 1ER</t>
+  </si>
+  <si>
+    <t>9313P001013</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE INDUSTRIE DE LA DROME</t>
+  </si>
+  <si>
+    <t>CCI FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>50 B COURS EMILIE DU CHATELET 26300 ALIXAN</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
-    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE REGION PARIS ILE DE FRANCE</t>
-[...97 lines deleted...]
-  <si>
     <t>8226P000126</t>
   </si>
   <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION</t>
+  </si>
+  <si>
+    <t>1 AVENUE MARCEL PROUST 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>09/09/1985</t>
+  </si>
+  <si>
+    <t>2428P000128</t>
+  </si>
+  <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE REGION BRETAGNE</t>
   </si>
   <si>
     <t>1 A RUE LOUIS BRAILLE 35136 SAINT-JACQUES-DE-LA-LANDE</t>
   </si>
   <si>
     <t>26/10/2018</t>
   </si>
   <si>
     <t>5335P003335</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
   </si>
   <si>
     <t>CCI FORMATION-CFA IMT-ISCO</t>
   </si>
   <si>
     <t>GROUPE FORMATION-CCI 10 RUE AIME PUPIN 38100 GRENOBLE</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>8238P001138</t>
@@ -268,129 +274,123 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA HAUTE-SAVOIE</t>
   </si>
   <si>
     <t>5 RUE DU 27 EME BCA 74000 ANNECY</t>
   </si>
   <si>
     <t>15/07/2003</t>
   </si>
   <si>
     <t>8274P076974</t>
   </si>
   <si>
     <t>CCI FRANCE</t>
   </si>
   <si>
     <t>8-10 8 RUE PIERRE BROSSOLETTE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>05/12/2018</t>
   </si>
   <si>
     <t>1175P008075</t>
   </si>
   <si>
-    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE</t>
-[...1 lines deleted...]
-  <si>
     <t>1 AVENUE JOHANNES GUTENBERG 77700 SERRIS</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>1177P000677</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU VAR</t>
   </si>
   <si>
     <t>DIR DES ENSEIGNEMENTS</t>
   </si>
   <si>
     <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
   </si>
   <si>
     <t>23/05/1991</t>
   </si>
   <si>
     <t>9383P000183</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>SERVICE FORMATION CCI DE MARTINIQUE</t>
   </si>
   <si>
     <t>CASE NAVIRE-RAVINE TOUZA RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
-    <t>AS FO BEARN SOULE BIGORRE</t>
-[...10 lines deleted...]
-  <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>ESIEE IT - CCI PARIS ILE DE FRANCE</t>
   </si>
   <si>
     <t>8 RUE PIERRE DE COUBERTIN 95300 PONTOISE</t>
   </si>
   <si>
     <t>29/10/2020</t>
+  </si>
+  <si>
+    <t>PURPLE CAMPUS</t>
+  </si>
+  <si>
+    <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -869,871 +869,873 @@
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
         <v>83630419163</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>13000772700071</v>
+        <v>13001727000013</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13001727000013</v>
+        <v>13001727000195</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="E5" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I5" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I5" s="3">
+        <v>11756232075</v>
+      </c>
       <c r="J5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>13001727000195</v>
+        <v>13002170200019</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>13002170200019</v>
+        <v>13002267600030</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I7" s="3"/>
+        <v>38</v>
+      </c>
+      <c r="I7" s="3">
+        <v>44670587467</v>
+      </c>
       <c r="J7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>13002267600030</v>
+        <v>13002285800018</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D8" s="2" t="s">
         <v>39</v>
       </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>44670587467</v>
+        <v>75331044233</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>13002285800018</v>
+        <v>18050001900013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I9" s="3">
-        <v>75331044233</v>
+      <c r="I9" s="3" t="s">
+        <v>45</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>18050001900013</v>
+        <v>18060001700016</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>18060001700016</v>
+        <v>18130002100019</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>18130002100019</v>
+        <v>18263001200231</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>18263001200231</v>
+        <v>18280001100047</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>18350004000310</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>18383001700236</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>18640005700078</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>18743001200067</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>18750002000073</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>18770918300235</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>18830001600261</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>18972002200210</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>38980220800014</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="I22" s="3">
         <v>72470033047</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78235540800025</v>
+        <v>88280019600017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="I23" s="3">
-        <v>72640000764</v>
+        <v>44540389954</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>88280019600017</v>
+        <v>88931074400020</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I24" s="3">
-        <v>44540389954</v>
+        <v>11950689995</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>88931074400020</v>
+        <v>89079142900016</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>74</v>
+        <v>56</v>
       </c>
       <c r="I25" s="3">
-        <v>11950689995</v>
+        <v>76341086134</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1749,31 +1751,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/13/2025 07:34:56</dc:description>
+  <dc:description>Export en date du 12/26/2025 13:36:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>