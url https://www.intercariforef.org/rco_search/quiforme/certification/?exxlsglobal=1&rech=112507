--- v1 (2025-12-26)
+++ v2 (2026-03-07)
@@ -1751,31 +1751,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 13:36:20</dc:description>
+  <dc:description>Export en date du 03/07/2026 14:12:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>