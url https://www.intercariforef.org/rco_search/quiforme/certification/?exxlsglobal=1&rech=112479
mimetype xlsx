--- v0 (2025-11-03)
+++ v1 (2026-01-09)
@@ -637,96 +637,96 @@
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>ASS GEST UNIVERSITE CATHO OUEST BRET SUD</t>
+  </si>
+  <si>
+    <t>LE VINCIN 56610 ARRADON</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>FORMASUP HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
+    <t>ASS GESTION INSTI LIBRE EDUCA PHYSI SUPE</t>
+  </si>
+  <si>
+    <t>CENTRE POLYTECHNIQUE ST LO 13 BOULEVARD DE L'HAUTIL 95000 CERGY</t>
+  </si>
+  <si>
+    <t>21/08/1991</t>
+  </si>
+  <si>
+    <t>INST FORMATION EDUCATION PHYSIQ SPORTIVE</t>
+  </si>
+  <si>
+    <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/09/1981</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
   </si>
   <si>
     <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
   </si>
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...34 lines deleted...]
-    <t>01/09/1981</t>
   </si>
   <si>
     <t>UNIVERSITE MARIE ET LOUIS PASTEUR</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULOUSE</t>
   </si>
   <si>
     <t>UNIVERSITE JEAN MONNET</t>
   </si>
@@ -3306,228 +3306,228 @@
         <v>205</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>206</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>39992626000049</v>
+        <v>40232332300012</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>209</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>210</v>
+        <v>22</v>
       </c>
       <c r="I59" s="3">
-        <v>27210389121</v>
+        <v>53560577856</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>40232332300012</v>
+        <v>42813525500050</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I60" s="3">
-        <v>53560577856</v>
+        <v>32590996759</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>42813525500050</v>
+        <v>32116493100032</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I61" s="3">
-        <v>32590996759</v>
+        <v>11950148695</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>32116493100032</v>
+        <v>32380089600017</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I62" s="3">
-        <v>11950148695</v>
+        <v>52490161549</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>32380089600017</v>
+        <v>39992626000049</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>22</v>
+        <v>222</v>
       </c>
       <c r="I63" s="3">
-        <v>52490161549</v>
+        <v>27210389121</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>93810656400017</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>223</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>224</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>225</v>
       </c>
       <c r="G64" s="2"/>
@@ -3730,31 +3730,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 17:56:30</dc:description>
+  <dc:description>Export en date du 01/09/2026 16:22:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>