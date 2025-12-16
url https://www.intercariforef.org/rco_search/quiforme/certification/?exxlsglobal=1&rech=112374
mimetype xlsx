--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -154,81 +154,81 @@
   <si>
     <t>CHAMBRE COMMERCE &amp; INDUSTRIE PAU BEARN 2 AV DU STADE D'EAUX VIVES 64320 BIZANOS</t>
   </si>
   <si>
     <t>13/12/2019</t>
   </si>
   <si>
     <t>CNPC SPORT OUEST</t>
   </si>
   <si>
     <t>LA BAUGERIE 33 BOULEVARD DES PAS ENCHANTES 44230 SAINT-SEBASTIEN-SUR-LOIRE</t>
   </si>
   <si>
     <t>15/09/2019</t>
   </si>
   <si>
     <t>01/07/2022</t>
   </si>
   <si>
     <t>1-5 1 PLACE DE LA BERLINE 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>05/08/2021</t>
   </si>
   <si>
+    <t>ECOLE DES METIERS DU VELO</t>
+  </si>
+  <si>
+    <t>PAE PONT PEYRIN 32600 L'ISLE-JOURDAIN</t>
+  </si>
+  <si>
+    <t>12/03/2008</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>SPORT ENTREPRISE FORMATION</t>
+  </si>
+  <si>
+    <t>10 RUE DES MALTOTIERS 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/02/2014</t>
+  </si>
+  <si>
     <t>L'UNION DES ENTREPRISES DE LA FILIERE DU SPORT DES LOISIRS DU CYCLE ET DE LA MOBILITE (L'UNION SPORT ET CYCLE)</t>
   </si>
   <si>
     <t>STADE JEAN BOUIN 33 AU 35 33 RUE NUNGESSER ET COLI 75116 PARIS</t>
   </si>
   <si>
     <t>30/11/2016</t>
   </si>
   <si>
     <t>03/03/2025</t>
-  </si>
-[...19 lines deleted...]
-    <t>01/02/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -949,157 +949,157 @@
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>82439703800012</v>
+        <v>48355542100021</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="G10" s="2" t="s">
+      <c r="G10" s="2"/>
+      <c r="H10" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="H10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="3"/>
+      <c r="I10" s="3">
+        <v>73320038132</v>
+      </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48355542100021</v>
+        <v>49069784400036</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="I11" s="3">
-        <v>73320038132</v>
+        <v>24450240545</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>49069784400036</v>
+        <v>82439703800012</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="F12" s="2" t="s">
+      <c r="G12" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1112,31 +1112,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/28/2025 17:39:37</dc:description>
+  <dc:description>Export en date du 12/16/2025 14:27:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>