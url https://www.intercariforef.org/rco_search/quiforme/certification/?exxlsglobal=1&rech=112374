--- v1 (2025-12-16)
+++ v2 (2026-02-22)
@@ -812,53 +812,51 @@
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>18640002400177</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>18640002400185</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>30</v>
@@ -892,53 +890,51 @@
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>18640002400193</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>18640002400201</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>30</v>
@@ -1112,31 +1108,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 14:27:34</dc:description>
+  <dc:description>Export en date du 02/22/2026 02:04:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>