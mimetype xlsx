--- v0 (2025-10-16)
+++ v1 (2025-12-08)
@@ -223,669 +223,669 @@
   <si>
     <t>ROUTE DES ABYMES 97139 LES ABYMES</t>
   </si>
   <si>
     <t>ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>20/05/1985</t>
   </si>
   <si>
     <t>CENTRE DU SPORT ET DE LA JEUNESSE CORSE - CENTRU DI U SPORT E DI A GHJUVENTU CORSA</t>
   </si>
   <si>
     <t>CFA DU SPORT ET DE L'ANIMATION</t>
   </si>
   <si>
     <t>CHE DE LA SPOSATA 20000 AJACCIO</t>
   </si>
   <si>
     <t>01/03/2019</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>COMITE PROVENCE-ALPES-COTE D'AZUR DE CANOE KAYAK</t>
+  </si>
+  <si>
+    <t>LE QUARTZ 05120 L'ARGENTIERE-LA-BESSEE</t>
+  </si>
+  <si>
+    <t>01/05/2007</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>CENTRE LORRAIN D EDUCATION PAR LE SPORT</t>
+  </si>
+  <si>
+    <t>1 RUE PAUL LANGEVIN 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>01/11/2018</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>ASS  MONTMARTRE NATATION</t>
+  </si>
+  <si>
+    <t>15 PASSAGE RAMEY 75018 PARIS</t>
+  </si>
+  <si>
+    <t>05/10/2010</t>
+  </si>
+  <si>
+    <t>PREPA SPORTS</t>
+  </si>
+  <si>
+    <t>285 RUE DU DOCTEUR ALBERT AYNAUD 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>19/09/2005</t>
+  </si>
+  <si>
+    <t>AQUA GRIMPE MILLAU GRANDS CAUSSES</t>
+  </si>
+  <si>
+    <t>PISCINE MUNICIPALE RUE DE LA PRISE D'EAU 12100 MILLAU</t>
+  </si>
+  <si>
+    <t>08/09/1986</t>
+  </si>
+  <si>
+    <t>93.11Z</t>
+  </si>
+  <si>
+    <t>LIGUE OCCITANIE PYRENEES MEDITERRANEE DE NATATION</t>
+  </si>
+  <si>
+    <t>BAT B - BAL 37 72 RUE PIERRE-PAUL RIQUET 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/01/2011</t>
+  </si>
+  <si>
+    <t>LIGUE NOUVELLE-AQUITAINE NATATION</t>
+  </si>
+  <si>
+    <t>MAISON REGIONALE DES SPORTS 2 AVENUE DE L'UNIVERSITE 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>07/01/2017</t>
+  </si>
+  <si>
+    <t>DAUPHINS DU TOEC</t>
+  </si>
+  <si>
+    <t>54 RUE DES SEPT TROUBADOURS 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>04/12/1995</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE DE NATATION DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>9 RUE LEO LAGRANGE 35131 CHARTRES-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>14/08/2014</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FORMASPORT</t>
+  </si>
+  <si>
+    <t>74 AVENUE MAITRE HUBERT MOULY 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>COMITE DEP OLYMPIQUE ET SPORTIF DU VAR</t>
+  </si>
+  <si>
+    <t>QUARTIER BON RENCONTRE 133 BOULEVARD GENERAL BROSSET 83200 TOULON</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>FFN-LIGUE REGIONALE DE NORMANDIE NATATION</t>
+  </si>
+  <si>
+    <t>PERICENTRE 4 147 RUE DE LA DELIVRANDE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>20/07/2011</t>
+  </si>
+  <si>
     <t>COMITE DEPARTEMENTAL OLYMPIQUE SPORTIF</t>
   </si>
   <si>
     <t>997 AVENUE DU DOCTEUR JEAN BRU 47000 AGEN</t>
   </si>
   <si>
     <t>01/06/2011</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>GROUPE PROFESSION SPORT LOISIRS DOUBS TERRITOIRE DE BELFORT HAUTE SAONE</t>
   </si>
   <si>
     <t>MAISON DEPARTEMENTALE DES 16 CHEMIN JOSEPH DE COURVOISIER 25000 BESANCON</t>
   </si>
   <si>
     <t>22/10/2001</t>
   </si>
   <si>
-    <t>93.19Z</t>
-[...1 lines deleted...]
-  <si>
     <t>PROFESSION SPORT ET LOISIRS 76</t>
   </si>
   <si>
     <t>2 RUE D'ALEMBERT 76140 LE PETIT-QUEVILLY</t>
   </si>
   <si>
     <t>18/09/2006</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...1 lines deleted...]
-  <si>
     <t>MONTPELLIER UNIVERSITE CLUB OMNISPORT</t>
   </si>
   <si>
     <t>COMPLEXE SPORTIF ALBERT BATTEUX 150 RUE FRANCOIS-JOSEPH GOSSEC 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>08/11/2005</t>
   </si>
   <si>
     <t>INST FORMATION ANIMATEURS COLLECTIVITES</t>
   </si>
   <si>
     <t>3 ALLEE HECTOR BERLIOZ 95130 FRANCONVILLE</t>
   </si>
   <si>
-    <t>01/04/2017</t>
-[...1 lines deleted...]
-  <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>LIGUE REGIONALE DE NATATION DES PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>MAISON DES SPORTS 44 RUE ROMAIN ROLLAND 44100 NANTES</t>
   </si>
   <si>
     <t>13/11/2012</t>
   </si>
   <si>
-    <t>PREPA SPORTS</t>
-[...7 lines deleted...]
-  <si>
     <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
   </si>
   <si>
     <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
   </si>
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>LIGUE DU CENTRE-VAL DE LOIRE DE NATATION</t>
   </si>
   <si>
     <t>11 AVENUE DU PRESIDENT JOHN KENNEDY 45100 ORLEANS</t>
   </si>
   <si>
     <t>11/02/2017</t>
   </si>
   <si>
     <t>ASS FORMAT METIER FOOT ST ETIENNE REGION</t>
   </si>
   <si>
     <t>COMPLEXE LES OLLIERES RUE DE VERDUN 42580 L'ETRAT</t>
   </si>
   <si>
     <t>19/09/1995</t>
   </si>
   <si>
-    <t>93.11Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ARFASSEC CENTRE FORMASAT CFA SPORT ANIMATION TOURISME</t>
   </si>
   <si>
     <t>185 RUE DU CLOS PASQUIES 45650 SAINT-JEAN-LE-BLANC</t>
   </si>
   <si>
     <t>ASS FORME</t>
   </si>
   <si>
     <t>54 AVENUE DE FLANDRES 60190 ESTREES-SAINT-DENIS</t>
   </si>
   <si>
     <t>15/05/1999</t>
   </si>
   <si>
     <t>ASS PROMO PROFFES ANIMA SPORT CULTU AM</t>
   </si>
   <si>
     <t>GALION 1 RES GD LARGE 1 RUE DE LA FOUX 06800 CAGNES-SUR-MER</t>
   </si>
   <si>
     <t>10/07/2001</t>
   </si>
   <si>
-    <t>ASS  MONTMARTRE NATATION</t>
-[...7 lines deleted...]
-  <si>
     <t>ASS LE GRAND BLEU</t>
   </si>
   <si>
     <t>58 RUE DE LA GARDIETTE 13013 MARSEILLE</t>
   </si>
   <si>
     <t>14/07/2017</t>
   </si>
   <si>
+    <t>PASSION FOOT</t>
+  </si>
+  <si>
+    <t>14 RUE LELEU 76420 BIHOREL</t>
+  </si>
+  <si>
+    <t>24/01/2013</t>
+  </si>
+  <si>
+    <t>D2J</t>
+  </si>
+  <si>
+    <t>238 RUE GIRAUDEAU 37000 TOURS</t>
+  </si>
+  <si>
+    <t>COMITE DEPARTEMENTAL DE LA HAUTE-GARONNE FEDERATION FRANCAISE DE SAUVETAGE ET DE SECOURISME</t>
+  </si>
+  <si>
+    <t>80 AVENUE BERNARD IV 31600 MURET</t>
+  </si>
+  <si>
+    <t>27/03/2025</t>
+  </si>
+  <si>
+    <t>SEAUS</t>
+  </si>
+  <si>
+    <t>60 RUE CHRISTIAN LACOUTURE 69500 BRON</t>
+  </si>
+  <si>
+    <t>29/09/2009</t>
+  </si>
+  <si>
+    <t>USAP FORMATION</t>
+  </si>
+  <si>
+    <t>2 CHEMIN DU SACRE-COEUR 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>LIGUE DE BRETAGNE SAUVETAGE SECOURISME</t>
+  </si>
+  <si>
+    <t>2 RUE DE L’HERMITAGE 35780 LA RICHARDAIS</t>
+  </si>
+  <si>
+    <t>04/03/2017</t>
+  </si>
+  <si>
+    <t>SPORT-PERFORMANCE-SANTE</t>
+  </si>
+  <si>
+    <t>4 AV DU STADE D'EAUX VIVES 64320 BIZANOS</t>
+  </si>
+  <si>
+    <t>27/08/2019</t>
+  </si>
+  <si>
+    <t>ACADEMIE BASQUE DU SPORT</t>
+  </si>
+  <si>
+    <t>PARC DES SPORTS AGUILERA RUE CINO DEL DUCA 64200 BIARRITZ</t>
+  </si>
+  <si>
+    <t>01/03/2016</t>
+  </si>
+  <si>
+    <t>CENTRE NATIONAL DE LA FORMATION DE LA FNMNS</t>
+  </si>
+  <si>
+    <t>MAISON DES SPORTS 13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
+  </si>
+  <si>
+    <t>25/02/2008</t>
+  </si>
+  <si>
+    <t>ECOLE DE SAUVETAGE COTIER MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>RSD CHATEAU ST JACQUES BAT LACYDON 56 BOULEVARD DE LA VALBARELLE 13011 MARSEILLE</t>
+  </si>
+  <si>
+    <t>04/12/2020</t>
+  </si>
+  <si>
+    <t>S2CE</t>
+  </si>
+  <si>
+    <t>176 AVENUE CHARLES DE GAULLE 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>24/01/2022</t>
+  </si>
+  <si>
+    <t>CHALLENGES ACADEMIA</t>
+  </si>
+  <si>
+    <t>149 AVENUE DU MAINE 75014 PARIS</t>
+  </si>
+  <si>
+    <t>29/08/2014</t>
+  </si>
+  <si>
+    <t>AQUA SPORT FORMATION</t>
+  </si>
+  <si>
+    <t>LA CITE DE L'ENTRERISE 105 RUE PIERRE BAYLE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>18/05/2021</t>
+  </si>
+  <si>
+    <t>RECREA CAMPUS</t>
+  </si>
+  <si>
+    <t>CNSD 1 RUE DES ARCHIVES 77300 FONTAINEBLEAU</t>
+  </si>
+  <si>
+    <t>02/03/2015</t>
+  </si>
+  <si>
+    <t>STADE FORMATION</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE VIRECOURT 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>CABINET AMS</t>
+  </si>
+  <si>
+    <t>301 AVENUE GRASSION CIBRAND CARNON 34130 MAUGUIO</t>
+  </si>
+  <si>
+    <t>11/06/2014</t>
+  </si>
+  <si>
+    <t>INSTITUT BRETON DU SPORT ET DE L'ANIMATION</t>
+  </si>
+  <si>
+    <t>PONT BILIO 56250 ELVEN</t>
+  </si>
+  <si>
+    <t>02/04/2010</t>
+  </si>
+  <si>
+    <t>WATERFORM</t>
+  </si>
+  <si>
+    <t>19 RUE MAURICE RAVEL 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>09/04/2010</t>
+  </si>
+  <si>
+    <t>93.13Z</t>
+  </si>
+  <si>
+    <t>CENTRE TERRITORIAL DE FORMATION DE LA FEDERATION NATIONALE DES METIERS DE LA NATATION ET DU SPORT</t>
+  </si>
+  <si>
+    <t>23 RUE DU GENERAL DE GAULLE 97430 LE TAMPON</t>
+  </si>
+  <si>
+    <t>17/12/2018</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
+    <t>04973188997</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>LGT PRIVE LYCEE DES METIERS DE L'EL</t>
+  </si>
+  <si>
+    <t>85 RUE DE LIMAYRAC 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>03/10/1985</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>LES HEURES LIBRES DE JEUNESSE</t>
+  </si>
+  <si>
+    <t>237 PLACE DE LA LIBERTE 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/02/1982</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE D ILE DE FRANCE DE LA FEDERATION FRANCAISE DE NATATION</t>
+  </si>
+  <si>
+    <t>163 BOULEVARD MORTIER 75020 PARIS</t>
+  </si>
+  <si>
+    <t>29/05/1989</t>
+  </si>
+  <si>
+    <t>CENTRE TERRITORIAL DE FORMATION AQUITAINE DE LA FNMNS</t>
+  </si>
+  <si>
+    <t>138 ROUTE DE LEOGNAN 33140 VILLENAVE-D'ORNON</t>
+  </si>
+  <si>
+    <t>10/05/2019</t>
+  </si>
+  <si>
+    <t>LES SAUVETEURS SECOURISTES DE LA VALLEE DES GAVES</t>
+  </si>
+  <si>
+    <t>1 RUE DU BOURG 65400 LAU-BALAGNAS</t>
+  </si>
+  <si>
+    <t>02/04/2023</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL DE FORMATION DE LA FNMNS REGION LANGUEDOC ROUSSILLON</t>
+  </si>
+  <si>
+    <t>130 PLACE DE LA CITE D’ENDRAUSSE 34400 LUNEL</t>
+  </si>
+  <si>
+    <t>02/02/2013</t>
+  </si>
+  <si>
+    <t>IPSO FORMATIONS</t>
+  </si>
+  <si>
+    <t>111-113 111 RUE DU PREMIER MARS 1943 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>MFR DES METIERS DE LA MONTAGNE</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE TRONCHINE 74230 THONES</t>
+  </si>
+  <si>
+    <t>13/08/1983</t>
+  </si>
+  <si>
+    <t>IRSS</t>
+  </si>
+  <si>
+    <t>EURESPACE FORMATION RUE EUGENE BREMOND 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>09/10/2015</t>
+  </si>
+  <si>
+    <t>BATIMENT A LE NANTIL 1 RUE CELESTIN FREINET 44200 NANTES</t>
+  </si>
+  <si>
+    <t>24/05/2024</t>
+  </si>
+  <si>
+    <t>JURA SPORT FORMATION</t>
+  </si>
+  <si>
+    <t>5 ROUTE DE LA GRANGE AU GUI 39260 MOIRANS-EN-MONTAGNE</t>
+  </si>
+  <si>
+    <t>10/06/2025</t>
+  </si>
+  <si>
+    <t>EDUCATERRA</t>
+  </si>
+  <si>
+    <t>34 RUE DE LA COMMUNE DE PARIS 93300 AUBERVILLIERS</t>
+  </si>
+  <si>
+    <t>30/06/2011</t>
+  </si>
+  <si>
+    <t>NUEVO CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE VINCENT VAN GOGH 93360 NEUILLY-PLAISANCE</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>FORMATION.S 89</t>
+  </si>
+  <si>
+    <t>8 RUE SOUFFLOT 89000 AUXERRE</t>
+  </si>
+  <si>
+    <t>17/01/2020</t>
+  </si>
+  <si>
+    <t>CABINET BIGNONEAU</t>
+  </si>
+  <si>
+    <t>91 AVENUE D'ITALIE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>27/06/2020</t>
+  </si>
+  <si>
+    <t>EFPPA</t>
+  </si>
+  <si>
+    <t>83 RTE DE LA FORTUNE 73210 AIME-LA-PLAGNE</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>CAMP ACADEMY ELITE NORMANDIE TRAINING</t>
+  </si>
+  <si>
+    <t>C.A.E.N. TRAINING</t>
+  </si>
+  <si>
+    <t>484 RUE ANTOINE DE SAINT-EXUPERY 14760 BRETTEVILLE-SUR-ODON</t>
+  </si>
+  <si>
+    <t>16/12/2019</t>
+  </si>
+  <si>
     <t>OFA GUYANE</t>
   </si>
   <si>
     <t>1 RUE ROLAND BARRAT 97300 CAYENNE</t>
   </si>
   <si>
     <t>23/11/2022</t>
   </si>
   <si>
     <t>03973088197</t>
   </si>
   <si>
     <t>S-TEAM FORMATIONS</t>
   </si>
   <si>
     <t>BARRES 82100 CASTELSARRASIN</t>
   </si>
   <si>
     <t>22/02/2016</t>
   </si>
   <si>
     <t>PERFORMEO</t>
   </si>
   <si>
     <t>VIVALLEY CENTER 13 CHEMIN DU MARQUAGE 62800 LIEVIN</t>
   </si>
   <si>
     <t>11/06/2025</t>
   </si>
   <si>
     <t>INSTITUT DE PROFESSIONNALISATION SPORTIVE</t>
   </si>
   <si>
     <t>I.P.S.A.</t>
   </si>
   <si>
     <t>47 BOULEVARD DU ROI RENE 49100 ANGERS</t>
   </si>
   <si>
     <t>13/06/2016</t>
   </si>
   <si>
     <t>INSTITUT DES METIERS DU SPORT BITERROIS</t>
   </si>
   <si>
     <t>5 AVENUE PIERRE BEREGOVOY 34420 VILLENEUVE-LES-BEZIERS</t>
   </si>
   <si>
     <t>08/02/2016</t>
-  </si>
-[...418 lines deleted...]
-    <t>25/02/2008</t>
   </si>
   <si>
     <t>LIGUE AUVERGNE-RHONE-ALPES DE NATATION</t>
   </si>
   <si>
     <t>20 AVENUE DES FRERES MONTGOLFIER 69680 CHASSIEU</t>
   </si>
   <si>
     <t>02/03/2021</t>
   </si>
   <si>
     <t>LIGUE REGIONALE DE NATATION HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>138 B RUE LEON BLUM 62290 NOEUX LES MINES</t>
   </si>
   <si>
     <t>01/07/2017</t>
   </si>
   <si>
     <t>LIGUE GRAND EST DE NATATION</t>
   </si>
   <si>
     <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
   </si>
@@ -2161,2657 +2161,2657 @@
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>20007923400023</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I22" s="3">
-        <v>94202064820</v>
+        <v>94202107120</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>37856122900030</v>
+        <v>49755327100022</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I23" s="3">
-        <v>72470126147</v>
+        <v>93050063705</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>38138762000044</v>
+        <v>45244430000043</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I24" s="3">
-        <v>43250172325</v>
+        <v>41540231154</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>38386227300059</v>
+        <v>42844628000029</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I25" s="3">
-        <v>23760415576</v>
+        <v>11755789975</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>38820857100025</v>
+        <v>39791808700032</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I26" s="3">
-        <v>91340579934</v>
+        <v>93130607813</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>38862995800058</v>
+        <v>34027397800015</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="I27" s="3">
-        <v>11950150495</v>
+        <v>76120080012</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>39231452200047</v>
+        <v>34105732100026</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I28" s="3">
-        <v>52440503244</v>
+        <v>73310603431</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>39791808700032</v>
+        <v>34139105000059</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I29" s="3">
-        <v>93130607813</v>
+        <v>75331079133</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>39992626000049</v>
+        <v>34233163400028</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="I30" s="3">
-        <v>27210389121</v>
+        <v>73310429331</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>40066352200037</v>
+        <v>34238383300049</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I31" s="3">
-        <v>24450209545</v>
+        <v>53350859035</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>40230528800019</v>
+        <v>34247135600044</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>104</v>
+        <v>72</v>
       </c>
       <c r="I32" s="3">
-        <v>82420126942</v>
+        <v>91110018411</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>40875084200044</v>
+        <v>34381298800032</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="I33" s="3">
-        <v>24450194445</v>
+        <v>93830405383</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>42301666600012</v>
+        <v>34851704600044</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="I34" s="3">
-        <v>22600159760</v>
+        <v>25140188814</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>42460292800022</v>
+        <v>37856122900030</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="I35" s="3">
-        <v>93060485906</v>
+        <v>72470126147</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>42844628000029</v>
+        <v>38138762000044</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="I36" s="3">
-        <v>11755789975</v>
+        <v>43250172325</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>43368673000030</v>
+        <v>38386227300059</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I37" s="3">
-        <v>93131959613</v>
+        <v>23760415576</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>81337424600029</v>
+        <v>38820857100025</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>76</v>
+      </c>
+      <c r="I38" s="3">
+        <v>91340579934</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>81914381900012</v>
+        <v>38862995800058</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>125</v>
+        <v>104</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="I39" s="3">
-        <v>76820075582</v>
+        <v>11950150495</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>81934372400038</v>
+        <v>39231452200047</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="I40" s="3">
-        <v>32620279562</v>
+        <v>52440503244</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82029237300025</v>
+        <v>39992626000049</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>129</v>
-      </c>
-[...7 lines deleted...]
-        <v>132</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>87</v>
+        <v>130</v>
       </c>
       <c r="I41" s="3">
-        <v>52490324849</v>
+        <v>27210389121</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82114293200010</v>
+        <v>40066352200037</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="I42" s="3">
-        <v>76340945234</v>
+        <v>24450209545</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>43842729600027</v>
+        <v>40230528800019</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="I43" s="3">
-        <v>28760608876</v>
+        <v>82420126942</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>43906604400033</v>
+        <v>40875084200044</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>141</v>
+        <v>67</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="I44" s="3">
-        <v>24370197437</v>
+        <v>24450194445</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>44105844300074</v>
+        <v>42301666600012</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>97</v>
+        <v>123</v>
       </c>
       <c r="I45" s="3">
-        <v>76310878231</v>
+        <v>22600159760</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>44537058800029</v>
+        <v>42460292800022</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>87</v>
+        <v>111</v>
       </c>
       <c r="I46" s="3">
-        <v>82690992269</v>
+        <v>93060485906</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>44984201200022</v>
+        <v>43368673000030</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="I47" s="3">
-        <v>91660115866</v>
+        <v>93131959613</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>45244430000043</v>
+        <v>43842729600027</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I48" s="3">
-        <v>41540231154</v>
+        <v>28760608876</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>45350246000026</v>
+        <v>43906604400033</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>156</v>
+        <v>71</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="I49" s="3">
-        <v>53351007735</v>
+        <v>24370197437</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>77694419100035</v>
+        <v>44105844300074</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>161</v>
+        <v>130</v>
       </c>
       <c r="I50" s="3">
-        <v>73310473831</v>
+        <v>76310878231</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>78316962600026</v>
+        <v>44537058800029</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="I51" s="3">
-        <v>93830269683</v>
+        <v>82690992269</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>78480881800024</v>
+        <v>44984201200022</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>80</v>
+        <v>130</v>
       </c>
       <c r="I52" s="3">
-        <v>11754626175</v>
+        <v>91660115866</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>78975780400024</v>
+        <v>45350246000026</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="I53" s="3">
-        <v>75331013133</v>
+        <v>53351007735</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>79192850000028</v>
+        <v>49022781600066</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>97</v>
+        <v>123</v>
       </c>
       <c r="I54" s="3">
-        <v>73650074065</v>
+        <v>72640331864</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>80067693400048</v>
+        <v>49218219100022</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="I55" s="3"/>
+        <v>123</v>
+      </c>
+      <c r="I55" s="3">
+        <v>72640264064</v>
+      </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>80478079900016</v>
+        <v>50437171700019</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>87</v>
+        <v>111</v>
       </c>
       <c r="I56" s="3">
-        <v>11755243675</v>
+        <v>41540267954</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>80799265600023</v>
+        <v>50979748600024</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="I57" s="3">
-        <v>93840368284</v>
+        <v>93132067513</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>80975722200017</v>
+        <v>80067693400048</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>32803724700017</v>
+        <v>80478079900016</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>68</v>
+        <v>123</v>
       </c>
       <c r="I59" s="3">
-        <v>82740022974</v>
+        <v>11755243675</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>33441214500081</v>
+        <v>80799265600023</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>87</v>
+        <v>130</v>
       </c>
       <c r="I60" s="3">
-        <v>52490029649</v>
+        <v>93840368284</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>33441214500263</v>
+        <v>80975722200017</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="I61" s="3">
-        <v>52490029649</v>
+        <v>11770597777</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>34027397800015</v>
+        <v>51864644300029</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>196</v>
+        <v>67</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>104</v>
+        <v>123</v>
       </c>
       <c r="I62" s="3">
-        <v>76120080012</v>
+        <v>72330891433</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>34105732100026</v>
+        <v>51923176500024</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>80</v>
+        <v>17</v>
       </c>
       <c r="I63" s="3">
-        <v>73310603431</v>
+        <v>91340691934</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>34139105000059</v>
+        <v>52151363000017</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>80</v>
+        <v>123</v>
       </c>
       <c r="I64" s="3">
-        <v>75331079133</v>
+        <v>53560851656</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>34233163400028</v>
+        <v>52187652400013</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I65" s="3">
-        <v>73310429331</v>
+        <v>43250087825</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>34238383300049</v>
+        <v>52478899900042</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>53350859035</v>
+        <v>204</v>
+      </c>
+      <c r="I66" s="3" t="s">
+        <v>205</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>34247135600044</v>
+        <v>77694419100035</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="F67" s="2" t="s">
         <v>209</v>
-      </c>
-[...5 lines deleted...]
-        <v>211</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>76</v>
+        <v>210</v>
       </c>
       <c r="I67" s="3">
-        <v>91110018411</v>
+        <v>73310473831</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>34381298800032</v>
+        <v>78316962600026</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F68" s="2" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>76</v>
+        <v>111</v>
       </c>
       <c r="I68" s="3">
-        <v>93830405383</v>
+        <v>93830269683</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>53434625900037</v>
+        <v>78480881800024</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>216</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="I69" s="3">
-        <v>27390134439</v>
+        <v>11754626175</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>53458593000017</v>
+        <v>78975780400024</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>217</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>219</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>87</v>
+        <v>130</v>
       </c>
       <c r="I70" s="3">
-        <v>11930655493</v>
+        <v>75331013133</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>75051209700056</v>
+        <v>79192850000028</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>220</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
         <v>221</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>87</v>
+        <v>130</v>
       </c>
       <c r="I71" s="3">
-        <v>11930647893</v>
+        <v>73650074065</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>75090031800023</v>
+        <v>79305219200010</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>223</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>225</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>87</v>
+        <v>17</v>
       </c>
       <c r="I72" s="3">
-        <v>26890115289</v>
+        <v>91340828634</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>50979748600024</v>
+        <v>79337271500045</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>228</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>76</v>
+        <v>123</v>
       </c>
       <c r="I73" s="3">
-        <v>93132067513</v>
+        <v>82691277869</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>51864644300029</v>
+        <v>32803724700017</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>67</v>
+        <v>231</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="I74" s="3">
-        <v>72330891433</v>
+        <v>82740022974</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>51923176500024</v>
+        <v>33441214500081</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="I75" s="3">
-        <v>91340691934</v>
+        <v>52490029649</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>52151363000017</v>
+        <v>33441214500263</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>236</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="I76" s="3">
-        <v>53560851656</v>
+        <v>52490029649</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>52187652400013</v>
+        <v>53434625900037</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>237</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
         <v>238</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>239</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>240</v>
+        <v>123</v>
       </c>
       <c r="I77" s="3">
-        <v>43250087825</v>
+        <v>27390134439</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>81245347000039</v>
+        <v>53458593000017</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="D78" s="2"/>
+      <c r="E78" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="D78" s="2" t="s">
+      <c r="F78" s="2" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="I78" s="3">
-        <v>28140291514</v>
+        <v>11930655493</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>79305219200010</v>
+        <v>75051209700056</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="I79" s="3">
-        <v>91340828634</v>
+        <v>11930647893</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>79337271500045</v>
+        <v>75090031800023</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="I80" s="3">
-        <v>82691277869</v>
+        <v>26890115289</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
         <v>75286250800021</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="I81" s="3">
         <v>11922013392</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
         <v>75323263600013</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="I82" s="3">
         <v>82730151973</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>52478899900042</v>
+        <v>81245347000039</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="E83" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="D83" s="2"/>
-      <c r="E83" s="2" t="s">
+      <c r="F83" s="2" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>17</v>
+      </c>
+      <c r="I83" s="3">
+        <v>28140291514</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>34851704600044</v>
+        <v>81337424600029</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>25140188814</v>
+        <v>123</v>
+      </c>
+      <c r="I84" s="3" t="s">
+        <v>262</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>49022781600066</v>
+        <v>81914381900012</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="I85" s="3">
-        <v>72640331864</v>
+        <v>76820075582</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>49218219100022</v>
+        <v>81934372400038</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="I86" s="3">
-        <v>72640264064</v>
+        <v>32620279562</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>49755327100022</v>
+        <v>82029237300025</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="E87" s="2" t="s">
         <v>271</v>
       </c>
-      <c r="D87" s="2"/>
-      <c r="E87" s="2" t="s">
+      <c r="F87" s="2" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>76</v>
+        <v>123</v>
       </c>
       <c r="I87" s="3">
-        <v>93050063705</v>
+        <v>52490324849</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>50437171700019</v>
+        <v>82114293200010</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>273</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>274</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>275</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="I88" s="3">
-        <v>41540267954</v>
+        <v>76340945234</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>82847414800024</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>278</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I89" s="3">
         <v>84691501769</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>82868046200029</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>281</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I90" s="3">
         <v>32620290262</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
         <v>82885515500010</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>100</v>
+        <v>133</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="I91" s="3">
         <v>44510182251</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
         <v>84018699300027</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>284</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>286</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="I92" s="3">
         <v>11770673277</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
         <v>84319143800012</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>289</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="3">
         <v>84691636169</v>
@@ -4937,127 +4937,127 @@
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
         <v>87940012500016</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>297</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
         <v>298</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>294</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="I97" s="3">
         <v>53351070635</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
         <v>88154837400019</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>299</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
         <v>300</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>301</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="I98" s="3">
         <v>27580082858</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
         <v>91823390900020</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>302</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>303</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>305</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>306</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
         <v>92077009600013</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
@@ -5087,51 +5087,51 @@
         <v>19</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
         <v>94964088200021</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>310</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
         <v>311</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>312</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="I101" s="3">
         <v>76110199311</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -5159,31 +5159,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/16/2025 06:27:15</dc:description>
+  <dc:description>Export en date du 12/08/2025 04:55:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>