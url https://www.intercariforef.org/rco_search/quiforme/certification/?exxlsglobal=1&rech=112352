--- v1 (2025-12-08)
+++ v2 (2026-01-30)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -223,702 +223,705 @@
   <si>
     <t>ROUTE DES ABYMES 97139 LES ABYMES</t>
   </si>
   <si>
     <t>ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>20/05/1985</t>
   </si>
   <si>
     <t>CENTRE DU SPORT ET DE LA JEUNESSE CORSE - CENTRU DI U SPORT E DI A GHJUVENTU CORSA</t>
   </si>
   <si>
     <t>CFA DU SPORT ET DE L'ANIMATION</t>
   </si>
   <si>
     <t>CHE DE LA SPOSATA 20000 AJACCIO</t>
   </si>
   <si>
     <t>01/03/2019</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>NAUTISME EN ILE-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>3 ROUTE DE TORCY 77360 VAIRES-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>INSTITUT DE PROFESSIONNALISATION SPORTIVE</t>
+  </si>
+  <si>
+    <t>I.P.S.A.</t>
+  </si>
+  <si>
+    <t>47 BOULEVARD DU ROI RENE 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>13/06/2016</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>INSTITUT DES METIERS DU SPORT BITERROIS</t>
+  </si>
+  <si>
+    <t>5 AVENUE PIERRE BEREGOVOY 34420 VILLENEUVE-LES-BEZIERS</t>
+  </si>
+  <si>
+    <t>08/02/2016</t>
+  </si>
+  <si>
+    <t>PREPA SPORTS</t>
+  </si>
+  <si>
+    <t>285 RUE DU DOCTEUR ALBERT AYNAUD 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>19/09/2005</t>
+  </si>
+  <si>
+    <t>D2J</t>
+  </si>
+  <si>
+    <t>238 RUE GIRAUDEAU 37000 TOURS</t>
+  </si>
+  <si>
+    <t>01/05/2007</t>
+  </si>
+  <si>
+    <t>CABINET BIGNONEAU</t>
+  </si>
+  <si>
+    <t>91 AVENUE D'ITALIE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>27/06/2020</t>
+  </si>
+  <si>
+    <t>MFR DES METIERS DE LA MONTAGNE</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE TRONCHINE 74230 THONES</t>
+  </si>
+  <si>
+    <t>13/08/1983</t>
+  </si>
+  <si>
+    <t>IRSS</t>
+  </si>
+  <si>
+    <t>EURESPACE FORMATION RUE EUGENE BREMOND 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>09/10/2015</t>
+  </si>
+  <si>
+    <t>BATIMENT A LE NANTIL 1 RUE CELESTIN FREINET 44200 NANTES</t>
+  </si>
+  <si>
+    <t>24/05/2024</t>
+  </si>
+  <si>
+    <t>AQUA GRIMPE MILLAU GRANDS CAUSSES</t>
+  </si>
+  <si>
+    <t>PISCINE MUNICIPALE RUE DE LA PRISE D'EAU 12100 MILLAU</t>
+  </si>
+  <si>
+    <t>08/09/1986</t>
+  </si>
+  <si>
+    <t>93.11Z</t>
+  </si>
+  <si>
+    <t>LIGUE OCCITANIE PYRENEES MEDITERRANEE DE NATATION</t>
+  </si>
+  <si>
+    <t>BAT B - BAL 37 72 RUE PIERRE-PAUL RIQUET 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/01/2011</t>
+  </si>
+  <si>
+    <t>LIGUE NOUVELLE-AQUITAINE NATATION</t>
+  </si>
+  <si>
+    <t>MAISON REGIONALE DES SPORTS 2 AVENUE DE L'UNIVERSITE 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>07/01/2017</t>
+  </si>
+  <si>
+    <t>DAUPHINS DU TOEC</t>
+  </si>
+  <si>
+    <t>54 RUE DES SEPT TROUBADOURS 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>04/12/1995</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE DE NATATION DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>9 RUE LEO LAGRANGE 35131 CHARTRES-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>14/08/2014</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FORMASPORT</t>
+  </si>
+  <si>
+    <t>74 AVENUE MAITRE HUBERT MOULY 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>COMITE DEP OLYMPIQUE ET SPORTIF DU VAR</t>
+  </si>
+  <si>
+    <t>QUARTIER BON RENCONTRE 133 BOULEVARD GENERAL BROSSET 83200 TOULON</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>FFN-LIGUE REGIONALE DE NORMANDIE NATATION</t>
+  </si>
+  <si>
+    <t>PERICENTRE 4 147 RUE DE LA DELIVRANDE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>20/07/2011</t>
+  </si>
+  <si>
+    <t>COMITE DEPARTEMENTAL OLYMPIQUE SPORTIF</t>
+  </si>
+  <si>
+    <t>997 AVENUE DU DOCTEUR JEAN BRU 47000 AGEN</t>
+  </si>
+  <si>
+    <t>01/06/2011</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>GROUPE PROFESSION SPORT LOISIRS DOUBS TERRITOIRE DE BELFORT HAUTE SAONE</t>
+  </si>
+  <si>
+    <t>MAISON DEPARTEMENTALE DES 16 CHEMIN JOSEPH DE COURVOISIER 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>22/10/2001</t>
+  </si>
+  <si>
+    <t>PROFESSION SPORT ET LOISIRS 76</t>
+  </si>
+  <si>
+    <t>2 RUE D'ALEMBERT 76140 LE PETIT-QUEVILLY</t>
+  </si>
+  <si>
+    <t>18/09/2006</t>
+  </si>
+  <si>
+    <t>MONTPELLIER UNIVERSITE CLUB OMNISPORT</t>
+  </si>
+  <si>
+    <t>COMPLEXE SPORTIF ALBERT BATTEUX 150 RUE FRANCOIS-JOSEPH GOSSEC 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>08/11/2005</t>
+  </si>
+  <si>
+    <t>INST FORMATION ANIMATEURS COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>3 ALLEE HECTOR BERLIOZ 95130 FRANCONVILLE</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE DE NATATION DES PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>MAISON DES SPORTS 44 RUE ROMAIN ROLLAND 44100 NANTES</t>
+  </si>
+  <si>
+    <t>13/11/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>LIGUE DU CENTRE-VAL DE LOIRE DE NATATION</t>
+  </si>
+  <si>
+    <t>11 AVENUE DU PRESIDENT JOHN KENNEDY 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>11/02/2017</t>
+  </si>
+  <si>
+    <t>ASS FORMAT METIER FOOT ST ETIENNE REGION</t>
+  </si>
+  <si>
+    <t>COMPLEXE LES OLLIERES RUE DE VERDUN 42580 L'ETRAT</t>
+  </si>
+  <si>
+    <t>19/09/1995</t>
+  </si>
+  <si>
+    <t>ARFASSEC CENTRE FORMASAT CFA SPORT ANIMATION TOURISME</t>
+  </si>
+  <si>
+    <t>185 RUE DU CLOS PASQUIES 45650 SAINT-JEAN-LE-BLANC</t>
+  </si>
+  <si>
+    <t>ASS FORME</t>
+  </si>
+  <si>
+    <t>54 AVENUE DE FLANDRES 60190 ESTREES-SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>15/05/1999</t>
+  </si>
+  <si>
+    <t>ASS PROMO PROFFES ANIMA SPORT CULTU AM</t>
+  </si>
+  <si>
+    <t>GALION 1 RES GD LARGE 1 RUE DE LA FOUX 06800 CAGNES-SUR-MER</t>
+  </si>
+  <si>
+    <t>10/07/2001</t>
+  </si>
+  <si>
+    <t>ASS  MONTMARTRE NATATION</t>
+  </si>
+  <si>
+    <t>15 PASSAGE RAMEY 75018 PARIS</t>
+  </si>
+  <si>
+    <t>05/10/2010</t>
+  </si>
+  <si>
+    <t>ASS LE GRAND BLEU</t>
+  </si>
+  <si>
+    <t>58 RUE DE LA GARDIETTE 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>14/07/2017</t>
+  </si>
+  <si>
+    <t>PASSION FOOT</t>
+  </si>
+  <si>
+    <t>14 RUE LELEU 76420 BIHOREL</t>
+  </si>
+  <si>
+    <t>24/01/2013</t>
+  </si>
+  <si>
+    <t>COMITE DEPARTEMENTAL DE LA HAUTE-GARONNE FEDERATION FRANCAISE DE SAUVETAGE ET DE SECOURISME</t>
+  </si>
+  <si>
+    <t>80 AVENUE BERNARD IV 31600 MURET</t>
+  </si>
+  <si>
+    <t>27/03/2025</t>
+  </si>
+  <si>
+    <t>SEAUS</t>
+  </si>
+  <si>
+    <t>60 RUE CHRISTIAN LACOUTURE 69500 BRON</t>
+  </si>
+  <si>
+    <t>29/09/2009</t>
+  </si>
+  <si>
+    <t>CENTRE LORRAIN D EDUCATION PAR LE SPORT</t>
+  </si>
+  <si>
+    <t>1 RUE PAUL LANGEVIN 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>01/11/2018</t>
+  </si>
+  <si>
+    <t>LIGUE DE BRETAGNE SAUVETAGE SECOURISME</t>
+  </si>
+  <si>
+    <t>2 RUE DE L’HERMITAGE 35780 LA RICHARDAIS</t>
+  </si>
+  <si>
+    <t>04/03/2017</t>
+  </si>
+  <si>
+    <t>SPORT-PERFORMANCE-SANTE</t>
+  </si>
+  <si>
+    <t>4 AV DU STADE D'EAUX VIVES 64320 BIZANOS</t>
+  </si>
+  <si>
+    <t>27/08/2019</t>
+  </si>
+  <si>
+    <t>ACADEMIE BASQUE DU SPORT</t>
+  </si>
+  <si>
+    <t>PARC DES SPORTS AGUILERA RUE CINO DEL DUCA 64200 BIARRITZ</t>
+  </si>
+  <si>
+    <t>01/03/2016</t>
+  </si>
+  <si>
     <t>COMITE PROVENCE-ALPES-COTE D'AZUR DE CANOE KAYAK</t>
   </si>
   <si>
     <t>LE QUARTZ 05120 L'ARGENTIERE-LA-BESSEE</t>
   </si>
   <si>
-    <t>01/05/2007</t>
-[...298 lines deleted...]
-  <si>
     <t>CENTRE NATIONAL DE LA FORMATION DE LA FNMNS</t>
   </si>
   <si>
     <t>MAISON DES SPORTS 13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
   </si>
   <si>
     <t>25/02/2008</t>
   </si>
   <si>
     <t>ECOLE DE SAUVETAGE COTIER MEDITERRANEE</t>
   </si>
   <si>
     <t>RSD CHATEAU ST JACQUES BAT LACYDON 56 BOULEVARD DE LA VALBARELLE 13011 MARSEILLE</t>
   </si>
   <si>
     <t>04/12/2020</t>
   </si>
   <si>
+    <t>STADE FORMATION</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE VIRECOURT 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>CABINET AMS</t>
+  </si>
+  <si>
+    <t>301 AVENUE GRASSION CIBRAND CARNON 34130 MAUGUIO</t>
+  </si>
+  <si>
+    <t>11/06/2014</t>
+  </si>
+  <si>
+    <t>INSTITUT BRETON DU SPORT ET DE L'ANIMATION</t>
+  </si>
+  <si>
+    <t>PONT BILIO 56250 ELVEN</t>
+  </si>
+  <si>
+    <t>02/04/2010</t>
+  </si>
+  <si>
+    <t>WATERFORM</t>
+  </si>
+  <si>
+    <t>19 RUE MAURICE RAVEL 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>09/04/2010</t>
+  </si>
+  <si>
+    <t>93.13Z</t>
+  </si>
+  <si>
+    <t>CENTRE TERRITORIAL DE FORMATION DE LA FEDERATION NATIONALE DES METIERS DE LA NATATION ET DU SPORT</t>
+  </si>
+  <si>
+    <t>23 RUE DU GENERAL DE GAULLE 97430 LE TAMPON</t>
+  </si>
+  <si>
+    <t>17/12/2018</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
+    <t>04973188997</t>
+  </si>
+  <si>
+    <t>JURA SPORT FORMATION</t>
+  </si>
+  <si>
+    <t>5 ROUTE DE LA GRANGE AU GUI 39260 MOIRANS-EN-MONTAGNE</t>
+  </si>
+  <si>
+    <t>10/06/2025</t>
+  </si>
+  <si>
+    <t>EDUCATERRA</t>
+  </si>
+  <si>
+    <t>34 RUE DE LA COMMUNE DE PARIS 93300 AUBERVILLIERS</t>
+  </si>
+  <si>
+    <t>30/06/2011</t>
+  </si>
+  <si>
+    <t>NUEVO CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE VINCENT VAN GOGH 93360 NEUILLY-PLAISANCE</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>FORMATION.S 89</t>
+  </si>
+  <si>
+    <t>8 RUE SOUFFLOT 89000 AUXERRE</t>
+  </si>
+  <si>
+    <t>17/01/2020</t>
+  </si>
+  <si>
+    <t>EFPPA</t>
+  </si>
+  <si>
+    <t>83 RTE DE LA FORTUNE 73210 AIME-LA-PLAGNE</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>LGT PRIVE LYCEE DES METIERS DE L'EL</t>
+  </si>
+  <si>
+    <t>85 RUE DE LIMAYRAC 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>03/10/1985</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>APRADIS</t>
+  </si>
+  <si>
+    <t>6 RUE DES DEUX PONTS 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>LES HEURES LIBRES DE JEUNESSE</t>
+  </si>
+  <si>
+    <t>237 PLACE DE LA LIBERTE 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/02/1982</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE D ILE DE FRANCE DE LA FEDERATION FRANCAISE DE NATATION</t>
+  </si>
+  <si>
+    <t>163 BOULEVARD MORTIER 75020 PARIS</t>
+  </si>
+  <si>
+    <t>29/05/1989</t>
+  </si>
+  <si>
+    <t>CENTRE TERRITORIAL DE FORMATION AQUITAINE DE LA FNMNS</t>
+  </si>
+  <si>
+    <t>138 ROUTE DE LEOGNAN 33140 VILLENAVE-D'ORNON</t>
+  </si>
+  <si>
+    <t>10/05/2019</t>
+  </si>
+  <si>
+    <t>LES SAUVETEURS SECOURISTES DE LA VALLEE DES GAVES</t>
+  </si>
+  <si>
+    <t>1 RUE DU BOURG 65400 LAU-BALAGNAS</t>
+  </si>
+  <si>
+    <t>02/04/2023</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL DE FORMATION DE LA FNMNS REGION LANGUEDOC ROUSSILLON</t>
+  </si>
+  <si>
+    <t>130 PLACE DE LA CITE D’ENDRAUSSE 34400 LUNEL</t>
+  </si>
+  <si>
+    <t>02/02/2013</t>
+  </si>
+  <si>
+    <t>IPSO FORMATIONS</t>
+  </si>
+  <si>
+    <t>111-113 111 RUE DU PREMIER MARS 1943 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
     <t>S2CE</t>
   </si>
   <si>
     <t>176 AVENUE CHARLES DE GAULLE 92200 NEUILLY-SUR-SEINE</t>
   </si>
   <si>
     <t>24/01/2022</t>
   </si>
   <si>
     <t>CHALLENGES ACADEMIA</t>
   </si>
   <si>
     <t>149 AVENUE DU MAINE 75014 PARIS</t>
   </si>
   <si>
     <t>29/08/2014</t>
   </si>
   <si>
     <t>AQUA SPORT FORMATION</t>
   </si>
   <si>
     <t>LA CITE DE L'ENTRERISE 105 RUE PIERRE BAYLE 84000 AVIGNON</t>
   </si>
   <si>
     <t>18/05/2021</t>
   </si>
   <si>
     <t>RECREA CAMPUS</t>
   </si>
   <si>
     <t>CNSD 1 RUE DES ARCHIVES 77300 FONTAINEBLEAU</t>
   </si>
   <si>
     <t>02/03/2015</t>
   </si>
   <si>
-    <t>STADE FORMATION</t>
-[...196 lines deleted...]
-  <si>
     <t>CAMP ACADEMY ELITE NORMANDIE TRAINING</t>
   </si>
   <si>
     <t>C.A.E.N. TRAINING</t>
   </si>
   <si>
     <t>484 RUE ANTOINE DE SAINT-EXUPERY 14760 BRETTEVILLE-SUR-ODON</t>
   </si>
   <si>
     <t>16/12/2019</t>
   </si>
   <si>
     <t>OFA GUYANE</t>
   </si>
   <si>
     <t>1 RUE ROLAND BARRAT 97300 CAYENNE</t>
   </si>
   <si>
     <t>23/11/2022</t>
   </si>
   <si>
     <t>03973088197</t>
   </si>
   <si>
     <t>S-TEAM FORMATIONS</t>
   </si>
   <si>
     <t>BARRES 82100 CASTELSARRASIN</t>
   </si>
   <si>
     <t>22/02/2016</t>
   </si>
   <si>
     <t>PERFORMEO</t>
   </si>
   <si>
     <t>VIVALLEY CENTER 13 CHEMIN DU MARQUAGE 62800 LIEVIN</t>
   </si>
   <si>
     <t>11/06/2025</t>
   </si>
   <si>
-    <t>INSTITUT DE PROFESSIONNALISATION SPORTIVE</t>
-[...19 lines deleted...]
-  <si>
     <t>LIGUE AUVERGNE-RHONE-ALPES DE NATATION</t>
   </si>
   <si>
     <t>20 AVENUE DES FRERES MONTGOLFIER 69680 CHASSIEU</t>
   </si>
   <si>
     <t>02/03/2021</t>
   </si>
   <si>
     <t>LIGUE REGIONALE DE NATATION HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>138 B RUE LEON BLUM 62290 NOEUX LES MINES</t>
   </si>
   <si>
     <t>01/07/2017</t>
   </si>
   <si>
     <t>LIGUE GRAND EST DE NATATION</t>
   </si>
   <si>
     <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/10/2018</t>
   </si>
   <si>
     <t>UNIVERS SPORT FORMATION LYON</t>
   </si>
   <si>
     <t>RUE DE L'AVIATION 69800 SAINT-PRIEST</t>
   </si>
   <si>
     <t>29/10/2018</t>
   </si>
   <si>
     <t>UCPA FORMATION</t>
   </si>
   <si>
     <t>21 RUE DE STALINGRAD 94110 ARCUEIL</t>
   </si>
   <si>
     <t>31/07/2019</t>
   </si>
   <si>
     <t>2 RUE PROFESSEUR ZIMMERMANN 69007 LYON</t>
   </si>
   <si>
     <t>01/09/2019</t>
   </si>
@@ -2173,2965 +2176,2965 @@
         <v>65</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I22" s="3">
         <v>94202107120</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>49755327100022</v>
+        <v>84018699300027</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I23" s="3">
-        <v>93050063705</v>
+        <v>11770673277</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>45244430000043</v>
+        <v>82029237300025</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D24" s="2"/>
+      <c r="D24" s="2" t="s">
+        <v>74</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I24" s="3">
-        <v>41540231154</v>
+        <v>52490324849</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>42844628000029</v>
+        <v>82114293200010</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I25" s="3">
-        <v>11755789975</v>
+        <v>76340945234</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>39791808700032</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="I26" s="3">
         <v>93130607813</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>34027397800015</v>
+        <v>43906604400033</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="I27" s="3">
-        <v>76120080012</v>
+        <v>24370197437</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>34105732100026</v>
+        <v>75286250800021</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I28" s="3">
-        <v>73310603431</v>
+        <v>11922013392</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>34139105000059</v>
+        <v>32803724700017</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="I29" s="3">
-        <v>75331079133</v>
+        <v>82740022974</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>34233163400028</v>
+        <v>33441214500081</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I30" s="3">
-        <v>73310429331</v>
+        <v>52490029649</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>34238383300049</v>
+        <v>33441214500263</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I31" s="3">
-        <v>53350859035</v>
+        <v>52490029649</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>34247135600044</v>
+        <v>34027397800015</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>72</v>
+        <v>101</v>
       </c>
       <c r="I32" s="3">
-        <v>91110018411</v>
+        <v>76120080012</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>34381298800032</v>
+        <v>34105732100026</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I33" s="3">
-        <v>93830405383</v>
+        <v>73310603431</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>34851704600044</v>
+        <v>34139105000059</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="I34" s="3">
-        <v>25140188814</v>
+        <v>75331079133</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>37856122900030</v>
+        <v>34233163400028</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>111</v>
+        <v>72</v>
       </c>
       <c r="I35" s="3">
-        <v>72470126147</v>
+        <v>73310429331</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>38138762000044</v>
+        <v>34238383300049</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I36" s="3">
-        <v>43250172325</v>
+        <v>53350859035</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>38386227300059</v>
+        <v>34247135600044</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>76</v>
+        <v>117</v>
       </c>
       <c r="I37" s="3">
-        <v>23760415576</v>
+        <v>91110018411</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>38820857100025</v>
+        <v>34381298800032</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>76</v>
+        <v>117</v>
       </c>
       <c r="I38" s="3">
-        <v>91340579934</v>
+        <v>93830405383</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>38862995800058</v>
+        <v>34851704600044</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>104</v>
+        <v>123</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="I39" s="3">
-        <v>11950150495</v>
+        <v>25140188814</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>39231452200047</v>
+        <v>37856122900030</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>76</v>
+        <v>127</v>
       </c>
       <c r="I40" s="3">
-        <v>52440503244</v>
+        <v>72470126147</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>39992626000049</v>
+        <v>38138762000044</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="I41" s="3">
-        <v>27210389121</v>
+        <v>43250172325</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>40066352200037</v>
+        <v>38386227300059</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="I42" s="3">
-        <v>24450209545</v>
+        <v>23760415576</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>40230528800019</v>
+        <v>38820857100025</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="I43" s="3">
-        <v>82420126942</v>
+        <v>91340579934</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>40875084200044</v>
+        <v>38862995800058</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>67</v>
+        <v>120</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="I44" s="3">
-        <v>24450194445</v>
+        <v>11950150495</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>42301666600012</v>
+        <v>39231452200047</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="I45" s="3">
-        <v>22600159760</v>
+        <v>52440503244</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>42460292800022</v>
+        <v>39992626000049</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>144</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="I46" s="3">
-        <v>93060485906</v>
+        <v>27210389121</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>43368673000030</v>
+        <v>40066352200037</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="I47" s="3">
-        <v>93131959613</v>
+        <v>24450209545</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>43842729600027</v>
+        <v>40230528800019</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="I48" s="3">
-        <v>28760608876</v>
+        <v>82420126942</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>43906604400033</v>
+        <v>40875084200044</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>123</v>
+        <v>68</v>
       </c>
       <c r="I49" s="3">
-        <v>24370197437</v>
+        <v>24450194445</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>44105844300074</v>
+        <v>42301666600012</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>130</v>
+        <v>77</v>
       </c>
       <c r="I50" s="3">
-        <v>76310878231</v>
+        <v>22600159760</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>44537058800029</v>
+        <v>42460292800022</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="I51" s="3">
-        <v>82690992269</v>
+        <v>93060485906</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>44984201200022</v>
+        <v>42844628000029</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>130</v>
+        <v>72</v>
       </c>
       <c r="I52" s="3">
-        <v>91660115866</v>
+        <v>11755789975</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>45350246000026</v>
+        <v>43368673000030</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>111</v>
+        <v>72</v>
       </c>
       <c r="I53" s="3">
-        <v>53351007735</v>
+        <v>93131959613</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>49022781600066</v>
+        <v>43842729600027</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="I54" s="3">
-        <v>72640331864</v>
+        <v>28760608876</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>49218219100022</v>
+        <v>44105844300074</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>123</v>
+        <v>145</v>
       </c>
       <c r="I55" s="3">
-        <v>72640264064</v>
+        <v>76310878231</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>50437171700019</v>
+        <v>44537058800029</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>111</v>
+        <v>77</v>
       </c>
       <c r="I56" s="3">
-        <v>41540267954</v>
+        <v>82690992269</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>50979748600024</v>
+        <v>45244430000043</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I57" s="3">
-        <v>93132067513</v>
+        <v>41540231154</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>80067693400048</v>
+        <v>45350246000026</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="I58" s="3"/>
+        <v>127</v>
+      </c>
+      <c r="I58" s="3">
+        <v>53351007735</v>
+      </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>80478079900016</v>
+        <v>49022781600066</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="I59" s="3">
-        <v>11755243675</v>
+        <v>72640331864</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>80799265600023</v>
+        <v>49218219100022</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>130</v>
+        <v>77</v>
       </c>
       <c r="I60" s="3">
-        <v>93840368284</v>
+        <v>72640264064</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>80975722200017</v>
+        <v>49755327100022</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>188</v>
+        <v>86</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="I61" s="3">
-        <v>11770597777</v>
+        <v>93050063705</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>51864644300029</v>
+        <v>50437171700019</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>67</v>
+        <v>191</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="I62" s="3">
-        <v>72330891433</v>
+        <v>41540267954</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>51923176500024</v>
+        <v>50979748600024</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="I63" s="3">
-        <v>91340691934</v>
+        <v>93132067513</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>52151363000017</v>
+        <v>51864644300029</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>196</v>
+        <v>67</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="I64" s="3">
-        <v>53560851656</v>
+        <v>72330891433</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>52187652400013</v>
+        <v>51923176500024</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>199</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>200</v>
+        <v>17</v>
       </c>
       <c r="I65" s="3">
-        <v>43250087825</v>
+        <v>91340691934</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>52478899900042</v>
+        <v>52151363000017</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="F66" s="2" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>77</v>
+      </c>
+      <c r="I66" s="3">
+        <v>53560851656</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>77694419100035</v>
+        <v>52187652400013</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="I67" s="3">
-        <v>73310473831</v>
+        <v>43250087825</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78316962600026</v>
+        <v>52478899900042</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>93830269683</v>
+        <v>210</v>
+      </c>
+      <c r="I68" s="3" t="s">
+        <v>211</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78480881800024</v>
+        <v>53434625900037</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I69" s="3">
-        <v>11754626175</v>
+        <v>27390134439</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>78975780400024</v>
+        <v>53458593000017</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>130</v>
+        <v>77</v>
       </c>
       <c r="I70" s="3">
-        <v>75331013133</v>
+        <v>11930655493</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>79192850000028</v>
+        <v>75051209700056</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>130</v>
+        <v>77</v>
       </c>
       <c r="I71" s="3">
-        <v>73650074065</v>
+        <v>11930647893</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>79305219200010</v>
+        <v>75090031800023</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="I72" s="3">
-        <v>91340828634</v>
+        <v>26890115289</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>79337271500045</v>
+        <v>75323263600013</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="I73" s="3">
-        <v>82691277869</v>
+        <v>82730151973</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>32803724700017</v>
+        <v>77694419100035</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="E74" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="D74" s="2"/>
-      <c r="E74" s="2" t="s">
+      <c r="F74" s="2" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>68</v>
+        <v>231</v>
       </c>
       <c r="I74" s="3">
-        <v>82740022974</v>
+        <v>73310473831</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>33441214500081</v>
+        <v>78061259400017</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>234</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>123</v>
+        <v>235</v>
       </c>
       <c r="I75" s="3">
-        <v>52490029649</v>
+        <v>22800005280</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>33441214500263</v>
+        <v>78316962600026</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="I76" s="3">
-        <v>52490029649</v>
+        <v>93830269683</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>53434625900037</v>
+        <v>78480881800024</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="I77" s="3">
-        <v>27390134439</v>
+        <v>11754626175</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>53458593000017</v>
+        <v>78975780400024</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>123</v>
+        <v>145</v>
       </c>
       <c r="I78" s="3">
-        <v>11930655493</v>
+        <v>75331013133</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>75051209700056</v>
+        <v>79192850000028</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>123</v>
+        <v>145</v>
       </c>
       <c r="I79" s="3">
-        <v>11930647893</v>
+        <v>73650074065</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>75090031800023</v>
+        <v>79305219200010</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="I80" s="3">
-        <v>26890115289</v>
+        <v>91340828634</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>75286250800021</v>
+        <v>79337271500045</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="I81" s="3">
-        <v>11922013392</v>
+        <v>82691277869</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>75323263600013</v>
+        <v>80067693400048</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="I82" s="3"/>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>81245347000039</v>
+        <v>80478079900016</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="I83" s="3">
-        <v>28140291514</v>
+        <v>11755243675</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>81337424600029</v>
+        <v>80799265600023</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>145</v>
+      </c>
+      <c r="I84" s="3">
+        <v>93840368284</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>81914381900012</v>
+        <v>80975722200017</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>264</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>265</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="I85" s="3">
-        <v>76820075582</v>
+        <v>11770597777</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>81934372400038</v>
+        <v>81245347000039</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="D86" s="2"/>
+      <c r="D86" s="2" t="s">
+        <v>267</v>
+      </c>
       <c r="E86" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="I86" s="3">
-        <v>32620279562</v>
+        <v>28140291514</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>82029237300025</v>
+        <v>81337424600029</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="D87" s="2" t="s">
         <v>270</v>
       </c>
+      <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
         <v>271</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>272</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>52490324849</v>
+        <v>77</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>273</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>82114293200010</v>
+        <v>81914381900012</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="I88" s="3">
-        <v>76340945234</v>
+        <v>76820075582</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>82847414800024</v>
+        <v>81934372400038</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I89" s="3">
-        <v>84691501769</v>
+        <v>32620279562</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>82868046200029</v>
+        <v>82847414800024</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="I90" s="3">
-        <v>32620290262</v>
+        <v>84691501769</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>82885515500010</v>
+        <v>82868046200029</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>133</v>
+        <v>285</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>72</v>
       </c>
       <c r="I91" s="3">
-        <v>44510182251</v>
+        <v>32620290262</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>84018699300027</v>
+        <v>82885515500010</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>286</v>
+        <v>148</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>76</v>
+        <v>117</v>
       </c>
       <c r="I92" s="3">
-        <v>11770673277</v>
+        <v>44510182251</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
         <v>84319143800012</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="3">
         <v>84691636169</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
         <v>85386655600014</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="3">
         <v>11941012094</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
         <v>85386655600022</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="3">
         <v>11941012094</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
         <v>85386655600030</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="3">
         <v>11941012094</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
         <v>87940012500016</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="I97" s="3">
         <v>53351070635</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
         <v>88154837400019</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="I98" s="3">
         <v>27580082858</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
         <v>91823390900020</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
         <v>92077009600013</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="3">
         <v>53351148435</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
         <v>94964088200021</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="I101" s="3">
         <v>76110199311</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -5159,31 +5162,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/08/2025 04:55:19</dc:description>
+  <dc:description>Export en date du 01/30/2026 04:30:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>