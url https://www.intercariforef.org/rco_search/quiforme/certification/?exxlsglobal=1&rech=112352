--- v2 (2026-01-30)
+++ v3 (2026-03-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="311">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -223,705 +223,696 @@
   <si>
     <t>ROUTE DES ABYMES 97139 LES ABYMES</t>
   </si>
   <si>
     <t>ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>20/05/1985</t>
   </si>
   <si>
     <t>CENTRE DU SPORT ET DE LA JEUNESSE CORSE - CENTRU DI U SPORT E DI A GHJUVENTU CORSA</t>
   </si>
   <si>
     <t>CFA DU SPORT ET DE L'ANIMATION</t>
   </si>
   <si>
     <t>CHE DE LA SPOSATA 20000 AJACCIO</t>
   </si>
   <si>
     <t>01/03/2019</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>MFR DES METIERS DE LA MONTAGNE</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE TRONCHINE 74230 THONES</t>
+  </si>
+  <si>
+    <t>13/08/1983</t>
+  </si>
+  <si>
+    <t>IRSS</t>
+  </si>
+  <si>
+    <t>EURESPACE FORMATION RUE EUGENE BREMOND 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>09/10/2015</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>BATIMENT A LE NANTIL 1 RUE CELESTIN FREINET 44200 NANTES</t>
+  </si>
+  <si>
+    <t>24/05/2024</t>
+  </si>
+  <si>
+    <t>AQUA GRIMPE MILLAU GRANDS CAUSSES</t>
+  </si>
+  <si>
+    <t>PISCINE MUNICIPALE RUE DE LA PRISE D'EAU 12100 MILLAU</t>
+  </si>
+  <si>
+    <t>08/09/1986</t>
+  </si>
+  <si>
+    <t>93.11Z</t>
+  </si>
+  <si>
+    <t>LIGUE OCCITANIE PYRENEES MEDITERRANEE DE NATATION</t>
+  </si>
+  <si>
+    <t>BAT B - BAL 37 72 RUE PIERRE-PAUL RIQUET 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/01/2011</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>LIGUE NOUVELLE-AQUITAINE NATATION</t>
+  </si>
+  <si>
+    <t>MAISON REGIONALE DES SPORTS 2 AVENUE DE L'UNIVERSITE 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>07/01/2017</t>
+  </si>
+  <si>
+    <t>DAUPHINS DU TOEC</t>
+  </si>
+  <si>
+    <t>54 RUE DES SEPT TROUBADOURS 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>04/12/1995</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE DE NATATION DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>9 RUE LEO LAGRANGE 35131 CHARTRES-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>14/08/2014</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FORMASPORT</t>
+  </si>
+  <si>
+    <t>74 AVENUE MAITRE HUBERT MOULY 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>COMITE DEP OLYMPIQUE ET SPORTIF DU VAR</t>
+  </si>
+  <si>
+    <t>QUARTIER BON RENCONTRE 133 BOULEVARD GENERAL BROSSET 83200 TOULON</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>FFN-LIGUE REGIONALE DE NORMANDIE NATATION</t>
+  </si>
+  <si>
+    <t>PERICENTRE 4 147 RUE DE LA DELIVRANDE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>20/07/2011</t>
+  </si>
+  <si>
+    <t>COMITE DEPARTEMENTAL OLYMPIQUE SPORTIF</t>
+  </si>
+  <si>
+    <t>997 AVENUE DU DOCTEUR JEAN BRU 47000 AGEN</t>
+  </si>
+  <si>
+    <t>01/06/2011</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>GROUPE PROFESSION SPORT LOISIRS DOUBS TERRITOIRE DE BELFORT HAUTE SAONE</t>
+  </si>
+  <si>
+    <t>MAISON DEPARTEMENTALE DES 16 CHEMIN JOSEPH DE COURVOISIER 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>22/10/2001</t>
+  </si>
+  <si>
+    <t>PROFESSION SPORT ET LOISIRS 76</t>
+  </si>
+  <si>
+    <t>2 RUE D'ALEMBERT 76140 LE PETIT-QUEVILLY</t>
+  </si>
+  <si>
+    <t>18/09/2006</t>
+  </si>
+  <si>
+    <t>MONTPELLIER UNIVERSITE CLUB OMNISPORT</t>
+  </si>
+  <si>
+    <t>COMPLEXE SPORTIF ALBERT BATTEUX 150 RUE FRANCOIS-JOSEPH GOSSEC 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>08/11/2005</t>
+  </si>
+  <si>
+    <t>INST FORMATION ANIMATEURS COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>3 ALLEE HECTOR BERLIOZ 95130 FRANCONVILLE</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE DE NATATION DES PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>MAISON DES SPORTS 44 RUE ROMAIN ROLLAND 44100 NANTES</t>
+  </si>
+  <si>
+    <t>13/11/2012</t>
+  </si>
+  <si>
+    <t>PREPA SPORTS</t>
+  </si>
+  <si>
+    <t>285 RUE DU DOCTEUR ALBERT AYNAUD 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>19/09/2005</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>LIGUE DU CENTRE-VAL DE LOIRE DE NATATION</t>
+  </si>
+  <si>
+    <t>11 AVENUE DU PRESIDENT JOHN KENNEDY 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>11/02/2017</t>
+  </si>
+  <si>
+    <t>ASS FORMAT METIER FOOT ST ETIENNE REGION</t>
+  </si>
+  <si>
+    <t>COMPLEXE LES OLLIERES RUE DE VERDUN 42580 L'ETRAT</t>
+  </si>
+  <si>
+    <t>19/09/1995</t>
+  </si>
+  <si>
+    <t>ARFASSEC CENTRE FORMASAT CFA SPORT ANIMATION TOURISME</t>
+  </si>
+  <si>
+    <t>185 RUE DU CLOS PASQUIES 45650 SAINT-JEAN-LE-BLANC</t>
+  </si>
+  <si>
+    <t>ASS FORME</t>
+  </si>
+  <si>
+    <t>54 AVENUE DE FLANDRES 60190 ESTREES-SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>15/05/1999</t>
+  </si>
+  <si>
+    <t>ASS PROMO PROFFES ANIMA SPORT CULTU AM</t>
+  </si>
+  <si>
+    <t>GALION 1 RES GD LARGE 1 RUE DE LA FOUX 06800 CAGNES-SUR-MER</t>
+  </si>
+  <si>
+    <t>10/07/2001</t>
+  </si>
+  <si>
+    <t>ASS  MONTMARTRE NATATION</t>
+  </si>
+  <si>
+    <t>15 PASSAGE RAMEY 75018 PARIS</t>
+  </si>
+  <si>
+    <t>05/10/2010</t>
+  </si>
+  <si>
+    <t>ASS LE GRAND BLEU</t>
+  </si>
+  <si>
+    <t>58 RUE DE LA GARDIETTE 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>14/07/2017</t>
+  </si>
+  <si>
+    <t>PASSION FOOT</t>
+  </si>
+  <si>
+    <t>14 RUE LELEU 76420 BIHOREL</t>
+  </si>
+  <si>
+    <t>24/01/2013</t>
+  </si>
+  <si>
+    <t>D2J</t>
+  </si>
+  <si>
+    <t>238 RUE GIRAUDEAU 37000 TOURS</t>
+  </si>
+  <si>
+    <t>01/05/2007</t>
+  </si>
+  <si>
+    <t>COMITE DEPARTEMENTAL DE LA HAUTE-GARONNE FEDERATION FRANCAISE DE SAUVETAGE ET DE SECOURISME</t>
+  </si>
+  <si>
+    <t>80 AVENUE BERNARD IV 31600 MURET</t>
+  </si>
+  <si>
+    <t>27/03/2025</t>
+  </si>
+  <si>
+    <t>SEAUS</t>
+  </si>
+  <si>
+    <t>60 RUE CHRISTIAN LACOUTURE 69500 BRON</t>
+  </si>
+  <si>
+    <t>29/09/2009</t>
+  </si>
+  <si>
+    <t>CENTRE LORRAIN D EDUCATION PAR LE SPORT</t>
+  </si>
+  <si>
+    <t>1 RUE PAUL LANGEVIN 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>01/11/2018</t>
+  </si>
+  <si>
+    <t>LIGUE DE BRETAGNE SAUVETAGE SECOURISME</t>
+  </si>
+  <si>
+    <t>2 RUE DE L’HERMITAGE 35780 LA RICHARDAIS</t>
+  </si>
+  <si>
+    <t>04/03/2017</t>
+  </si>
+  <si>
+    <t>SPORT-PERFORMANCE-SANTE</t>
+  </si>
+  <si>
+    <t>4 AV DU STADE D'EAUX VIVES 64320 BIZANOS</t>
+  </si>
+  <si>
+    <t>27/08/2019</t>
+  </si>
+  <si>
+    <t>ACADEMIE BASQUE DU SPORT</t>
+  </si>
+  <si>
+    <t>PARC DES SPORTS AGUILERA RUE CINO DEL DUCA 64200 BIARRITZ</t>
+  </si>
+  <si>
+    <t>01/03/2016</t>
+  </si>
+  <si>
+    <t>COMITE PROVENCE-ALPES-COTE D'AZUR DE CANOE KAYAK</t>
+  </si>
+  <si>
+    <t>LE QUARTZ 05120 L'ARGENTIERE-LA-BESSEE</t>
+  </si>
+  <si>
+    <t>CENTRE NATIONAL DE LA FORMATION DE LA FNMNS</t>
+  </si>
+  <si>
+    <t>MAISON DES SPORTS 13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
+  </si>
+  <si>
+    <t>25/02/2008</t>
+  </si>
+  <si>
+    <t>ECOLE DE SAUVETAGE COTIER MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>RSD CHATEAU ST JACQUES BAT LACYDON 56 BOULEVARD DE LA VALBARELLE 13011 MARSEILLE</t>
+  </si>
+  <si>
+    <t>04/12/2020</t>
+  </si>
+  <si>
+    <t>STADE FORMATION</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE VIRECOURT 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>CABINET AMS</t>
+  </si>
+  <si>
+    <t>301 AVENUE GRASSION CIBRAND CARNON 34130 MAUGUIO</t>
+  </si>
+  <si>
+    <t>11/06/2014</t>
+  </si>
+  <si>
+    <t>INSTITUT BRETON DU SPORT ET DE L'ANIMATION</t>
+  </si>
+  <si>
+    <t>PONT BILIO 56250 ELVEN</t>
+  </si>
+  <si>
+    <t>02/04/2010</t>
+  </si>
+  <si>
+    <t>WATERFORM</t>
+  </si>
+  <si>
+    <t>19 RUE MAURICE RAVEL 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>09/04/2010</t>
+  </si>
+  <si>
+    <t>93.13Z</t>
+  </si>
+  <si>
+    <t>CENTRE TERRITORIAL DE FORMATION DE LA FEDERATION NATIONALE DES METIERS DE LA NATATION ET DU SPORT</t>
+  </si>
+  <si>
+    <t>23 RUE DU GENERAL DE GAULLE 97430 LE TAMPON</t>
+  </si>
+  <si>
+    <t>17/12/2018</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
+    <t>04973188997</t>
+  </si>
+  <si>
+    <t>JURA SPORT FORMATION</t>
+  </si>
+  <si>
+    <t>5 ROUTE DE LA GRANGE AU GUI 39260 MOIRANS-EN-MONTAGNE</t>
+  </si>
+  <si>
+    <t>10/06/2025</t>
+  </si>
+  <si>
+    <t>EDUCATERRA</t>
+  </si>
+  <si>
+    <t>34 RUE DE LA COMMUNE DE PARIS 93300 AUBERVILLIERS</t>
+  </si>
+  <si>
+    <t>30/06/2011</t>
+  </si>
+  <si>
+    <t>NUEVO CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE VINCENT VAN GOGH 93360 NEUILLY-PLAISANCE</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>FORMATION.S 89</t>
+  </si>
+  <si>
+    <t>8 RUE SOUFFLOT 89000 AUXERRE</t>
+  </si>
+  <si>
+    <t>17/01/2020</t>
+  </si>
+  <si>
+    <t>CABINET BIGNONEAU</t>
+  </si>
+  <si>
+    <t>91 AVENUE D'ITALIE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>27/06/2020</t>
+  </si>
+  <si>
+    <t>EFPPA</t>
+  </si>
+  <si>
+    <t>83 RTE DE LA FORTUNE 73210 AIME-LA-PLAGNE</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>LGT PRIVE LYCEE DES METIERS DE L'EL</t>
+  </si>
+  <si>
+    <t>85 RUE DE LIMAYRAC 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>03/10/1985</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>APRADIS</t>
+  </si>
+  <si>
+    <t>6 RUE DES DEUX PONTS 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>LES HEURES LIBRES DE JEUNESSE</t>
+  </si>
+  <si>
+    <t>237 PLACE DE LA LIBERTE 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/02/1982</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE D ILE DE FRANCE DE LA FEDERATION FRANCAISE DE NATATION</t>
+  </si>
+  <si>
+    <t>163 BOULEVARD MORTIER 75020 PARIS</t>
+  </si>
+  <si>
+    <t>29/05/1989</t>
+  </si>
+  <si>
+    <t>CENTRE TERRITORIAL DE FORMATION AQUITAINE DE LA FNMNS</t>
+  </si>
+  <si>
+    <t>138 ROUTE DE LEOGNAN 33140 VILLENAVE-D'ORNON</t>
+  </si>
+  <si>
+    <t>10/05/2019</t>
+  </si>
+  <si>
+    <t>LES SAUVETEURS SECOURISTES DE LA VALLEE DES GAVES</t>
+  </si>
+  <si>
+    <t>1 RUE DU BOURG 65400 LAU-BALAGNAS</t>
+  </si>
+  <si>
+    <t>02/04/2023</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL DE FORMATION DE LA FNMNS REGION LANGUEDOC ROUSSILLON</t>
+  </si>
+  <si>
+    <t>130 PLACE DE LA CITE D’ENDRAUSSE 34400 LUNEL</t>
+  </si>
+  <si>
+    <t>02/02/2013</t>
+  </si>
+  <si>
+    <t>IPSO FORMATIONS</t>
+  </si>
+  <si>
+    <t>111-113 111 RUE DU PREMIER MARS 1943 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>CHALLENGES ACADEMIA</t>
+  </si>
+  <si>
+    <t>149 AVENUE DU MAINE 75014 PARIS</t>
+  </si>
+  <si>
+    <t>29/08/2014</t>
+  </si>
+  <si>
+    <t>AQUA SPORT FORMATION</t>
+  </si>
+  <si>
+    <t>LA CITE DE L'ENTRERISE 105 RUE PIERRE BAYLE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>18/05/2021</t>
+  </si>
+  <si>
+    <t>RECREA CAMPUS</t>
+  </si>
+  <si>
+    <t>CNSD 1 RUE DES ARCHIVES 77300 FONTAINEBLEAU</t>
+  </si>
+  <si>
+    <t>02/03/2015</t>
+  </si>
+  <si>
+    <t>CAMP ACADEMY ELITE NORMANDIE TRAINING</t>
+  </si>
+  <si>
+    <t>C.A.E.N. TRAINING</t>
+  </si>
+  <si>
+    <t>484 RUE ANTOINE DE SAINT-EXUPERY 14760 BRETTEVILLE-SUR-ODON</t>
+  </si>
+  <si>
+    <t>16/12/2019</t>
+  </si>
+  <si>
+    <t>OFA GUYANE</t>
+  </si>
+  <si>
+    <t>1 RUE ROLAND BARRAT 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>23/11/2022</t>
+  </si>
+  <si>
+    <t>03973088197</t>
+  </si>
+  <si>
+    <t>S-TEAM FORMATIONS</t>
+  </si>
+  <si>
+    <t>BARRES 82100 CASTELSARRASIN</t>
+  </si>
+  <si>
+    <t>22/02/2016</t>
+  </si>
+  <si>
+    <t>PERFORMEO</t>
+  </si>
+  <si>
+    <t>VIVALLEY CENTER 13 CHEMIN DU MARQUAGE 62800 LIEVIN</t>
+  </si>
+  <si>
+    <t>11/06/2025</t>
+  </si>
+  <si>
+    <t>INSTITUT DE PROFESSIONNALISATION SPORTIVE</t>
+  </si>
+  <si>
+    <t>I.P.S.A.</t>
+  </si>
+  <si>
+    <t>47 BOULEVARD DU ROI RENE 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>13/06/2016</t>
+  </si>
+  <si>
+    <t>INSTITUT DES METIERS DU SPORT BITERROIS</t>
+  </si>
+  <si>
+    <t>5 AVENUE PIERRE BEREGOVOY 34420 VILLENEUVE-LES-BEZIERS</t>
+  </si>
+  <si>
+    <t>08/02/2016</t>
+  </si>
+  <si>
+    <t>LIGUE AUVERGNE-RHONE-ALPES DE NATATION</t>
+  </si>
+  <si>
+    <t>20 AVENUE DES FRERES MONTGOLFIER 69680 CHASSIEU</t>
+  </si>
+  <si>
+    <t>02/03/2021</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE DE NATATION HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>138 B RUE LEON BLUM 62290 NOEUX LES MINES</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>LIGUE GRAND EST DE NATATION</t>
+  </si>
+  <si>
+    <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
+  </si>
+  <si>
     <t>NAUTISME EN ILE-DE-FRANCE</t>
   </si>
   <si>
     <t>3 ROUTE DE TORCY 77360 VAIRES-SUR-MARNE</t>
   </si>
   <si>
     <t>01/10/2018</t>
-  </si>
-[...646 lines deleted...]
-    <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
   </si>
   <si>
     <t>UNIVERS SPORT FORMATION LYON</t>
   </si>
   <si>
     <t>RUE DE L'AVIATION 69800 SAINT-PRIEST</t>
   </si>
   <si>
     <t>29/10/2018</t>
   </si>
   <si>
     <t>UCPA FORMATION</t>
   </si>
   <si>
     <t>21 RUE DE STALINGRAD 94110 ARCUEIL</t>
   </si>
   <si>
     <t>31/07/2019</t>
   </si>
   <si>
     <t>2 RUE PROFESSEUR ZIMMERMANN 69007 LYON</t>
   </si>
   <si>
     <t>01/09/2019</t>
   </si>
@@ -1338,51 +1329,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M101"/>
+  <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2181,2974 +2172,2939 @@
       <c r="F22" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I22" s="3">
         <v>94202107120</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>84018699300027</v>
+        <v>32803724700017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="I23" s="3">
-        <v>11770673277</v>
+        <v>82740022974</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>82029237300025</v>
+        <v>33441214500081</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="I24" s="3">
-        <v>52490324849</v>
+        <v>52490029649</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>82114293200010</v>
+        <v>33441214500263</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="I25" s="3">
-        <v>76340945234</v>
+        <v>52490029649</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>39791808700032</v>
+        <v>34027397800015</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="I26" s="3">
-        <v>93130607813</v>
+        <v>76120080012</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>43906604400033</v>
+        <v>34105732100026</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="I27" s="3">
-        <v>24370197437</v>
+        <v>73310603431</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>75286250800021</v>
+        <v>34139105000059</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="I28" s="3">
-        <v>11922013392</v>
+        <v>75331079133</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>32803724700017</v>
+        <v>34233163400028</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="I29" s="3">
-        <v>82740022974</v>
+        <v>73310429331</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>33441214500081</v>
+        <v>34238383300049</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="I30" s="3">
-        <v>52490029649</v>
+        <v>53350859035</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>33441214500263</v>
+        <v>34247135600044</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="I31" s="3">
-        <v>52490029649</v>
+        <v>91110018411</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>34027397800015</v>
+        <v>34381298800032</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="I32" s="3">
-        <v>76120080012</v>
+        <v>93830405383</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>34105732100026</v>
+        <v>34851704600044</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="I33" s="3">
-        <v>73310603431</v>
+        <v>25140188814</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>34139105000059</v>
+        <v>37856122900030</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>72</v>
+        <v>108</v>
       </c>
       <c r="I34" s="3">
-        <v>75331079133</v>
+        <v>72470126147</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>34233163400028</v>
+        <v>38138762000044</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>72</v>
+        <v>98</v>
       </c>
       <c r="I35" s="3">
-        <v>73310429331</v>
+        <v>43250172325</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>34238383300049</v>
+        <v>38386227300059</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="I36" s="3">
-        <v>53350859035</v>
+        <v>23760415576</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>34247135600044</v>
+        <v>38820857100025</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>117</v>
+        <v>85</v>
       </c>
       <c r="I37" s="3">
-        <v>91110018411</v>
+        <v>91340579934</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>34381298800032</v>
+        <v>38862995800058</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>117</v>
+        <v>75</v>
       </c>
       <c r="I38" s="3">
-        <v>93830405383</v>
+        <v>11950150495</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>34851704600044</v>
+        <v>39231452200047</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="I39" s="3">
-        <v>25140188814</v>
+        <v>52440503244</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>37856122900030</v>
+        <v>39791808700032</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>127</v>
+        <v>85</v>
       </c>
       <c r="I40" s="3">
-        <v>72470126147</v>
+        <v>93130607813</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>38138762000044</v>
+        <v>39992626000049</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>117</v>
+        <v>129</v>
       </c>
       <c r="I41" s="3">
-        <v>43250172325</v>
+        <v>27210389121</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>38386227300059</v>
+        <v>40066352200037</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="I42" s="3">
-        <v>23760415576</v>
+        <v>24450209545</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>38820857100025</v>
+        <v>40230528800019</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="I43" s="3">
-        <v>91340579934</v>
+        <v>82420126942</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>38862995800058</v>
+        <v>40875084200044</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>120</v>
+        <v>67</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="I44" s="3">
-        <v>11950150495</v>
+        <v>24450194445</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>39231452200047</v>
+        <v>42301666600012</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="I45" s="3">
-        <v>52440503244</v>
+        <v>22600159760</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>39992626000049</v>
+        <v>42460292800022</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="I46" s="3">
-        <v>27210389121</v>
+        <v>93060485906</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>40066352200037</v>
+        <v>42844628000029</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="I47" s="3">
-        <v>24450209545</v>
+        <v>11755789975</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>40230528800019</v>
+        <v>43368673000030</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="I48" s="3">
-        <v>82420126942</v>
+        <v>93131959613</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>40875084200044</v>
+        <v>43842729600027</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>67</v>
+        <v>152</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="I49" s="3">
-        <v>24450194445</v>
+        <v>28760608876</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>42301666600012</v>
+        <v>43906604400033</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="I50" s="3">
-        <v>22600159760</v>
+        <v>24370197437</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>42460292800022</v>
+        <v>44105844300074</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="I51" s="3">
-        <v>93060485906</v>
+        <v>76310878231</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>42844628000029</v>
+        <v>44537058800029</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="I52" s="3">
-        <v>11755789975</v>
+        <v>82690992269</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>43368673000030</v>
+        <v>45244430000043</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F53" s="2" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="I53" s="3">
-        <v>93131959613</v>
+        <v>41540231154</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>43842729600027</v>
+        <v>45350246000026</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>72</v>
+        <v>108</v>
       </c>
       <c r="I54" s="3">
-        <v>28760608876</v>
+        <v>53351007735</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>44105844300074</v>
+        <v>49022781600066</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>145</v>
+        <v>75</v>
       </c>
       <c r="I55" s="3">
-        <v>76310878231</v>
+        <v>72640331864</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>44537058800029</v>
+        <v>49218219100022</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="I56" s="3">
-        <v>82690992269</v>
+        <v>72640264064</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>45244430000043</v>
+        <v>49755327100022</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>177</v>
+        <v>155</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>72</v>
+        <v>98</v>
       </c>
       <c r="I57" s="3">
-        <v>41540231154</v>
+        <v>93050063705</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>45350246000026</v>
+        <v>50437171700019</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="I58" s="3">
-        <v>53351007735</v>
+        <v>41540267954</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>49022781600066</v>
+        <v>50979748600024</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="I59" s="3">
-        <v>72640331864</v>
+        <v>93132067513</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>49218219100022</v>
+        <v>51864644300029</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>186</v>
+        <v>67</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="I60" s="3">
-        <v>72640264064</v>
+        <v>72330891433</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>49755327100022</v>
+        <v>51923176500024</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>86</v>
+        <v>186</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>117</v>
+        <v>17</v>
       </c>
       <c r="I61" s="3">
-        <v>93050063705</v>
+        <v>91340691934</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>50437171700019</v>
+        <v>52151363000017</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>127</v>
+        <v>75</v>
       </c>
       <c r="I62" s="3">
-        <v>41540267954</v>
+        <v>53560851656</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>50979748600024</v>
+        <v>52187652400013</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>117</v>
+        <v>193</v>
       </c>
       <c r="I63" s="3">
-        <v>93132067513</v>
+        <v>43250087825</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>51864644300029</v>
+        <v>52478899900042</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>72330891433</v>
+        <v>197</v>
+      </c>
+      <c r="I64" s="3" t="s">
+        <v>198</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>51923176500024</v>
+        <v>53434625900037</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="I65" s="3">
-        <v>91340691934</v>
+        <v>27390134439</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>52151363000017</v>
+        <v>53458593000017</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="I66" s="3">
-        <v>53560851656</v>
+        <v>11930655493</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>52187652400013</v>
+        <v>75051209700056</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>206</v>
+        <v>75</v>
       </c>
       <c r="I67" s="3">
-        <v>43250087825</v>
+        <v>11930647893</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>52478899900042</v>
+        <v>75090031800023</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>75</v>
+      </c>
+      <c r="I68" s="3">
+        <v>26890115289</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>53434625900037</v>
+        <v>75286250800021</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="I69" s="3">
-        <v>27390134439</v>
+        <v>11922013392</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>53458593000017</v>
+        <v>75323263600013</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="F70" s="2" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="I70" s="3">
-        <v>11930655493</v>
+        <v>82730151973</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>75051209700056</v>
+        <v>77694419100035</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="D71" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
         <v>219</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>220</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>77</v>
+        <v>221</v>
       </c>
       <c r="I71" s="3">
-        <v>11930647893</v>
+        <v>73310473831</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>75090031800023</v>
+        <v>78061259400017</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>77</v>
+        <v>225</v>
       </c>
       <c r="I72" s="3">
-        <v>26890115289</v>
+        <v>22800005280</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>75323263600013</v>
+        <v>78316962600026</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>77</v>
+        <v>108</v>
       </c>
       <c r="I73" s="3">
-        <v>82730151973</v>
+        <v>93830269683</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>77694419100035</v>
+        <v>78480881800024</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>231</v>
+        <v>85</v>
       </c>
       <c r="I74" s="3">
-        <v>73310473831</v>
+        <v>11754626175</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>78061259400017</v>
+        <v>78975780400024</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>234</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>235</v>
+        <v>129</v>
       </c>
       <c r="I75" s="3">
-        <v>22800005280</v>
+        <v>75331013133</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>78316962600026</v>
+        <v>79192850000028</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="F76" s="2" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="I76" s="3">
-        <v>93830269683</v>
+        <v>73650074065</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>78480881800024</v>
+        <v>79305219200010</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
       <c r="I77" s="3">
-        <v>11754626175</v>
+        <v>91340828634</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>78975780400024</v>
+        <v>79337271500045</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>145</v>
+        <v>75</v>
       </c>
       <c r="I78" s="3">
-        <v>75331013133</v>
+        <v>82691277869</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>79192850000028</v>
+        <v>80478079900016</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="F79" s="2" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>145</v>
+        <v>75</v>
       </c>
       <c r="I79" s="3">
-        <v>73650074065</v>
+        <v>11755243675</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>79305219200010</v>
+        <v>80799265600023</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F80" s="2" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="I80" s="3">
-        <v>91340828634</v>
+        <v>93840368284</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>79337271500045</v>
+        <v>80975722200017</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="F81" s="2" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="I81" s="3">
-        <v>82691277869</v>
+        <v>11770597777</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>80067693400048</v>
+        <v>81245347000039</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="D82" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>256</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="I82" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I82" s="3">
+        <v>28140291514</v>
+      </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>80478079900016</v>
+        <v>81337424600029</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>259</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>11755243675</v>
+        <v>75</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>260</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>80799265600023</v>
+        <v>81914381900012</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>145</v>
+        <v>75</v>
       </c>
       <c r="I84" s="3">
-        <v>93840368284</v>
+        <v>76820075582</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>80975722200017</v>
+        <v>81934372400038</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="I85" s="3">
-        <v>11770597777</v>
+        <v>32620279562</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>81245347000039</v>
+        <v>82029237300025</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="I86" s="3">
-        <v>28140291514</v>
+        <v>52490324849</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>81337424600029</v>
+        <v>82114293200010</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>75</v>
+      </c>
+      <c r="I87" s="3">
+        <v>76340945234</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>81914381900012</v>
+        <v>82847414800024</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>274</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>275</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>276</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="I88" s="3">
-        <v>76820075582</v>
+        <v>84691501769</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>81934372400038</v>
+        <v>82868046200029</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>277</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
         <v>278</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>279</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="I89" s="3">
-        <v>32620279562</v>
+        <v>32620290262</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>82847414800024</v>
+        <v>82885515500010</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>280</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>282</v>
+        <v>132</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>72</v>
+        <v>98</v>
       </c>
       <c r="I90" s="3">
-        <v>84691501769</v>
+        <v>44510182251</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>82868046200029</v>
+        <v>84018699300027</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="F91" s="2" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="I91" s="3">
-        <v>32620290262</v>
+        <v>11770673277</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>82885515500010</v>
+        <v>84319143800012</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F92" s="2" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>117</v>
+        <v>17</v>
       </c>
       <c r="I92" s="3">
-        <v>44510182251</v>
+        <v>84691636169</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>84319143800012</v>
+        <v>85386655600014</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>288</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
         <v>289</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>290</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="3">
-        <v>84691636169</v>
+        <v>11941012094</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>85386655600014</v>
+        <v>85386655600022</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="F94" s="2" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="3">
         <v>11941012094</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>85386655600022</v>
+        <v>85386655600030</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="F95" s="2" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="3">
         <v>11941012094</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>85386655600030</v>
+        <v>87940012500016</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
         <v>296</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="I96" s="3">
-        <v>11941012094</v>
+        <v>53351070635</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>87940012500016</v>
+        <v>88154837400019</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="F97" s="2" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>77</v>
+        <v>129</v>
       </c>
       <c r="I97" s="3">
-        <v>53351070635</v>
+        <v>27580082858</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>88154837400019</v>
+        <v>91823390900020</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>300</v>
       </c>
-      <c r="D98" s="2"/>
+      <c r="D98" s="2" t="s">
+        <v>301</v>
+      </c>
       <c r="E98" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>27580082858</v>
+        <v>75</v>
+      </c>
+      <c r="I98" s="3" t="s">
+        <v>304</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>91823390900020</v>
+        <v>92077009600013</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>17</v>
+      </c>
+      <c r="I99" s="3">
+        <v>53351148435</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>92077009600013</v>
+        <v>94964088200021</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>308</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
         <v>309</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>310</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="I100" s="3">
-        <v>53351148435</v>
+        <v>76110199311</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>19</v>
-[...35 lines deleted...]
-      <c r="M101" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -5162,31 +5118,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 04:30:10</dc:description>
+  <dc:description>Export en date du 03/17/2026 18:10:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>