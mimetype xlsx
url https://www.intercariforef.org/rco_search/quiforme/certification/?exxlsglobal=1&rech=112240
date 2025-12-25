--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -148,168 +148,168 @@
   <si>
     <t>LYCEE POLYVALENT PIERRE DE COUBERTIN</t>
   </si>
   <si>
     <t>GRETA MTI 77</t>
   </si>
   <si>
     <t>RUE CHAUSSEE DE PARIS 77100 MEAUX</t>
   </si>
   <si>
     <t>01/06/1982</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL,TECHNOLOGIQUE ET PROFESSIONNEL AGRICOLE D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LEGTPA D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LA BROSSE 89290 VENOY</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
+    <t>SOC FORMATION EMPLOI INSERTION</t>
+  </si>
+  <si>
+    <t>FORMATION EMPLOI INSERTION</t>
+  </si>
+  <si>
+    <t>14 B RUE LOUIS JESSU DIT TI TING 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>MFR DE L ENTRE 2 MERS</t>
+  </si>
+  <si>
+    <t>67 RUE DU GESTAS 33670 LA SAUVE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
   </si>
   <si>
     <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>3 CHEMIN DU COMPAGNON 30900 NIMES</t>
   </si>
   <si>
     <t>01/08/1994</t>
   </si>
   <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>MAISON ST PHILIPPE</t>
   </si>
   <si>
     <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
   </si>
   <si>
-    <t>MFR DE L ENTRE 2 MERS</t>
-[...13 lines deleted...]
-  <si>
     <t>JMJ FORMATION</t>
   </si>
   <si>
     <t>CFA JMJ FORMATION</t>
   </si>
   <si>
     <t>ESPACE POSEIDON 15 RUE GEORGES EUCHARIS 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>02/01/2019</t>
   </si>
   <si>
-    <t>SOC FORMATION EMPLOI INSERTION</t>
-[...11 lines deleted...]
-    <t>85.51Z</t>
+    <t>REIZHAN</t>
+  </si>
+  <si>
+    <t>28 LD LE CHEMIN CHAUSSE 35250 MOUAZE</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
+  </si>
+  <si>
+    <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
+  </si>
+  <si>
+    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>CHEMIN DE LA CLUE 13011 MARSEILLE</t>
   </si>
   <si>
-    <t>01/01/2017</t>
-[...1 lines deleted...]
-  <si>
     <t>2 AVENUE CLEMENT ADER 66600 RIVESALTES</t>
   </si>
   <si>
     <t>5 RTE NATIONALE 91510 LARDY</t>
   </si>
   <si>
-    <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
-[...1 lines deleted...]
-  <si>
     <t>16 AVENUE DU PRESIDENT KENNEDY 55100 VERDUN</t>
-  </si>
-[...31 lines deleted...]
-    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -940,749 +940,749 @@
       <c r="F7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>43</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77566202600019</v>
+        <v>40308835400077</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D8" s="2"/>
+      <c r="D8" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="I8" s="3">
-        <v>11750079275</v>
+        <v>98970106797</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77566202600845</v>
+        <v>78201137300019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I9" s="3">
-        <v>11750079275</v>
+        <v>72330845333</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77568879900078</v>
+        <v>78362626000013</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="I10" s="3">
-        <v>11751561875</v>
+        <v>31590008059</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78201137300019</v>
+        <v>77566202600019</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>72330845333</v>
+        <v>11750079275</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78362626000013</v>
+        <v>77566202600845</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>31590008059</v>
+        <v>11750079275</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>79967406400032</v>
+        <v>77568879900078</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I13" s="3">
-        <v>97970198297</v>
+        <v>11751561875</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>40308835400077</v>
+        <v>79967406400032</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="I14" s="3">
-        <v>98970106797</v>
+        <v>97970198297</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>82422814200579</v>
+        <v>82220684300036</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>18</v>
+        <v>69</v>
       </c>
       <c r="I15" s="3">
-        <v>11930743393</v>
+        <v>53351020635</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>82422814200926</v>
+        <v>82409268800012</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>82422814201296</v>
+        <v>82409268800053</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>82422814201502</v>
+        <v>82409268800137</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>82422814201684</v>
+        <v>82409268800186</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>82220684300036</v>
+        <v>82409268800228</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3">
-        <v>53351020635</v>
+        <v>11930762893</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>82409268800012</v>
+        <v>82409268800244</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="3">
         <v>11930762893</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>82409268800053</v>
+        <v>82422814200579</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>82409268800137</v>
+        <v>82422814200926</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>82409268800186</v>
+        <v>82422814201296</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>82409268800228</v>
+        <v>82422814201502</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>82409268800244</v>
+        <v>82422814201684</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1701,31 +1701,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/06/2025 15:22:09</dc:description>
+  <dc:description>Export en date du 12/25/2025 02:03:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>