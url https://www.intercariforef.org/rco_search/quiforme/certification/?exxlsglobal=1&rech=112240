--- v1 (2025-12-25)
+++ v2 (2026-02-14)
@@ -163,87 +163,87 @@
   <si>
     <t>LEGTPA D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LA BROSSE 89290 VENOY</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
     <t>SOC FORMATION EMPLOI INSERTION</t>
   </si>
   <si>
     <t>FORMATION EMPLOI INSERTION</t>
   </si>
   <si>
     <t>14 B RUE LOUIS JESSU DIT TI TING 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/01/1998</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>3 CHEMIN DU COMPAGNON 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/08/1994</t>
+  </si>
+  <si>
+    <t>FONDATION APPRENTIS D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>MAISON ST PHILIPPE</t>
+  </si>
+  <si>
+    <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
+  </si>
+  <si>
     <t>MFR DE L ENTRE 2 MERS</t>
   </si>
   <si>
     <t>67 RUE DU GESTAS 33670 LA SAUVE</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>85.31Z</t>
-  </si>
-[...19 lines deleted...]
-    <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
   </si>
   <si>
     <t>JMJ FORMATION</t>
   </si>
   <si>
     <t>CFA JMJ FORMATION</t>
   </si>
   <si>
     <t>ESPACE POSEIDON 15 RUE GEORGES EUCHARIS 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>02/01/2019</t>
   </si>
   <si>
     <t>REIZHAN</t>
   </si>
   <si>
     <t>28 LD LE CHEMIN CHAUSSE 35250 MOUAZE</t>
   </si>
   <si>
     <t>01/06/2018</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
@@ -979,230 +979,230 @@
       <c r="F8" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I8" s="3">
         <v>98970106797</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78201137300019</v>
+        <v>77566202600019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="I9" s="3">
-        <v>72330845333</v>
+        <v>11750079275</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78362626000013</v>
+        <v>77566202600845</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>31590008059</v>
+        <v>11750079275</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77566202600019</v>
+        <v>77568879900078</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I11" s="3">
-        <v>11750079275</v>
+        <v>11751561875</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77566202600845</v>
+        <v>78201137300019</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I12" s="3">
-        <v>11750079275</v>
+        <v>72330845333</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77568879900078</v>
+        <v>78362626000013</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="I13" s="3">
-        <v>11751561875</v>
+        <v>31590008059</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>79967406400032</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="2"/>
@@ -1701,31 +1701,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/25/2025 02:03:03</dc:description>
+  <dc:description>Export en date du 02/14/2026 22:30:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>