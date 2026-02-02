--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -5184,31 +5184,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 06:09:04</dc:description>
+  <dc:description>Export en date du 02/03/2026 00:13:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>