--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -2210,53 +2210,51 @@
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>30540504500900</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I31" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>30540504500926</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>73</v>
@@ -2956,53 +2954,51 @@
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>30540504501502</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>109</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I51" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I51" s="3"/>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>30540504501510</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
@@ -3106,53 +3102,51 @@
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>30540504501569</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>116</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I55" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I55" s="3"/>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>30540504501577</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
@@ -3371,53 +3365,51 @@
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>30540504501676</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>116</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I62" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I62" s="3"/>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>30540504501692</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
@@ -5184,31 +5176,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/03/2026 00:13:56</dc:description>
+  <dc:description>Export en date du 03/20/2026 12:14:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>