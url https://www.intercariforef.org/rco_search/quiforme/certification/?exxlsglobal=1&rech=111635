--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -58,78 +58,78 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
+  </si>
+  <si>
+    <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>INSTITUT POLYTECHNIQUE UNILASALLE</t>
   </si>
   <si>
     <t>19 RUE PIERRE WAGUET 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>VRAI</t>
-  </si>
-[...13 lines deleted...]
-    <t>FAUX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -534,107 +534,107 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>78050719000012</v>
+        <v>11004401300040</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>11004401300040</v>
+        <v>78050719000012</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I3" s="3"/>
+      <c r="I3" s="3">
+        <v>22600012460</v>
+      </c>
       <c r="J3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -658,31 +658,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/30/2025 20:24:36</dc:description>
+  <dc:description>Export en date du 12/16/2025 10:35:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>