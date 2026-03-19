--- v1 (2025-12-16)
+++ v2 (2026-03-19)
@@ -658,31 +658,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 10:35:16</dc:description>
+  <dc:description>Export en date du 03/19/2026 12:06:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>