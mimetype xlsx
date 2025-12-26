--- v0 (2025-10-25)
+++ v1 (2025-12-26)
@@ -1650,31 +1650,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/25/2025 19:39:04</dc:description>
+  <dc:description>Export en date du 12/26/2025 03:50:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>