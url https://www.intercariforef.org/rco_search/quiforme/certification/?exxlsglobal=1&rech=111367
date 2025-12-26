--- v1 (2025-12-26)
+++ v2 (2025-12-26)
@@ -1650,31 +1650,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 03:50:44</dc:description>
+  <dc:description>Export en date du 12/26/2025 04:45:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>