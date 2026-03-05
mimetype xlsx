--- v2 (2025-12-26)
+++ v3 (2026-03-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -202,53 +202,50 @@
   <si>
     <t>9420P208520</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE DIJON BOURGOGNE</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE CAMPUS ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>3 RUE MATTHIEU GALLOU 29200 BREST</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
-    <t>5329P003029</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE TOULOUSE II</t>
   </si>
   <si>
     <t>5 ALLEE ANTONIO MACHADO 31100 TOULOUSE</t>
   </si>
   <si>
     <t>7331P001531</t>
   </si>
   <si>
     <t>UNIVERSITE BORDEAUX MONTAIGNE BORDEAUX III</t>
   </si>
   <si>
     <t>DOM UNIVERSITAIRE 33600 PESSAC</t>
   </si>
   <si>
     <t>UNIVERSITE MONTPELLIER III PAUL VALERY</t>
   </si>
   <si>
     <t>ROUTE DE MENDE 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>UNIVERSITE RENNES  II  HAUTE BRETAGNE</t>
@@ -281,53 +278,50 @@
     <t>8269P000669</t>
   </si>
   <si>
     <t>UNIVERSITE DE ROUEN-NORMANDIE</t>
   </si>
   <si>
     <t>1 RUE THOMAS BECKET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>2376P002876</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
-  </si>
-[...1 lines deleted...]
-    <t>SERVICES CENTRAUX</t>
   </si>
   <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1243,389 +1237,385 @@
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19290346600014</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19311383400017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19331766600017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3">
         <v>72330704833</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19341089100017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19350937900015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19691775100014</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19761904200017</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1650,31 +1640,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 04:45:28</dc:description>
+  <dc:description>Export en date du 03/05/2026 14:09:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>