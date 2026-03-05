--- v0 (2025-10-25)
+++ v1 (2026-03-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -235,83 +235,74 @@
   <si>
     <t>UNIVERSITE DIJON BOURGOGNE</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE CAMPUS ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE BESANCON</t>
   </si>
   <si>
     <t>UNIVERSITE DE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
   </si>
   <si>
     <t>05/10/1994</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
-    <t>4325P000425</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>3 RUE MATTHIEU GALLOU 29200 BREST</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
-    <t>5329P003029</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE TOULOUSE II</t>
   </si>
   <si>
     <t>5 ALLEE ANTONIO MACHADO 31100 TOULOUSE</t>
   </si>
   <si>
     <t>7331P001531</t>
   </si>
   <si>
     <t>UNIVERSITE TOULOUSE III - PAUL SABATIER</t>
   </si>
   <si>
     <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
-    <t>7331P001631</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE BORDEAUX MONTAIGNE BORDEAUX III</t>
   </si>
   <si>
     <t>DOM UNIVERSITAIRE 33600 PESSAC</t>
   </si>
   <si>
     <t>UNIVERSITE MONTPELLIER III PAUL VALERY</t>
   </si>
   <si>
     <t>ROUTE DE MENDE 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>UNIVERSITE RENNES  II  HAUTE BRETAGNE</t>
   </si>
   <si>
     <t>PLACE RECTEUR HENRI LE MOAL 35000 RENNES</t>
   </si>
   <si>
     <t>5335P002335</t>
   </si>
   <si>
     <t>UNIVERSITE DE REIMS CHAMPAGNE-ARDENNE</t>
   </si>
   <si>
     <t>2 AVENUE ROBERT SCHUMAN 51100 REIMS</t>
@@ -404,53 +395,50 @@
     <t>1175P000675</t>
   </si>
   <si>
     <t>UNIVERSITE DE ROUEN-NORMANDIE</t>
   </si>
   <si>
     <t>1 RUE THOMAS BECKET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>2376P002876</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
-  </si>
-[...1 lines deleted...]
-    <t>SERVICES CENTRAUX</t>
   </si>
   <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>29/08/1991</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
@@ -1519,871 +1507,863 @@
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19251215000363</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19290346600014</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19311383400017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19311384200010</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19331766600017</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3">
         <v>72330704833</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19341089100017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>19350937900015</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19561718800600</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>19594403800205</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19660437500010</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>19691775100014</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>19720916600010</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="3">
         <v>52720107272</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>19751719600014</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>19761904200017</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
@@ -2413,31 +2393,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/25/2025 19:39:04</dc:description>
+  <dc:description>Export en date du 03/05/2026 14:08:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>