--- v0 (2025-12-17)
+++ v1 (2026-02-04)
@@ -115,69 +115,69 @@
   <si>
     <t>ZI DE JARRY 8 RUE NOBEL 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>06/12/2013</t>
   </si>
   <si>
     <t>ABSKILL I</t>
   </si>
   <si>
     <t>ABSKILL</t>
   </si>
   <si>
     <t>PARC DE L ESTUAIRE AVENUE DU CANTIPOU 76700 HARFLEUR</t>
   </si>
   <si>
     <t>02/05/2023</t>
   </si>
   <si>
     <t>85.53Z</t>
   </si>
   <si>
     <t>ZAC LAZZARO 2 RUE JEAN MONNET 14460 COLOMBELLES</t>
   </si>
   <si>
+    <t>LES CLES DE L'ATELIER</t>
+  </si>
+  <si>
+    <t>43 CHEMIN DU PRAS 69350 LA MULATIERE</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
     <t>BASE ECO-PLATEFORME DE FORMATIONS BTP</t>
   </si>
   <si>
     <t>BASE 74 RU</t>
   </si>
   <si>
     <t>ZAE DE BALVAY ROUTE DE SAINT-FELIX 74150 RUMILLY</t>
   </si>
   <si>
     <t>08/09/2011</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/09/2015</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>38 BOULEVARD GUSTAVE FLAUBERT 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>23 RUE DE LA RIVAUDIERE 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>333 ROUTE DE LA COTE D'AMOUR 44600 SAINT-NAZAIRE</t>
   </si>
@@ -796,116 +796,116 @@
       <c r="F6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3">
         <v>11757341275</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>53502487100019</v>
+        <v>52296497200023</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="D7" s="2"/>
+      <c r="E7" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>82740264974</v>
+        <v>82691153869</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>52296497200023</v>
+        <v>53502487100019</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>82691153869</v>
+        <v>82740264974</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>82409268800251</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
@@ -1109,31 +1109,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 11:38:04</dc:description>
+  <dc:description>Export en date du 02/04/2026 10:05:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>