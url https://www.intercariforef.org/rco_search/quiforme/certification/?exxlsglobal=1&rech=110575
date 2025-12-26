--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -1047,31 +1047,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 17:46:40</dc:description>
+  <dc:description>Export en date du 12/26/2025 10:39:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>