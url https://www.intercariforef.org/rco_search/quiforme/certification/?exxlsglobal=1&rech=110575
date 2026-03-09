--- v1 (2025-12-26)
+++ v2 (2026-03-09)
@@ -94,66 +94,66 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA FAYETTE – LYCEE DES METIERS DE LA DIGITALE INDUSTRIE ET DU PLURIMEDIA</t>
   </si>
   <si>
     <t>GRETA AUVERGNE</t>
   </si>
   <si>
     <t>21 BOULEVARD ROBERT SCHUMAN 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>18/11/1991</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>8363P001063</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
     <t>CIPECMA</t>
   </si>
   <si>
     <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...7 lines deleted...]
-    <t>26/03/2009</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
@@ -662,114 +662,114 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>78128367600018</v>
+        <v>51176260100017</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>54170000117</v>
+        <v>54170132917</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>51176260100017</v>
+        <v>78128367600018</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>54170132917</v>
+        <v>54170000117</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
@@ -1047,31 +1047,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 10:39:19</dc:description>
+  <dc:description>Export en date du 03/09/2026 09:49:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>