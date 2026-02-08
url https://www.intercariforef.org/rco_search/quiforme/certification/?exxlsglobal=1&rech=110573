--- v0 (2025-12-06)
+++ v1 (2026-02-08)
@@ -136,50 +136,59 @@
   <si>
     <t>GRETA CFA RHONE</t>
   </si>
   <si>
     <t>507 AVENUE DU BEAUJOLAIS 69400 GLEIZE</t>
   </si>
   <si>
     <t>8269P001769</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALGOUD-LAFFEMAS - LYCEE DES METIERS DU NUMERIQUE</t>
   </si>
   <si>
     <t>GRETA ARDECHE DROME</t>
   </si>
   <si>
     <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>8226P000726</t>
   </si>
   <si>
+    <t>ASSOC DEPART D ETUDES ET FORMATION</t>
+  </si>
+  <si>
+    <t>15 RUE DES CONVALESCENTS 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/06/1986</t>
+  </si>
+  <si>
     <t>CFAI-APC LORRAINE</t>
   </si>
   <si>
     <t>SITE TECHNOLOGIQUE ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>26/08/1996</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>ICAM OUEST</t>
   </si>
   <si>
     <t>35 AVENUE DU CHAMP DE MANOEUVRES 44470 CARQUEFOU</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>CFAI ALSACE</t>
@@ -223,102 +232,93 @@
   <si>
     <t>UNION CEPIERE ROBERT MONNIER</t>
   </si>
   <si>
     <t>28 RUE DE L'AIGUETTE 31100 TOULOUSE</t>
   </si>
   <si>
     <t>21/07/2000</t>
   </si>
   <si>
     <t>87.90B</t>
   </si>
   <si>
     <t>UNION MUTUALISTE D'INITIATIVE SANTE</t>
   </si>
   <si>
     <t>CTRE JEAN MOULIN 8 RUE ROGER CLAVIER 91700 FLEURY-MEROGIS</t>
   </si>
   <si>
     <t>01/01/2008</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
+    <t>FONDATION COS ALEXANDRE GLASBERG</t>
+  </si>
+  <si>
+    <t>COS</t>
+  </si>
+  <si>
+    <t>88-90 88 BOULEVARD DE SEBASTOPOL 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE-LORRAINE</t>
   </si>
   <si>
     <t>SITE TECHNO. ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>01/10/1996</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>AFPI PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>CENTRE PIERRE COINTREAU 132 AVENUE DE LATTRE DE TASSIGNY 49000 ANGERS</t>
   </si>
   <si>
     <t>04/07/2022</t>
   </si>
   <si>
     <t>AFPI INSERTION POITOU CHARENTE</t>
   </si>
   <si>
     <t>33 RUE DE L’ARSENAL 16000 ANGOULEME</t>
   </si>
   <si>
     <t>19/11/2012</t>
-  </si>
-[...22 lines deleted...]
-    <t>88.99B</t>
   </si>
   <si>
     <t>KIO-EVOLUTION</t>
   </si>
   <si>
     <t>247 AVENUE DE LA REPUBLIQUE 83000 TOULON</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>71.12B</t>
   </si>
   <si>
     <t>ASSOCIATION AMBROISE CROIZAT - SOCIALE ET MEDICO-SOCIALE</t>
   </si>
   <si>
     <t>ESRP MASSON-TIMBAUD 60 RUE DE LA REPUBLIQUE 93100 MONTREUIL</t>
   </si>
   <si>
     <t>15/12/2021</t>
   </si>
 </sst>
 </file>
 
@@ -935,525 +935,525 @@
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>34958609900021</v>
+        <v>33872756300011</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>44540379354</v>
+        <v>93130178813</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>35263692200028</v>
+        <v>34958609900021</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I8" s="3">
-        <v>52440189944</v>
+        <v>44540379354</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>38855948600054</v>
+        <v>35263692200028</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
-        <v>42680205768</v>
+        <v>52440189944</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41458077900026</v>
+        <v>38855948600054</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="I10" s="3">
-        <v>31590433359</v>
+        <v>42680205768</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>42459649200050</v>
+        <v>41458077900026</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>91340075134</v>
+        <v>31590433359</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>47914022000043</v>
+        <v>42459649200050</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>82420184342</v>
+        <v>91340075134</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48162966500011</v>
+        <v>47914022000043</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I13" s="3">
-        <v>73310811431</v>
+        <v>82420184342</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>49356752300029</v>
+        <v>48162966500011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="I14" s="3"/>
+        <v>67</v>
+      </c>
+      <c r="I14" s="3">
+        <v>73310811431</v>
+      </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>78334259500049</v>
+        <v>49356752300029</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>78835426400103</v>
+        <v>77565757000377</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>79008626800014</v>
+        <v>78334259500049</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>23</v>
+        <v>80</v>
       </c>
       <c r="I17" s="3">
-        <v>54160078316</v>
+        <v>41540002154</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>33872756300011</v>
+        <v>78835426400103</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>93130178813</v>
+        <v>52440004544</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77565757000377</v>
+        <v>79008626800014</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="I19" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I19" s="3">
+        <v>54160078316</v>
+      </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>83820234900026</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I20" s="3">
         <v>93830715383</v>
@@ -1468,51 +1468,51 @@
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>89518621100036</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="I21" s="3">
         <v>11930934893</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1540,31 +1540,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/06/2025 19:29:03</dc:description>
+  <dc:description>Export en date du 02/08/2026 03:52:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>