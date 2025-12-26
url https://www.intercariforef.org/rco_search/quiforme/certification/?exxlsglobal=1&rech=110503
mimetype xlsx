--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -172,66 +172,66 @@
   <si>
     <t>01/12/2010</t>
   </si>
   <si>
     <t>BAT D CS 40053 13 B ROUTE DE PESSAC 33700 MERIGNAC</t>
   </si>
   <si>
     <t>01/12/2013</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE 20 A AVENUE LOUIS LUMIERE 17180 PERIGNY</t>
   </si>
   <si>
     <t>01/07/2018</t>
   </si>
   <si>
     <t>CIPECMA</t>
   </si>
   <si>
     <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
     <t>INSTITUT SUPERIEUR DE PLASTURGIE APPLIQUEE</t>
   </si>
   <si>
     <t>27 ALLEE LAC D'AIGUEBELETTE 73370 LE BOURGET-DU-LAC</t>
   </si>
   <si>
     <t>31/12/2020</t>
-  </si>
-[...7 lines deleted...]
-    <t>26/03/2009</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
@@ -1078,114 +1078,114 @@
       <c r="F12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
         <v>54170000117</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30870853600104</v>
+        <v>51176260100017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="I13" s="3">
-        <v>11922379792</v>
+        <v>54170132917</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>51176260100017</v>
+        <v>30870853600104</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="I14" s="3">
-        <v>54170132917</v>
+        <v>11922379792</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>60</v>
       </c>
@@ -1500,31 +1500,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 11:23:10</dc:description>
+  <dc:description>Export en date du 12/26/2025 06:48:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>