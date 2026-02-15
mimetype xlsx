--- v1 (2025-12-26)
+++ v2 (2026-02-15)
@@ -118,120 +118,120 @@
   <si>
     <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>7233P015633</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE PABLO PICASSO</t>
   </si>
   <si>
     <t>GRETA - CFA DE L'AUDE ET DES PYRENEES ORIENTALES</t>
   </si>
   <si>
     <t>RUE CHARLES BLANC 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>01/12/2016</t>
   </si>
   <si>
     <t>9166P008466</t>
   </si>
   <si>
+    <t>INSTITUT SUPERIEUR DE PLASTURGIE APPLIQUEE</t>
+  </si>
+  <si>
+    <t>27 ALLEE LAC D'AIGUEBELETTE 73370 LE BOURGET-DU-LAC</t>
+  </si>
+  <si>
+    <t>31/12/2020</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>ICAM OUEST</t>
   </si>
   <si>
     <t>35 AVENUE DU CHAMP DE MANOEUVRES 44470 CARQUEFOU</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...1 lines deleted...]
-  <si>
     <t>IFI PEINTURE</t>
   </si>
   <si>
     <t>ZI EN JACCA 34 CHEMIN DE L'ECHUT 31770 COLOMIERS</t>
   </si>
   <si>
     <t>02/01/1990</t>
   </si>
   <si>
     <t>19 CHEMIN DES JONCHEROLLES 93380 PIERREFITTE-SUR-SEINE</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>10 RUE PIERRE TIMBAUD 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/12/2010</t>
   </si>
   <si>
     <t>BAT D CS 40053 13 B ROUTE DE PESSAC 33700 MERIGNAC</t>
   </si>
   <si>
     <t>01/12/2013</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE 20 A AVENUE LOUIS LUMIERE 17180 PERIGNY</t>
   </si>
   <si>
     <t>01/07/2018</t>
   </si>
   <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
     <t>CIPECMA</t>
   </si>
   <si>
     <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...16 lines deleted...]
-    <t>31/12/2020</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
@@ -819,367 +819,367 @@
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>35263692200028</v>
+        <v>30870853600104</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I6" s="3">
-        <v>52440189944</v>
+        <v>11922379792</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>35359974900010</v>
+        <v>35263692200028</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="I7" s="3">
-        <v>73310117831</v>
+        <v>52440189944</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>35359974900028</v>
+        <v>35359974900010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3">
         <v>73310117831</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>35359974900069</v>
+        <v>35359974900028</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="3">
         <v>73310117831</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>35359974900077</v>
+        <v>35359974900069</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
         <v>73310117831</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>35359974900085</v>
+        <v>35359974900077</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3">
         <v>73310117831</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78128367600018</v>
+        <v>35359974900085</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>54170000117</v>
+        <v>73310117831</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>51176260100017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="3">
         <v>54170132917</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30870853600104</v>
+        <v>78128367600018</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="I14" s="3">
-        <v>11922379792</v>
+        <v>54170000117</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="2"/>
@@ -1500,31 +1500,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 06:48:21</dc:description>
+  <dc:description>Export en date du 02/15/2026 17:23:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>