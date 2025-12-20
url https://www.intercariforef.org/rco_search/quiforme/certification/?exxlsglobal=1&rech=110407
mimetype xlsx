--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -169,129 +169,129 @@
   <si>
     <t>01/07/1994</t>
   </si>
   <si>
     <t>4157P001957</t>
   </si>
   <si>
     <t>CAMPUS DES METIERS DE MOSELLE</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>METROPOLE NICE COTE D AZUR</t>
   </si>
   <si>
     <t>REGIE AUTONOME CTRE FORMATION APPRENTIS NCA</t>
   </si>
   <si>
     <t>5 RUE DE L'HOTEL DE VILLE 06300 NICE</t>
   </si>
   <si>
     <t>18/11/2016</t>
   </si>
   <si>
+    <t>ASSOC DEPART D ETUDES ET FORMATION</t>
+  </si>
+  <si>
+    <t>15 RUE DES CONVALESCENTS 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/06/1986</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>ACADEMIE D'ART DENTAIRE</t>
   </si>
   <si>
     <t>75 RUE CHEVALIER 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/08/2014</t>
   </si>
   <si>
     <t>181 AVENUE JEAN JAURES 69007 LYON</t>
   </si>
   <si>
     <t>01/09/2017</t>
   </si>
   <si>
     <t>LE CALIFORNIA BAT. B 2 RUE JEAN ANDREANI 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>01/05/2019</t>
   </si>
   <si>
     <t>41 PLACE JULES FERRY 92120 MONTROUGE</t>
   </si>
   <si>
     <t>ACADEMIE D'ART DENTAIRE RENNES</t>
   </si>
   <si>
     <t>ROUTE DE SAINT MALO ROUTE DE SAINT-MALO 35760 SAINT-GREGOIRE</t>
   </si>
   <si>
     <t>01/06/2024</t>
   </si>
   <si>
+    <t>ASS PROMOTION SOCIALE AVEUGLES HANDICAPE</t>
+  </si>
+  <si>
+    <t>ESRP DE L'APSAH</t>
+  </si>
+  <si>
+    <t>17 ROUTE DE RIGNAC 87700 AIXE-SUR-VIENNE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>ASS FORMAT PROFESS PERMANENTE</t>
+  </si>
+  <si>
+    <t>14 RUE DU CHATEAU DES VERGNES 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>CENTRE FORMAT BOURSE TRAVAIL</t>
+  </si>
+  <si>
     <t>ADONIS</t>
   </si>
   <si>
     <t>ADONIS - ROSE CARMIN</t>
   </si>
   <si>
     <t>179 AVENUE DE MURET 31300 TOULOUSE</t>
   </si>
   <si>
     <t>01/09/2011</t>
-  </si>
-[...34 lines deleted...]
-    <t>01/06/1986</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LE DEVELOPPEMENT DE L ENSEIGNEMENT DENTAIRE</t>
   </si>
   <si>
     <t>23 RUE GABRIEL PERI 31000 TOULOUSE</t>
   </si>
   <si>
     <t>15/05/2020</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>18 RUE LEON FROT 75011 PARIS</t>
   </si>
   <si>
     <t>04/06/2021</t>
   </si>
   <si>
     <t>17 QUAI PORT NEUF 34500 BEZIERS</t>
   </si>
   <si>
     <t>LV CONSULTANTS</t>
   </si>
@@ -1117,416 +1117,416 @@
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I11" s="3">
         <v>93060807006</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>38918577800021</v>
+        <v>33872756300011</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="I12" s="3">
-        <v>72330689633</v>
+        <v>93130178813</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>38918577800039</v>
+        <v>38918577800021</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I13" s="3">
         <v>72330689633</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38918577800047</v>
+        <v>38918577800039</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I14" s="3">
         <v>72330689633</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38918577800054</v>
+        <v>38918577800047</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I15" s="3">
         <v>72330689633</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38918577800070</v>
+        <v>38918577800054</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I16" s="3">
         <v>72330689633</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>45125756200111</v>
+        <v>38918577800070</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="I17" s="3">
-        <v>76311242231</v>
+        <v>72330689633</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>77571632700017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="E18" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I18" s="3">
         <v>74870032587</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>77921920300022</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I19" s="3">
         <v>83630024963</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>78281271300017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I20" s="3">
         <v>93131886613</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>33872756300011</v>
+        <v>45125756200111</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="E21" s="2" t="s">
         <v>76</v>
-      </c>
-[...2 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="I21" s="3">
-        <v>93130178813</v>
+        <v>76311242231</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>80905828200041</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>80</v>
       </c>
@@ -1658,51 +1658,51 @@
         <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>91018960400010</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="I26" s="3">
         <v>44510223751</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1730,31 +1730,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/02/2025 05:24:52</dc:description>
+  <dc:description>Export en date du 12/20/2025 07:32:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>