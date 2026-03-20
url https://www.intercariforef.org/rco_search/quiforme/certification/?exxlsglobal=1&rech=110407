--- v1 (2025-12-20)
+++ v2 (2026-03-20)
@@ -169,129 +169,129 @@
   <si>
     <t>01/07/1994</t>
   </si>
   <si>
     <t>4157P001957</t>
   </si>
   <si>
     <t>CAMPUS DES METIERS DE MOSELLE</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>METROPOLE NICE COTE D AZUR</t>
   </si>
   <si>
     <t>REGIE AUTONOME CTRE FORMATION APPRENTIS NCA</t>
   </si>
   <si>
     <t>5 RUE DE L'HOTEL DE VILLE 06300 NICE</t>
   </si>
   <si>
     <t>18/11/2016</t>
   </si>
   <si>
+    <t>ACADEMIE D'ART DENTAIRE</t>
+  </si>
+  <si>
+    <t>75 RUE CHEVALIER 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/08/2014</t>
+  </si>
+  <si>
+    <t>181 AVENUE JEAN JAURES 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>LE CALIFORNIA BAT. B 2 RUE JEAN ANDREANI 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/05/2019</t>
+  </si>
+  <si>
+    <t>41 PLACE JULES FERRY 92120 MONTROUGE</t>
+  </si>
+  <si>
+    <t>ACADEMIE D'ART DENTAIRE RENNES</t>
+  </si>
+  <si>
+    <t>ROUTE DE SAINT MALO ROUTE DE SAINT-MALO 35760 SAINT-GREGOIRE</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>ASS PROMOTION SOCIALE AVEUGLES HANDICAPE</t>
+  </si>
+  <si>
+    <t>ESRP DE L'APSAH</t>
+  </si>
+  <si>
+    <t>17 ROUTE DE RIGNAC 87700 AIXE-SUR-VIENNE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
     <t>ASSOC DEPART D ETUDES ET FORMATION</t>
   </si>
   <si>
     <t>15 RUE DES CONVALESCENTS 13001 MARSEILLE</t>
   </si>
   <si>
     <t>01/06/1986</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
-    <t>ACADEMIE D'ART DENTAIRE</t>
-[...44 lines deleted...]
-    <t>88.10C</t>
+    <t>ADONIS</t>
+  </si>
+  <si>
+    <t>ADONIS - ROSE CARMIN</t>
+  </si>
+  <si>
+    <t>179 AVENUE DE MURET 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
   </si>
   <si>
     <t>ASS FORMAT PROFESS PERMANENTE</t>
   </si>
   <si>
     <t>14 RUE DU CHATEAU DES VERGNES 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>CENTRE FORMAT BOURSE TRAVAIL</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/09/2011</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LE DEVELOPPEMENT DE L ENSEIGNEMENT DENTAIRE</t>
   </si>
   <si>
     <t>23 RUE GABRIEL PERI 31000 TOULOUSE</t>
   </si>
   <si>
     <t>15/05/2020</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>18 RUE LEON FROT 75011 PARIS</t>
   </si>
   <si>
     <t>04/06/2021</t>
   </si>
   <si>
     <t>17 QUAI PORT NEUF 34500 BEZIERS</t>
   </si>
   <si>
     <t>LV CONSULTANTS</t>
   </si>
@@ -1117,422 +1117,422 @@
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I11" s="3">
         <v>93060807006</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>33872756300011</v>
+        <v>38918577800021</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="I12" s="3">
-        <v>93130178813</v>
+        <v>72330689633</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>38918577800021</v>
+        <v>38918577800039</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I13" s="3">
         <v>72330689633</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38918577800039</v>
+        <v>38918577800047</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I14" s="3">
         <v>72330689633</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38918577800047</v>
+        <v>38918577800054</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I15" s="3">
         <v>72330689633</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38918577800054</v>
+        <v>38918577800070</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>51</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>59</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I16" s="3">
         <v>72330689633</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38918577800070</v>
+        <v>77571632700017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="I17" s="3">
-        <v>72330689633</v>
+        <v>74870032587</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77571632700017</v>
+        <v>33872756300011</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D18" s="2" t="s">
         <v>67</v>
       </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="I18" s="3">
-        <v>74870032587</v>
+        <v>93130178813</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77921920300022</v>
+        <v>45125756200111</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D19" s="2"/>
+      <c r="D19" s="2" t="s">
+        <v>72</v>
+      </c>
       <c r="E19" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="I19" s="3">
-        <v>83630024963</v>
+        <v>76311242231</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78281271300017</v>
+        <v>77921920300022</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I20" s="3">
-        <v>93131886613</v>
+        <v>83630024963</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>45125756200111</v>
+        <v>78281271300017</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="I21" s="3">
-        <v>76311242231</v>
+        <v>93131886613</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>80905828200041</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I22" s="3">
         <v>76310878131</v>
@@ -1658,51 +1658,51 @@
         <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>91018960400010</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="I26" s="3">
         <v>44510223751</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1730,31 +1730,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/20/2025 07:32:09</dc:description>
+  <dc:description>Export en date du 03/20/2026 11:13:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>