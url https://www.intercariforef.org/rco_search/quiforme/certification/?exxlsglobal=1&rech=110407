--- v2 (2026-03-20)
+++ v3 (2026-03-20)
@@ -169,120 +169,120 @@
   <si>
     <t>01/07/1994</t>
   </si>
   <si>
     <t>4157P001957</t>
   </si>
   <si>
     <t>CAMPUS DES METIERS DE MOSELLE</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>METROPOLE NICE COTE D AZUR</t>
   </si>
   <si>
     <t>REGIE AUTONOME CTRE FORMATION APPRENTIS NCA</t>
   </si>
   <si>
     <t>5 RUE DE L'HOTEL DE VILLE 06300 NICE</t>
   </si>
   <si>
     <t>18/11/2016</t>
   </si>
   <si>
+    <t>ASSOC DEPART D ETUDES ET FORMATION</t>
+  </si>
+  <si>
+    <t>15 RUE DES CONVALESCENTS 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/06/1986</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>ACADEMIE D'ART DENTAIRE</t>
   </si>
   <si>
     <t>75 RUE CHEVALIER 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/08/2014</t>
   </si>
   <si>
     <t>181 AVENUE JEAN JAURES 69007 LYON</t>
   </si>
   <si>
     <t>01/09/2017</t>
   </si>
   <si>
     <t>LE CALIFORNIA BAT. B 2 RUE JEAN ANDREANI 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>01/05/2019</t>
   </si>
   <si>
     <t>41 PLACE JULES FERRY 92120 MONTROUGE</t>
   </si>
   <si>
     <t>ACADEMIE D'ART DENTAIRE RENNES</t>
   </si>
   <si>
     <t>ROUTE DE SAINT MALO ROUTE DE SAINT-MALO 35760 SAINT-GREGOIRE</t>
   </si>
   <si>
     <t>01/06/2024</t>
   </si>
   <si>
+    <t>ADONIS</t>
+  </si>
+  <si>
+    <t>ADONIS - ROSE CARMIN</t>
+  </si>
+  <si>
+    <t>179 AVENUE DE MURET 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
     <t>ASS PROMOTION SOCIALE AVEUGLES HANDICAPE</t>
   </si>
   <si>
     <t>ESRP DE L'APSAH</t>
   </si>
   <si>
     <t>17 ROUTE DE RIGNAC 87700 AIXE-SUR-VIENNE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>88.10C</t>
-  </si>
-[...22 lines deleted...]
-    <t>01/09/2011</t>
   </si>
   <si>
     <t>ASS FORMAT PROFESS PERMANENTE</t>
   </si>
   <si>
     <t>14 RUE DU CHATEAU DES VERGNES 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>CENTRE FORMAT BOURSE TRAVAIL</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LE DEVELOPPEMENT DE L ENSEIGNEMENT DENTAIRE</t>
   </si>
   <si>
     <t>23 RUE GABRIEL PERI 31000 TOULOUSE</t>
   </si>
   <si>
     <t>15/05/2020</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>18 RUE LEON FROT 75011 PARIS</t>
   </si>
@@ -1117,403 +1117,403 @@
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I11" s="3">
         <v>93060807006</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>38918577800021</v>
+        <v>33872756300011</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="I12" s="3">
-        <v>72330689633</v>
+        <v>93130178813</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>38918577800039</v>
+        <v>38918577800021</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I13" s="3">
         <v>72330689633</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38918577800047</v>
+        <v>38918577800039</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I14" s="3">
         <v>72330689633</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38918577800054</v>
+        <v>38918577800047</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I15" s="3">
         <v>72330689633</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38918577800070</v>
+        <v>38918577800054</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I16" s="3">
         <v>72330689633</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77571632700017</v>
+        <v>38918577800070</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="I17" s="3">
-        <v>74870032587</v>
+        <v>72330689633</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>33872756300011</v>
+        <v>45125756200111</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="I18" s="3">
-        <v>93130178813</v>
+        <v>76311242231</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>45125756200111</v>
+        <v>77571632700017</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D19" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="E19" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="I19" s="3">
-        <v>76311242231</v>
+        <v>74870032587</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>77921920300022</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I20" s="3">
         <v>83630024963</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>78281271300017</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I21" s="3">
         <v>93131886613</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>80905828200041</v>
       </c>
@@ -1658,51 +1658,51 @@
         <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>91018960400010</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="I26" s="3">
         <v>44510223751</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1730,31 +1730,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/20/2026 11:13:14</dc:description>
+  <dc:description>Export en date du 03/20/2026 13:03:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>