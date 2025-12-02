--- v0 (2025-10-13)
+++ v1 (2025-12-02)
@@ -124,639 +124,639 @@
   <si>
     <t>16/03/1983</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>7487P000187</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
+    <t>LODIMA OUEST</t>
+  </si>
+  <si>
+    <t>45 RUE LOUIS BLERIOT 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>26/09/2019</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>ACFA-MULTIMEDIA</t>
+  </si>
+  <si>
+    <t>ACFA MULTIMEDIA / ESIMODE / STUDIO M / SUPCREA</t>
+  </si>
+  <si>
+    <t>54 RUE DU PECH 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>31/03/2024</t>
+  </si>
+  <si>
+    <t>ALPHA COMMUNICATION FORMATION</t>
+  </si>
+  <si>
+    <t>IFASUD</t>
+  </si>
+  <si>
+    <t>185 PLACE DE LA LIBERTE 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/08/2007</t>
+  </si>
+  <si>
+    <t>C3 INSTITUTE</t>
+  </si>
+  <si>
+    <t>101 RUE DE LA FONTAINE GRELOT 92160 ANTONY</t>
+  </si>
+  <si>
+    <t>06/10/2010</t>
+  </si>
+  <si>
+    <t>CFP ECOLE NANTAISE DE COMMERCE-ENC</t>
+  </si>
+  <si>
+    <t>6 RUE CREBILLON 44000 NANTES</t>
+  </si>
+  <si>
+    <t>31/05/2002</t>
+  </si>
+  <si>
+    <t>ESPL-ECOLE SUPERIEURE DES PAYS DE LOIRE</t>
+  </si>
+  <si>
+    <t>ESPL - IPAC BACHELOR FACTORY - TUNON</t>
+  </si>
+  <si>
+    <t>19 RUE LE NOTRE 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>ALTERNANCE PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>ESPACE PERFORMANCE LA FLEURIAYE AVENUE DU PROFESSEUR JEAN ROUXEL 44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>08/01/2011</t>
+  </si>
+  <si>
+    <t>CONSEIL FORMATION QUALIFICATION</t>
+  </si>
+  <si>
+    <t>ISIFA PLUS VALUES - AFASOP - IPAC BACHELOR FACTOR</t>
+  </si>
+  <si>
+    <t>38 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>02/01/2017</t>
+  </si>
+  <si>
+    <t>ISIFA PLUS VALUES-AFASOP-IPAC BACHELOR FACTORY-MB</t>
+  </si>
+  <si>
+    <t>61 B RUE DES PEUPLIERS 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>FORMAVAR</t>
+  </si>
+  <si>
+    <t>FORMAPLUS</t>
+  </si>
+  <si>
+    <t>LE ROCK BLEU ZAC DES GARIL RUE DE LA MAGNANERIE 83520 ROQUEBRUNE-SUR-ARGENS</t>
+  </si>
+  <si>
+    <t>01/06/2005</t>
+  </si>
+  <si>
+    <t>515 AVENUE PABLO PICASSO 83160 LA VALETTE-DU-VAR</t>
+  </si>
+  <si>
+    <t>10/09/2015</t>
+  </si>
+  <si>
+    <t>ECO COM</t>
+  </si>
+  <si>
+    <t>ISCOM MY DIGITAL SCHOOL</t>
+  </si>
+  <si>
+    <t>57 RUE PIERRE MAUROY 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>BP CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DE SAVOIE 57800 FREYMING-MERLEBACH</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>ALTERNANCE SEVRE ET VIENNE</t>
+  </si>
+  <si>
+    <t>12 RUE DE L'ANGELIQUE 79000 BESSINES</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>STK</t>
+  </si>
+  <si>
+    <t>ZAE HEIDEN EST 25 RUE DES PAYS-BAS 68310 WITTELSHEIM</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>ALTERNANCE AZUR</t>
+  </si>
+  <si>
+    <t>ALTERNANCE HAUTES-ALPES</t>
+  </si>
+  <si>
+    <t>BAT LE CONCORDE 48 BOULEVARD GEORGES POMPIDOU 05000 GAP</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>ISAL</t>
+  </si>
+  <si>
+    <t>122 RUE MARCADET 75018 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>C3 CFA</t>
+  </si>
+  <si>
+    <t>26/07/2019</t>
+  </si>
+  <si>
+    <t>7 RUE JEAN BAPTISTE COROT 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>CAMPUS ACADEMY AIX</t>
+  </si>
+  <si>
+    <t>2 COURS DE L'INTENDANCE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>27/12/2019</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>PSTM</t>
+  </si>
+  <si>
+    <t>13 RUE CAMILLE DESMOULINS 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>01/04/2020</t>
+  </si>
+  <si>
+    <t>10/06/2024</t>
+  </si>
+  <si>
+    <t>PARIS NORD BUSINESS SCHOOL</t>
+  </si>
+  <si>
+    <t>60 RUE DE LA JONQUIERE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>20/05/2021</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>ACCOMPAGNEMENT ET FORMATION POUR LE DEVELOPPEMENT DES ENTREPRISES</t>
+  </si>
+  <si>
+    <t>870 ROUTE DE SAINT-MICHEL 26260 CLERIEUX</t>
+  </si>
+  <si>
+    <t>06/05/2020</t>
+  </si>
+  <si>
+    <t>LA COMPAGNIE DE FORMATION</t>
+  </si>
+  <si>
+    <t>LA CIE DE FORMATION PIGIER</t>
+  </si>
+  <si>
+    <t>15 ET 17 15 RUE DES MAGASINS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>30/12/1996</t>
+  </si>
+  <si>
+    <t>210 LA TOLOSANE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>31/12/1996</t>
+  </si>
+  <si>
+    <t>31/12/2022</t>
+  </si>
+  <si>
+    <t>PIGIER- MBWAY-CAP VERS</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LA CHATTERIE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>PIGIER</t>
+  </si>
+  <si>
+    <t>LES ATELIERS 11 RUE LOUIS BLERIOT 33130 BEGLES</t>
+  </si>
+  <si>
+    <t>01/05/2014</t>
+  </si>
+  <si>
+    <t>PIGIER/MBWAY</t>
+  </si>
+  <si>
+    <t>LE MILLENAIRE ALLEE JEAN-MARIE TJIBAOU 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>31/12/2014</t>
+  </si>
+  <si>
+    <t>MBWAY</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 1 RUE PIERRE BOURDEIX 69007 LYON</t>
+  </si>
+  <si>
+    <t>ECOTEC</t>
+  </si>
+  <si>
+    <t>96 98 98 COURS D'ALSACE ET LORRAINE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/05/1986</t>
+  </si>
+  <si>
+    <t>29/02/2024</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNATIONALE TUNON- TUNON - WIN - CAP VERS</t>
+  </si>
+  <si>
+    <t>BATIMENT F 164 RUE DU FAUBOURG SAINT-HONORE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNATIONALE TUNON</t>
+  </si>
+  <si>
+    <t>36 BOULEVARD HEURTELOUP 37000 TOURS</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNATIONALE D'ACCUEIL TUNON</t>
+  </si>
+  <si>
+    <t>3 RUE ALBERT LAUTMANN 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>35 RUE DE TALLEYRAND 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNAT D'ACCUEIL TUNON</t>
+  </si>
+  <si>
+    <t>100 RUE SAINTE 13007 MARSEILLE 7EME</t>
+  </si>
+  <si>
+    <t>01/09/2000</t>
+  </si>
+  <si>
+    <t>7 RUE BOISSAC 69002 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>30/09/2023</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNATIONALE D'ACCUEIL PRIVE</t>
+  </si>
+  <si>
+    <t>TUNON - CAP VERS</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>15 RUE DES MAGASINS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>140 RUE ROBERT KOCH 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>TUNON</t>
+  </si>
+  <si>
+    <t>6 RUE DES MICHOTTES 54000 NANCY</t>
+  </si>
+  <si>
+    <t>148-150 27/29 AV AUGUSTE VEROLA 148 BOULEVARD DES JARDINIERS 06200 NICE</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>GOO FORMATION</t>
+  </si>
+  <si>
+    <t>355 C CHEMIN DU CHATEAUVIEUX 26750 TRIORS</t>
+  </si>
+  <si>
+    <t>25/01/2021</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t>ISTEC</t>
+  </si>
+  <si>
+    <t>128-130 128 QUAI DE JEMMAPES 75010 PARIS</t>
+  </si>
+  <si>
+    <t>31/08/2021</t>
+  </si>
+  <si>
+    <t>AFTEC</t>
+  </si>
+  <si>
+    <t>AFTEC-IHECF-IPAC BACHELOR FACTORY</t>
+  </si>
+  <si>
+    <t>23 RUE LOUIS KERAUTRET-BOTMEL 35000 RENNES</t>
+  </si>
+  <si>
+    <t>23/03/2001</t>
+  </si>
+  <si>
+    <t>AFTEC IPAC BACHELOR FACTORY MB WAY WIN SPORT SCHO</t>
+  </si>
+  <si>
+    <t>13 RUE MARTIN LUTHER KING 14280 SAINT-CONTEST</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
+    <t>AFTEC - MY DIGITAL SCHOOL - MBWAY - IPAX BACHELOR</t>
+  </si>
+  <si>
+    <t>4 RUE ALFRED KASTLER 14000 CAEN</t>
+  </si>
+  <si>
+    <t>31/08/2022</t>
+  </si>
+  <si>
+    <t>AFTEC - MY DIGITAL SCHOOL - MBWAY - IPAC BACHELOR</t>
+  </si>
+  <si>
+    <t>ATLANPARC ZONE DE KERLUHERNE 1 RUE MARIE CURIE 56890 PLESCOP</t>
+  </si>
+  <si>
+    <t>IPAC</t>
+  </si>
+  <si>
+    <t>MBWAY - IPAC - IPAC BACHELOR FACTORY - IPAC ONLINE</t>
+  </si>
+  <si>
+    <t>42 CHE DE LA PRAIRIE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>01/09/1992</t>
+  </si>
+  <si>
+    <t>MBWAY - IPAC BACHELOR FACTORY - IPAC - IPAC FORMAT</t>
+  </si>
+  <si>
+    <t>16 RUE DES CHASSEURS 74100 VILLE-LA-GRAND</t>
+  </si>
+  <si>
+    <t>BATIMENT HELIOPOLIS ENTREE H 16 RUE DU TOUR DE L’EAU 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>16/03/2015</t>
+  </si>
+  <si>
+    <t>MBWAY - IPAC - IPAC BACHELOR FACTORY - WIN SPORT</t>
+  </si>
+  <si>
+    <t>CENTRE DES SERVICES 15 BD DE LA MER CASPIENNE 73370 LE BOURGET-DU-LAC</t>
+  </si>
+  <si>
+    <t>13/01/2020</t>
+  </si>
+  <si>
+    <t>LUXURY HOTELSCHOOL PARIS</t>
+  </si>
+  <si>
+    <t>76 RUE VILLENEUVE 92110 CLICHY</t>
+  </si>
+  <si>
+    <t>23/04/1993</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ASSOC JEANNE PERRIMOND</t>
+  </si>
+  <si>
+    <t>244 CHEMIN DU ROUCAS BLANC 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ALTERNANCE SUD AZUR</t>
+  </si>
+  <si>
+    <t>2 RUE JULES BELLEUDY 06200 NICE</t>
+  </si>
+  <si>
+    <t>29/10/2015</t>
+  </si>
+  <si>
+    <t>18/10/2024</t>
+  </si>
+  <si>
+    <t>OPEN CAMPUS D'ANGERS</t>
+  </si>
+  <si>
+    <t>28/10/2024</t>
+  </si>
+  <si>
+    <t>ALTERNANCE NORD PAS DE CALAIS</t>
+  </si>
+  <si>
+    <t>1 RUE PIERRE ET MARIE CURIE 59260 LEZENNES</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>ISPN</t>
+  </si>
+  <si>
+    <t>6 AVENUE MARECHAL MONTGOMERY 14000 CAEN</t>
+  </si>
+  <si>
+    <t>OCTO</t>
+  </si>
+  <si>
+    <t>SUPMODE</t>
+  </si>
+  <si>
+    <t>HALL D NUMERO 83- 31 COURS DUPRE DE SAINT MAUR 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>20/05/2022</t>
+  </si>
+  <si>
     <t>CAMPUS D'ENSEIGNEMENT SUPERIEURE PRIVE DE BREST</t>
   </si>
   <si>
     <t>CESPB</t>
   </si>
   <si>
     <t>475 RUE JOSEPHINE PENCALET 29200 BREST</t>
   </si>
   <si>
     <t>25/09/2015</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>M2S FORMATION SCHOOL</t>
   </si>
   <si>
     <t>M2S CAMPUS</t>
   </si>
   <si>
     <t>BAT LE MARCONI-TERTIOPOLE DU GRIFFO 511 ROUTE DE LA SEDS 13127 VITROLLES</t>
   </si>
   <si>
     <t>01/06/2021</t>
   </si>
   <si>
     <t>RE FORMATION</t>
   </si>
   <si>
     <t>HUPSO</t>
   </si>
   <si>
     <t>5 RUE JOSEPHINE 92210 SAINT-CLOUD</t>
   </si>
   <si>
     <t>01/09/2016</t>
   </si>
   <si>
-    <t>AFTEC</t>
-[...466 lines deleted...]
-  <si>
     <t>M2S FORMATION AUBAGNE SAS</t>
   </si>
   <si>
     <t>23 AVENUE DES GOUMS 13400 AUBAGNE</t>
   </si>
   <si>
     <t>01/06/2018</t>
   </si>
   <si>
     <t>17/06/2024</t>
-  </si>
-[...70 lines deleted...]
-    <t>31/08/2021</t>
   </si>
   <si>
     <t>OPEN CAMPUS DE CAEN</t>
   </si>
   <si>
     <t>4 RUE MARTIN LUTHER KING 14280 SAINT-CONTEST</t>
   </si>
   <si>
     <t>07/09/2022</t>
   </si>
   <si>
     <t>ECOLE FRANCAISE DE L'ALTERNANCE</t>
   </si>
   <si>
     <t>28 RUE BUIRETTE 51100 REIMS</t>
   </si>
   <si>
     <t>20/10/2022</t>
   </si>
   <si>
     <t>25/07/2023</t>
   </si>
 </sst>
 </file>
 
@@ -1336,2524 +1336,2524 @@
       <c r="F5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>81398319400016</v>
+        <v>42968925000067</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>53290892529</v>
+        <v>53350665235</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>82175021300034</v>
+        <v>42986464800036</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="E7" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>82189572900019</v>
+        <v>44057291500021</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="3">
-        <v>11922191592</v>
+        <v>93830328383</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>35119111900160</v>
+        <v>44178288500046</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="D9" s="2"/>
+      <c r="E9" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="3">
-        <v>53350248835</v>
+        <v>11921406692</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>35119111900285</v>
+        <v>44229373400012</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="C10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="E10" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>53350248835</v>
+        <v>52440410944</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>35119111900319</v>
+        <v>44344472400027</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="D11" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="E11" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I11" s="3">
-        <v>53350248835</v>
+        <v>52490191449</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>35119111900335</v>
+        <v>45270314300035</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>53350248835</v>
+        <v>52440442544</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>38416491900027</v>
+        <v>40132583200087</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I13" s="3">
-        <v>82740024674</v>
+        <v>11930303993</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38416491900142</v>
+        <v>40132583200103</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I14" s="3">
-        <v>82740024674</v>
+        <v>11930303993</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38416491900167</v>
+        <v>41895538100045</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="D15" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I15" s="3">
-        <v>82740024674</v>
+        <v>93830251083</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38416491900191</v>
+        <v>41895538100052</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>82740024674</v>
+        <v>93830251083</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>39103248900018</v>
+        <v>48017681700066</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>78</v>
-      </c>
-[...5 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>11920684192</v>
+        <v>11754890075</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>40132583200087</v>
+        <v>48468982300033</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="3">
-        <v>11930303993</v>
+        <v>41570246157</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>40132583200103</v>
+        <v>48832827900069</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="D19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="I19" s="3">
-        <v>11930303993</v>
+        <v>54790080179</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>41895538100045</v>
+        <v>48953429700077</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>88</v>
-      </c>
-[...7 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>18</v>
+        <v>89</v>
       </c>
       <c r="I20" s="3">
-        <v>93830251083</v>
+        <v>42680169768</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>41895538100052</v>
+        <v>49301662000020</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>90</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>91</v>
+      </c>
       <c r="E21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="3">
-        <v>93830251083</v>
+        <v>93050071105</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>42968925000067</v>
+        <v>75003236900035</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>53350665235</v>
+        <v>11755461575</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>42986464800036</v>
+        <v>85294311700014</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="D23" s="2"/>
+      <c r="E23" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="E23" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I23" s="3"/>
+      <c r="I23" s="3">
+        <v>11922301292</v>
+      </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>79463728000023</v>
+        <v>85294311700048</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>93060723106</v>
+        <v>11922301292</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>79874596400063</v>
+        <v>88120562900010</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>80047636800025</v>
+        <v>88217465900012</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="G26" s="2"/>
+        <v>107</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>108</v>
+      </c>
       <c r="H26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>31590865259</v>
+        <v>11922335392</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>80414301400020</v>
+        <v>88313515400028</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>18</v>
+        <v>112</v>
       </c>
       <c r="I27" s="3">
-        <v>25140276614</v>
+        <v>11756157375</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>75003236900035</v>
+        <v>88356652300014</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>11755461575</v>
+        <v>84260298326</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>48468982300033</v>
+        <v>32922456200184</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="E29" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="D29" s="2"/>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="I29" s="3">
-        <v>41570246157</v>
+        <v>11755201275</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>48832827900069</v>
+        <v>32922456200259</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="G30" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="F30" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="I30" s="3">
-        <v>54790080179</v>
+        <v>11755201275</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>48953429700077</v>
+        <v>32922456200572</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E31" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="D31" s="2"/>
-      <c r="E31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>127</v>
+        <v>85</v>
       </c>
       <c r="I31" s="3">
-        <v>42680169768</v>
+        <v>11755201275</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>49301662000020</v>
+        <v>32922456200606</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="I32" s="3">
-        <v>93050071105</v>
+        <v>11755201275</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>32922456200184</v>
+        <v>32922456200614</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>132</v>
+        <v>116</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="I33" s="3">
         <v>11755201275</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>32922456200259</v>
+        <v>32922456200705</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D34" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>137</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="I34" s="3">
         <v>11755201275</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>32922456200572</v>
+        <v>33830238300025</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G35" s="2"/>
+        <v>136</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>137</v>
+      </c>
       <c r="H35" s="2" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="I35" s="3">
-        <v>11755201275</v>
+        <v>11754932575</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>32922456200606</v>
+        <v>33830238300041</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>72</v>
+        <v>138</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="I36" s="3">
-        <v>11755201275</v>
+        <v>11754932575</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>32922456200614</v>
+        <v>33830238300058</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="G37" s="2"/>
+        <v>136</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>137</v>
+      </c>
       <c r="H37" s="2" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="I37" s="3">
-        <v>11755201275</v>
+        <v>11754932575</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>32922456200705</v>
+        <v>33830238300116</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G38" s="2"/>
+        <v>136</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>144</v>
+      </c>
       <c r="H38" s="2" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="I38" s="3">
-        <v>11755201275</v>
+        <v>11754932575</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>33830238300025</v>
+        <v>33830238300124</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="D39" s="2"/>
+        <v>134</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>140</v>
+      </c>
       <c r="E39" s="2" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>151</v>
+        <v>136</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>152</v>
+        <v>122</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="I39" s="3">
         <v>11754932575</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>33830238300041</v>
+        <v>33830238300215</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="G40" s="2"/>
+        <v>148</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="H40" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="3">
         <v>11754932575</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>33830238300058</v>
+        <v>33830238300231</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="C41" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D41" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="G41" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="G41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H41" s="2" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="I41" s="3">
         <v>11754932575</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>33830238300116</v>
+        <v>33830238300264</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>158</v>
+        <v>77</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>151</v>
+        <v>78</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>159</v>
+        <v>44</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="I42" s="3">
         <v>11754932575</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>33830238300124</v>
+        <v>33830238300272</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>160</v>
+        <v>124</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="3">
         <v>11754932575</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>33830238300215</v>
+        <v>33830238300322</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>161</v>
+        <v>140</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>163</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="3">
         <v>11754932575</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>33830238300231</v>
+        <v>33830238300330</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>134</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>140</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="H45" s="2" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="I45" s="3">
         <v>11754932575</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>33830238300264</v>
+        <v>33830238300355</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="3">
         <v>11754932575</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>33830238300272</v>
+        <v>33830238300363</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>71</v>
+        <v>163</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="I47" s="3">
         <v>11754932575</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>33830238300322</v>
+        <v>89427013100010</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="G48" s="2"/>
+        <v>166</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>167</v>
+      </c>
       <c r="H48" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I48" s="3"/>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>33830238300330</v>
+        <v>90023572200023</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="3">
-        <v>11754932575</v>
+        <v>11756455475</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>33830238300355</v>
+        <v>35119111900160</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>64</v>
+        <v>174</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I50" s="3">
-        <v>11754932575</v>
+        <v>53350248835</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>33830238300363</v>
+        <v>35119111900285</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="D51" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="E51" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="E51" s="2" t="s">
+      <c r="F51" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="G51" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="F51" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="I51" s="3">
-        <v>11754932575</v>
+        <v>53350248835</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>44057291500021</v>
+        <v>35119111900319</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C52" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D52" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="D52" s="2" t="s">
+      <c r="E52" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="F52" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="G52" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="F52" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="3">
-        <v>93830328383</v>
+        <v>53350248835</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>44178288500046</v>
+        <v>35119111900335</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="E53" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="D53" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F53" s="2" t="s">
-        <v>185</v>
+        <v>68</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="3">
-        <v>11921406692</v>
+        <v>53350248835</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>44229373400012</v>
+        <v>38416491900027</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="E54" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="D54" s="2"/>
-      <c r="E54" s="2" t="s">
+      <c r="F54" s="2" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I54" s="3">
-        <v>52440410944</v>
+        <v>82740024674</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>44344472400027</v>
+        <v>38416491900142</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="E55" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="D55" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F55" s="2" t="s">
-        <v>192</v>
+        <v>154</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="3">
-        <v>52490191449</v>
+        <v>82740024674</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>45270314300035</v>
+        <v>38416491900167</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>184</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>126</v>
+      </c>
       <c r="E56" s="2" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I56" s="3">
-        <v>52440442544</v>
+        <v>82740024674</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>48017681700066</v>
+        <v>38416491900191</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>196</v>
+        <v>184</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>168</v>
+        <v>193</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>169</v>
+        <v>194</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I57" s="3">
-        <v>11754890075</v>
+        <v>82740024674</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>78288388800029</v>
+        <v>39103248900018</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>81</v>
+        <v>198</v>
       </c>
       <c r="I58" s="3">
-        <v>93130682213</v>
+        <v>11920684192</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>81248797300040</v>
+        <v>78288388800029</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>204</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>29</v>
+        <v>198</v>
       </c>
       <c r="I59" s="3">
-        <v>75331033333</v>
+        <v>93130682213</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>84005616200018</v>
+        <v>79463728000023</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="3">
-        <v>93131729213</v>
+        <v>93060723106</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>85294311700014</v>
+        <v>79874596400063</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>184</v>
+        <v>102</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="G61" s="2"/>
+        <v>163</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>207</v>
+      </c>
       <c r="H61" s="2" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="I61" s="3">
-        <v>11922301292</v>
+        <v>52490305349</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>85294311700048</v>
+        <v>80047636800025</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="3">
-        <v>11922301292</v>
+        <v>31590865259</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>88120562900010</v>
+        <v>80414301400020</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>211</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>211</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>107</v>
+        <v>212</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>214</v>
+        <v>43</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="I63" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I63" s="3">
+        <v>25140276614</v>
+      </c>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>88217465900012</v>
+        <v>81248797300040</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="E64" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="D64" s="2"/>
-      <c r="E64" s="2" t="s">
+      <c r="F64" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="F64" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I64" s="3">
-        <v>11922335392</v>
+        <v>75331033333</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>88313515400028</v>
+        <v>81398319400016</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="E65" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="D65" s="2"/>
-      <c r="E65" s="2" t="s">
+      <c r="F65" s="2" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>222</v>
+        <v>85</v>
       </c>
       <c r="I65" s="3">
-        <v>11756157375</v>
+        <v>53290892529</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>88356652300014</v>
+        <v>82175021300034</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="E66" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="D66" s="2"/>
-      <c r="E66" s="2" t="s">
+      <c r="F66" s="2" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="3">
-        <v>84260298326</v>
+        <v>93131623713</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>89427013100010</v>
+        <v>82189572900019</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="D67" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="G67" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I67" s="3"/>
+      <c r="I67" s="3">
+        <v>11922191592</v>
+      </c>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>90023572200023</v>
+        <v>84005616200018</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="F68" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="F68" s="2" t="s">
+      <c r="G68" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I68" s="3">
-        <v>11756455475</v>
+        <v>93131729213</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>91900697300029</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>235</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="I69" s="3">
         <v>28140379314</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>92066345700017</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
         <v>237</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>238</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>239</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="3">
         <v>44510239051</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>19</v>
@@ -3897,31 +3897,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/13/2025 13:07:50</dc:description>
+  <dc:description>Export en date du 12/02/2025 02:34:48</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>