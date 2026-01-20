--- v1 (2025-12-02)
+++ v2 (2026-01-20)
@@ -124,639 +124,639 @@
   <si>
     <t>16/03/1983</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>7487P000187</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>ECOTEC</t>
+  </si>
+  <si>
+    <t>96 98 98 COURS D'ALSACE ET LORRAINE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/05/1986</t>
+  </si>
+  <si>
+    <t>29/02/2024</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNATIONALE TUNON- TUNON - WIN - CAP VERS</t>
+  </si>
+  <si>
+    <t>BATIMENT F 164 RUE DU FAUBOURG SAINT-HONORE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNATIONALE TUNON</t>
+  </si>
+  <si>
+    <t>36 BOULEVARD HEURTELOUP 37000 TOURS</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNATIONALE D'ACCUEIL TUNON</t>
+  </si>
+  <si>
+    <t>3 RUE ALBERT LAUTMANN 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>35 RUE DE TALLEYRAND 51100 REIMS</t>
+  </si>
+  <si>
+    <t>31/12/2022</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNAT D'ACCUEIL TUNON</t>
+  </si>
+  <si>
+    <t>100 RUE SAINTE 13007 MARSEILLE 7EME</t>
+  </si>
+  <si>
+    <t>01/09/2000</t>
+  </si>
+  <si>
+    <t>31/03/2024</t>
+  </si>
+  <si>
+    <t>7 RUE BOISSAC 69002 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>30/09/2023</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNATIONALE D'ACCUEIL PRIVE</t>
+  </si>
+  <si>
+    <t>57 RUE PIERRE MAUROY 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>TUNON - CAP VERS</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LA CHATTERIE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>15 RUE DES MAGASINS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>140 RUE ROBERT KOCH 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>TUNON</t>
+  </si>
+  <si>
+    <t>6 RUE DES MICHOTTES 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>148-150 27/29 AV AUGUSTE VEROLA 148 BOULEVARD DES JARDINIERS 06200 NICE</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>AFTEC</t>
+  </si>
+  <si>
+    <t>AFTEC-IHECF-IPAC BACHELOR FACTORY</t>
+  </si>
+  <si>
+    <t>23 RUE LOUIS KERAUTRET-BOTMEL 35000 RENNES</t>
+  </si>
+  <si>
+    <t>23/03/2001</t>
+  </si>
+  <si>
+    <t>AFTEC IPAC BACHELOR FACTORY MB WAY WIN SPORT SCHO</t>
+  </si>
+  <si>
+    <t>13 RUE MARTIN LUTHER KING 14280 SAINT-CONTEST</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
+    <t>AFTEC - MY DIGITAL SCHOOL - MBWAY - IPAX BACHELOR</t>
+  </si>
+  <si>
+    <t>4 RUE ALFRED KASTLER 14000 CAEN</t>
+  </si>
+  <si>
+    <t>31/08/2022</t>
+  </si>
+  <si>
+    <t>AFTEC - MY DIGITAL SCHOOL - MBWAY - IPAC BACHELOR</t>
+  </si>
+  <si>
+    <t>ATLANPARC ZONE DE KERLUHERNE 1 RUE MARIE CURIE 56890 PLESCOP</t>
+  </si>
+  <si>
+    <t>IPAC</t>
+  </si>
+  <si>
+    <t>MBWAY - IPAC - IPAC BACHELOR FACTORY - IPAC ONLINE</t>
+  </si>
+  <si>
+    <t>42 CHE DE LA PRAIRIE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>01/09/1992</t>
+  </si>
+  <si>
+    <t>MBWAY - IPAC BACHELOR FACTORY - IPAC - IPAC FORMAT</t>
+  </si>
+  <si>
+    <t>16 RUE DES CHASSEURS 74100 VILLE-LA-GRAND</t>
+  </si>
+  <si>
+    <t>PIGIER</t>
+  </si>
+  <si>
+    <t>BATIMENT HELIOPOLIS ENTREE H 16 RUE DU TOUR DE L’EAU 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>16/03/2015</t>
+  </si>
+  <si>
+    <t>MBWAY - IPAC - IPAC BACHELOR FACTORY - WIN SPORT</t>
+  </si>
+  <si>
+    <t>CENTRE DES SERVICES 15 BD DE LA MER CASPIENNE 73370 LE BOURGET-DU-LAC</t>
+  </si>
+  <si>
+    <t>13/01/2020</t>
+  </si>
+  <si>
+    <t>LUXURY HOTELSCHOOL PARIS</t>
+  </si>
+  <si>
+    <t>76 RUE VILLENEUVE 92110 CLICHY</t>
+  </si>
+  <si>
+    <t>23/04/1993</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>CONSEIL FORMATION QUALIFICATION</t>
+  </si>
+  <si>
+    <t>ISIFA PLUS VALUES - AFASOP - IPAC BACHELOR FACTOR</t>
+  </si>
+  <si>
+    <t>38 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>02/01/2017</t>
+  </si>
+  <si>
+    <t>ISIFA PLUS VALUES-AFASOP-IPAC BACHELOR FACTORY-MB</t>
+  </si>
+  <si>
+    <t>61 B RUE DES PEUPLIERS 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>FORMAVAR</t>
+  </si>
+  <si>
+    <t>FORMAPLUS</t>
+  </si>
+  <si>
+    <t>LE ROCK BLEU ZAC DES GARIL RUE DE LA MAGNANERIE 83520 ROQUEBRUNE-SUR-ARGENS</t>
+  </si>
+  <si>
+    <t>01/06/2005</t>
+  </si>
+  <si>
+    <t>515 AVENUE PABLO PICASSO 83160 LA VALETTE-DU-VAR</t>
+  </si>
+  <si>
+    <t>10/09/2015</t>
+  </si>
+  <si>
+    <t>ALTERNANCE PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>ESPACE PERFORMANCE LA FLEURIAYE AVENUE DU PROFESSEUR JEAN ROUXEL 44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>08/01/2011</t>
+  </si>
+  <si>
+    <t>ECO COM</t>
+  </si>
+  <si>
+    <t>ISCOM MY DIGITAL SCHOOL</t>
+  </si>
+  <si>
+    <t>BP CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DE SAVOIE 57800 FREYMING-MERLEBACH</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>ALTERNANCE SEVRE ET VIENNE</t>
+  </si>
+  <si>
+    <t>12 RUE DE L'ANGELIQUE 79000 BESSINES</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>STK</t>
+  </si>
+  <si>
+    <t>ZAE HEIDEN EST 25 RUE DES PAYS-BAS 68310 WITTELSHEIM</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>ISAL</t>
+  </si>
+  <si>
+    <t>122 RUE MARCADET 75018 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>ASSOC JEANNE PERRIMOND</t>
+  </si>
+  <si>
+    <t>244 CHEMIN DU ROUCAS BLANC 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>LODIMA OUEST</t>
   </si>
   <si>
     <t>45 RUE LOUIS BLERIOT 35170 BRUZ</t>
   </si>
   <si>
     <t>26/09/2019</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>ACFA-MULTIMEDIA</t>
   </si>
   <si>
     <t>ACFA MULTIMEDIA / ESIMODE / STUDIO M / SUPCREA</t>
   </si>
   <si>
     <t>54 RUE DU PECH 31100 TOULOUSE</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
-    <t>31/03/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>ALPHA COMMUNICATION FORMATION</t>
   </si>
   <si>
     <t>IFASUD</t>
   </si>
   <si>
     <t>185 PLACE DE LA LIBERTE 83000 TOULON</t>
   </si>
   <si>
     <t>01/08/2007</t>
   </si>
   <si>
     <t>C3 INSTITUTE</t>
   </si>
   <si>
     <t>101 RUE DE LA FONTAINE GRELOT 92160 ANTONY</t>
   </si>
   <si>
     <t>06/10/2010</t>
   </si>
   <si>
     <t>CFP ECOLE NANTAISE DE COMMERCE-ENC</t>
   </si>
   <si>
     <t>6 RUE CREBILLON 44000 NANTES</t>
   </si>
   <si>
     <t>31/05/2002</t>
   </si>
   <si>
     <t>ESPL-ECOLE SUPERIEURE DES PAYS DE LOIRE</t>
   </si>
   <si>
     <t>ESPL - IPAC BACHELOR FACTORY - TUNON</t>
   </si>
   <si>
     <t>19 RUE LE NOTRE 49000 ANGERS</t>
   </si>
   <si>
     <t>01/01/2009</t>
   </si>
   <si>
-    <t>ALTERNANCE PAYS DE LA LOIRE</t>
-[...89 lines deleted...]
-    <t>70.22Z</t>
+    <t>LA COMPAGNIE DE FORMATION</t>
+  </si>
+  <si>
+    <t>LA CIE DE FORMATION PIGIER</t>
+  </si>
+  <si>
+    <t>15 ET 17 15 RUE DES MAGASINS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>30/12/1996</t>
+  </si>
+  <si>
+    <t>210 LA TOLOSANE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>31/12/1996</t>
+  </si>
+  <si>
+    <t>PIGIER- MBWAY-IHECF-WIN SPORT SCHOOL</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>LES ATELIERS 11 RUE LOUIS BLERIOT 33130 BEGLES</t>
+  </si>
+  <si>
+    <t>01/05/2014</t>
+  </si>
+  <si>
+    <t>PIGIER/MBWAY</t>
+  </si>
+  <si>
+    <t>LE MILLENAIRE ALLEE JEAN-MARIE TJIBAOU 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>31/12/2014</t>
+  </si>
+  <si>
+    <t>MBWAY</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 1 RUE PIERRE BOURDEIX 69007 LYON</t>
   </si>
   <si>
     <t>ALTERNANCE AZUR</t>
   </si>
   <si>
     <t>ALTERNANCE HAUTES-ALPES</t>
   </si>
   <si>
     <t>BAT LE CONCORDE 48 BOULEVARD GEORGES POMPIDOU 05000 GAP</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
-    <t>ISAL</t>
-[...5 lines deleted...]
-    <t>01/09/2022</t>
+    <t>ALTERNANCE SUD AZUR</t>
+  </si>
+  <si>
+    <t>2 RUE JULES BELLEUDY 06200 NICE</t>
+  </si>
+  <si>
+    <t>29/10/2015</t>
+  </si>
+  <si>
+    <t>18/10/2024</t>
+  </si>
+  <si>
+    <t>OPEN CAMPUS D'ANGERS</t>
+  </si>
+  <si>
+    <t>2 COURS DE L'INTENDANCE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>28/10/2024</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>ALTERNANCE NORD PAS DE CALAIS</t>
+  </si>
+  <si>
+    <t>1 RUE PIERRE ET MARIE CURIE 59260 LEZENNES</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>ISPN</t>
+  </si>
+  <si>
+    <t>6 AVENUE MARECHAL MONTGOMERY 14000 CAEN</t>
+  </si>
+  <si>
+    <t>OCTO</t>
+  </si>
+  <si>
+    <t>SUPMODE</t>
+  </si>
+  <si>
+    <t>HALL D NUMERO 83- 31 COURS DUPRE DE SAINT MAUR 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>20/05/2022</t>
+  </si>
+  <si>
+    <t>CAMPUS D'ENSEIGNEMENT SUPERIEURE PRIVE DE BREST</t>
+  </si>
+  <si>
+    <t>CESPB</t>
+  </si>
+  <si>
+    <t>475 RUE JOSEPHINE PENCALET 29200 BREST</t>
+  </si>
+  <si>
+    <t>25/09/2015</t>
+  </si>
+  <si>
+    <t>M2S FORMATION SCHOOL</t>
+  </si>
+  <si>
+    <t>M2S CAMPUS</t>
+  </si>
+  <si>
+    <t>BAT LE MARCONI-TERTIOPOLE DU GRIFFO 511 ROUTE DE LA SEDS 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>01/06/2021</t>
+  </si>
+  <si>
+    <t>RE FORMATION</t>
+  </si>
+  <si>
+    <t>HUPSO</t>
+  </si>
+  <si>
+    <t>5 RUE JOSEPHINE 92210 SAINT-CLOUD</t>
+  </si>
+  <si>
+    <t>01/09/2016</t>
+  </si>
+  <si>
+    <t>M2S FORMATION AUBAGNE SAS</t>
+  </si>
+  <si>
+    <t>23 AVENUE DES GOUMS 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>17/06/2024</t>
   </si>
   <si>
     <t>C3 CFA</t>
   </si>
   <si>
     <t>26/07/2019</t>
   </si>
   <si>
     <t>7 RUE JEAN BAPTISTE COROT 45100 ORLEANS</t>
   </si>
   <si>
     <t>01/06/2022</t>
   </si>
   <si>
     <t>CAMPUS ACADEMY AIX</t>
   </si>
   <si>
-    <t>2 COURS DE L'INTENDANCE 33000 BORDEAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>27/12/2019</t>
   </si>
   <si>
-    <t>70.10Z</t>
-[...1 lines deleted...]
-  <si>
     <t>PSTM</t>
   </si>
   <si>
     <t>13 RUE CAMILLE DESMOULINS 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>10/06/2024</t>
   </si>
   <si>
     <t>PARIS NORD BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>60 RUE DE LA JONQUIERE 75017 PARIS</t>
   </si>
   <si>
     <t>20/05/2021</t>
   </si>
   <si>
     <t>70.21Z</t>
   </si>
   <si>
     <t>ACCOMPAGNEMENT ET FORMATION POUR LE DEVELOPPEMENT DES ENTREPRISES</t>
   </si>
   <si>
     <t>870 ROUTE DE SAINT-MICHEL 26260 CLERIEUX</t>
   </si>
   <si>
     <t>06/05/2020</t>
   </si>
   <si>
-    <t>LA COMPAGNIE DE FORMATION</t>
-[...142 lines deleted...]
-  <si>
     <t>GOO FORMATION</t>
   </si>
   <si>
     <t>355 C CHEMIN DU CHATEAUVIEUX 26750 TRIORS</t>
   </si>
   <si>
     <t>25/01/2021</t>
   </si>
   <si>
     <t>31/12/2023</t>
   </si>
   <si>
     <t>ISTEC</t>
   </si>
   <si>
     <t>128-130 128 QUAI DE JEMMAPES 75010 PARIS</t>
   </si>
   <si>
     <t>31/08/2021</t>
-  </si>
-[...184 lines deleted...]
-    <t>17/06/2024</t>
   </si>
   <si>
     <t>OPEN CAMPUS DE CAEN</t>
   </si>
   <si>
     <t>4 RUE MARTIN LUTHER KING 14280 SAINT-CONTEST</t>
   </si>
   <si>
     <t>07/09/2022</t>
   </si>
   <si>
     <t>ECOLE FRANCAISE DE L'ALTERNANCE</t>
   </si>
   <si>
     <t>28 RUE BUIRETTE 51100 REIMS</t>
   </si>
   <si>
     <t>20/10/2022</t>
   </si>
   <si>
     <t>25/07/2023</t>
   </si>
 </sst>
 </file>
 
@@ -1336,2524 +1336,2524 @@
       <c r="F5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>42968925000067</v>
+        <v>33830238300025</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G6" s="2"/>
+        <v>39</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="I6" s="3">
-        <v>53350665235</v>
+        <v>11754932575</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>42986464800036</v>
+        <v>33830238300041</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="C7" s="2" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I7" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I7" s="3">
+        <v>11754932575</v>
+      </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>44057291500021</v>
+        <v>33830238300058</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="G8" s="2"/>
+        <v>39</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="H8" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I8" s="3">
-        <v>93830328383</v>
+        <v>11754932575</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>44178288500046</v>
+        <v>33830238300116</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>37</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G9" s="2"/>
+        <v>39</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="H9" s="2" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="I9" s="3">
-        <v>11921406692</v>
+        <v>11754932575</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>44229373400012</v>
+        <v>33830238300124</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>37</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G10" s="2"/>
+        <v>39</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="H10" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I10" s="3">
-        <v>52440410944</v>
+        <v>11754932575</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>44344472400027</v>
+        <v>33830238300215</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="G11" s="2"/>
+        <v>53</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="H11" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="3">
-        <v>52490191449</v>
+        <v>11754932575</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>45270314300035</v>
+        <v>33830238300231</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G12" s="2"/>
+        <v>56</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>57</v>
+      </c>
       <c r="H12" s="2" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="I12" s="3">
-        <v>52440442544</v>
+        <v>11754932575</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>40132583200087</v>
+        <v>33830238300264</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>62</v>
+        <v>37</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G13" s="2"/>
+        <v>60</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="H13" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I13" s="3">
-        <v>11930303993</v>
+        <v>11754932575</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>40132583200103</v>
+        <v>33830238300272</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="D14" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="2" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I14" s="3">
-        <v>11930303993</v>
+        <v>11754932575</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>41895538100045</v>
+        <v>33830238300322</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I15" s="3">
-        <v>93830251083</v>
+        <v>11754932575</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>41895538100052</v>
+        <v>33830238300330</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>37</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="G16" s="2"/>
+        <v>67</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="H16" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I16" s="3">
-        <v>93830251083</v>
+        <v>11754932575</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>48017681700066</v>
+        <v>33830238300355</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I17" s="3">
-        <v>11754890075</v>
+        <v>11754932575</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>48468982300033</v>
+        <v>33830238300363</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>37</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="I18" s="3">
-        <v>41570246157</v>
+        <v>11754932575</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>48832827900069</v>
+        <v>35119111900160</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D19" s="2"/>
+        <v>74</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>75</v>
+      </c>
       <c r="E19" s="2" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>54790080179</v>
+        <v>53350248835</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>48953429700077</v>
+        <v>35119111900285</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D20" s="2"/>
+        <v>74</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>78</v>
+      </c>
       <c r="E20" s="2" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="G20" s="2"/>
+        <v>80</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>81</v>
+      </c>
       <c r="H20" s="2" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3">
-        <v>42680169768</v>
+        <v>53350248835</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>49301662000020</v>
+        <v>35119111900319</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="G21" s="2"/>
+        <v>73</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>84</v>
+      </c>
       <c r="H21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="3">
-        <v>93050071105</v>
+        <v>53350248835</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>75003236900035</v>
+        <v>35119111900335</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+        <v>74</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>85</v>
+      </c>
       <c r="E22" s="2" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>11755461575</v>
+        <v>53350248835</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>85294311700014</v>
+        <v>38416491900027</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I23" s="3">
-        <v>11922301292</v>
+        <v>82740024674</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>85294311700048</v>
+        <v>38416491900142</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>91</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I24" s="3">
-        <v>11922301292</v>
+        <v>82740024674</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>88120562900010</v>
+        <v>38416491900167</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="I25" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I25" s="3">
+        <v>82740024674</v>
+      </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>88217465900012</v>
+        <v>38416491900191</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D26" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>96</v>
+      </c>
       <c r="E26" s="2" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I26" s="3">
-        <v>11922335392</v>
+        <v>82740024674</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>88313515400028</v>
+        <v>39103248900018</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="I27" s="3">
-        <v>11756157375</v>
+        <v>11920684192</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>88356652300014</v>
+        <v>40132583200087</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>103</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>104</v>
+      </c>
       <c r="E28" s="2" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>84260298326</v>
+        <v>11930303993</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>32922456200184</v>
+        <v>40132583200103</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>119</v>
+        <v>71</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I29" s="3">
-        <v>11755201275</v>
+        <v>11930303993</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>32922456200259</v>
+        <v>41895538100045</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="D30" s="2"/>
+        <v>109</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>110</v>
+      </c>
       <c r="E30" s="2" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I30" s="3">
-        <v>11755201275</v>
+        <v>93830251083</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>32922456200572</v>
+        <v>41895538100052</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I31" s="3">
-        <v>11755201275</v>
+        <v>93830251083</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>32922456200606</v>
+        <v>45270314300035</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="D32" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="2" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I32" s="3">
-        <v>11755201275</v>
+        <v>52440442544</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>32922456200614</v>
+        <v>48017681700066</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>130</v>
+        <v>59</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>131</v>
+        <v>60</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I33" s="3">
-        <v>11755201275</v>
+        <v>11754890075</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>32922456200705</v>
+        <v>48468982300033</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>68</v>
+        <v>122</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I34" s="3">
-        <v>11755201275</v>
+        <v>41570246157</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>33830238300025</v>
+        <v>48832827900069</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>134</v>
+        <v>123</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>135</v>
+        <v>124</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>85</v>
+        <v>41</v>
       </c>
       <c r="I35" s="3">
-        <v>11754932575</v>
+        <v>54790080179</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>33830238300041</v>
+        <v>48953429700077</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>29</v>
+        <v>129</v>
       </c>
       <c r="I36" s="3">
-        <v>11754932575</v>
+        <v>42680169768</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>33830238300058</v>
+        <v>75003236900035</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I37" s="3">
-        <v>11754932575</v>
+        <v>11755461575</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>33830238300116</v>
+        <v>78288388800029</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D38" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F38" s="2" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>85</v>
+        <v>102</v>
       </c>
       <c r="I38" s="3">
-        <v>11754932575</v>
+        <v>93130682213</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>33830238300124</v>
+        <v>42968925000067</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>11754932575</v>
+        <v>53350665235</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>33830238300215</v>
+        <v>42986464800036</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>33830238300231</v>
+        <v>44057291500021</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D41" s="2"/>
+        <v>143</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>144</v>
+      </c>
       <c r="E41" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I41" s="3">
-        <v>11754932575</v>
+        <v>93830328383</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>33830238300264</v>
+        <v>44178288500046</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>77</v>
+        <v>148</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I42" s="3">
-        <v>11754932575</v>
+        <v>11921406692</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>33830238300272</v>
+        <v>44229373400012</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>124</v>
+        <v>151</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>11754932575</v>
+        <v>52440410944</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>33830238300322</v>
+        <v>44344472400027</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="3">
-        <v>11754932575</v>
+        <v>52490191449</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>33830238300330</v>
+        <v>32922456200184</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>134</v>
+        <v>157</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>140</v>
+        <v>158</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="I45" s="3">
-        <v>11754932575</v>
+        <v>11755201275</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>33830238300355</v>
+        <v>32922456200259</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="G46" s="2"/>
+        <v>162</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="H46" s="2" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="I46" s="3">
-        <v>11754932575</v>
+        <v>11755201275</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>33830238300363</v>
+        <v>32922456200572</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>134</v>
+        <v>157</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>162</v>
+        <v>62</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>85</v>
+        <v>41</v>
       </c>
       <c r="I47" s="3">
-        <v>11754932575</v>
+        <v>11755201275</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>89427013100010</v>
+        <v>32922456200606</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D48" s="2"/>
+        <v>157</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="E48" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="G48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I48" s="3"/>
+        <v>41</v>
+      </c>
+      <c r="I48" s="3">
+        <v>11755201275</v>
+      </c>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>90023572200023</v>
+        <v>32922456200614</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="E49" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="D49" s="2"/>
-      <c r="E49" s="2" t="s">
+      <c r="F49" s="2" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="I49" s="3">
-        <v>11756455475</v>
+        <v>11755201275</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>35119111900160</v>
+        <v>32922456200705</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="E50" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="D50" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F50" s="2" t="s">
-        <v>174</v>
+        <v>71</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="I50" s="3">
-        <v>53350248835</v>
+        <v>11755201275</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>35119111900285</v>
+        <v>49301662000020</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D51" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="E51" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="3">
-        <v>53350248835</v>
+        <v>93050071105</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>35119111900319</v>
+        <v>79463728000023</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D52" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="G52" s="2" t="s">
         <v>179</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="3">
-        <v>53350248835</v>
+        <v>93060723106</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>35119111900335</v>
+        <v>79874596400063</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D53" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="G53" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="E53" s="2" t="s">
+      <c r="H53" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="F53" s="2" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="I53" s="3">
-        <v>53350248835</v>
+        <v>52490305349</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>38416491900027</v>
+        <v>80047636800025</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="D54" s="2" t="s">
+      <c r="D54" s="2"/>
+      <c r="E54" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="E54" s="2" t="s">
+      <c r="F54" s="2" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I54" s="3">
-        <v>82740024674</v>
+        <v>31590865259</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>38416491900142</v>
+        <v>80414301400020</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D55" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="E55" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="E55" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="2" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I55" s="3">
-        <v>82740024674</v>
+        <v>25140276614</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>38416491900167</v>
+        <v>81248797300040</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>126</v>
+        <v>190</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="3">
-        <v>82740024674</v>
+        <v>75331033333</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>38416491900191</v>
+        <v>81398319400016</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="I57" s="3">
-        <v>82740024674</v>
+        <v>53290892529</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>39103248900018</v>
+        <v>82175021300034</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>197</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>198</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>198</v>
+        <v>18</v>
       </c>
       <c r="I58" s="3">
-        <v>11920684192</v>
+        <v>93131623713</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>78288388800029</v>
+        <v>82189572900019</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="D59" s="2"/>
+        <v>201</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>202</v>
+      </c>
       <c r="E59" s="2" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>198</v>
+        <v>18</v>
       </c>
       <c r="I59" s="3">
-        <v>93130682213</v>
+        <v>11922191592</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>79463728000023</v>
+        <v>84005616200018</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="3">
-        <v>93060723106</v>
+        <v>93131729213</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>79874596400063</v>
+        <v>85294311700014</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>102</v>
+        <v>148</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>163</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="I61" s="3">
-        <v>52490305349</v>
+        <v>11922301292</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>80047636800025</v>
+        <v>85294311700048</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="3">
-        <v>31590865259</v>
+        <v>11922301292</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>80414301400020</v>
+        <v>88120562900010</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>213</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>212</v>
+        <v>181</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>43</v>
+        <v>214</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>81248797300040</v>
+        <v>88217465900012</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="G64" s="2"/>
+        <v>217</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>218</v>
+      </c>
       <c r="H64" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I64" s="3">
-        <v>75331033333</v>
+        <v>11922335392</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>81398319400016</v>
+        <v>88313515400028</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>85</v>
+        <v>222</v>
       </c>
       <c r="I65" s="3">
-        <v>53290892529</v>
+        <v>11756157375</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>82175021300034</v>
+        <v>88356652300014</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>221</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="3">
-        <v>93131623713</v>
+        <v>84260298326</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>82189572900019</v>
+        <v>89427013100010</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="D67" s="2" t="s">
         <v>226</v>
       </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="G67" s="2"/>
+      <c r="G67" s="2" t="s">
+        <v>229</v>
+      </c>
       <c r="H67" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I67" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I67" s="3"/>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>84005616200018</v>
+        <v>90023572200023</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="G68" s="2" t="s">
         <v>232</v>
       </c>
+      <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I68" s="3">
-        <v>93131729213</v>
+        <v>11756455475</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>91900697300029</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>235</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>85</v>
+        <v>41</v>
       </c>
       <c r="I69" s="3">
         <v>28140379314</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>92066345700017</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
         <v>237</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>238</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>239</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="3">
         <v>44510239051</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>19</v>
@@ -3897,31 +3897,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/02/2025 02:34:48</dc:description>
+  <dc:description>Export en date du 01/20/2026 12:07:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>