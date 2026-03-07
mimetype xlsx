--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -124,158 +124,206 @@
   <si>
     <t>16/03/1983</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>7487P000187</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
+    <t>LA COMPAGNIE DE FORMATION</t>
+  </si>
+  <si>
+    <t>LA CIE DE FORMATION PIGIER</t>
+  </si>
+  <si>
+    <t>15 ET 17 15 RUE DES MAGASINS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>30/12/1996</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
+    <t>210 LA TOLOSANE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>31/12/1996</t>
+  </si>
+  <si>
+    <t>31/12/2022</t>
+  </si>
+  <si>
+    <t>PIGIER- MBWAY-IHECF-WIN SPORT SCHOOL</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LA CHATTERIE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>PIGIER</t>
+  </si>
+  <si>
+    <t>LES ATELIERS 11 RUE LOUIS BLERIOT 33130 BEGLES</t>
+  </si>
+  <si>
+    <t>01/05/2014</t>
+  </si>
+  <si>
+    <t>PIGIER/MBWAY</t>
+  </si>
+  <si>
+    <t>LE MILLENAIRE ALLEE JEAN-MARIE TJIBAOU 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>31/12/2014</t>
+  </si>
+  <si>
+    <t>MBWAY</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 1 RUE PIERRE BOURDEIX 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
     <t>ECOTEC</t>
   </si>
   <si>
     <t>96 98 98 COURS D'ALSACE ET LORRAINE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/05/1986</t>
   </si>
   <si>
     <t>29/02/2024</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ECOLE INTERNATIONALE TUNON- TUNON - WIN - CAP VERS</t>
   </si>
   <si>
     <t>BATIMENT F 164 RUE DU FAUBOURG SAINT-HONORE 75008 PARIS</t>
   </si>
   <si>
     <t>ECOLE INTERNATIONALE TUNON</t>
   </si>
   <si>
     <t>36 BOULEVARD HEURTELOUP 37000 TOURS</t>
   </si>
   <si>
     <t>ECOLE INTERNATIONALE D'ACCUEIL TUNON</t>
   </si>
   <si>
     <t>3 RUE ALBERT LAUTMANN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>35 RUE DE TALLEYRAND 51100 REIMS</t>
   </si>
   <si>
-    <t>31/12/2022</t>
-[...1 lines deleted...]
-  <si>
     <t>ECOLE INTERNAT D'ACCUEIL TUNON</t>
   </si>
   <si>
     <t>100 RUE SAINTE 13007 MARSEILLE 7EME</t>
   </si>
   <si>
     <t>01/09/2000</t>
   </si>
   <si>
     <t>31/03/2024</t>
   </si>
   <si>
     <t>7 RUE BOISSAC 69002 LYON</t>
   </si>
   <si>
     <t>01/01/2008</t>
   </si>
   <si>
     <t>30/09/2023</t>
   </si>
   <si>
     <t>ECOLE INTERNATIONALE D'ACCUEIL PRIVE</t>
   </si>
   <si>
     <t>57 RUE PIERRE MAUROY 59800 LILLE</t>
   </si>
   <si>
     <t>01/09/2013</t>
   </si>
   <si>
     <t>TUNON - CAP VERS</t>
   </si>
   <si>
-    <t>4 CHEMIN DE LA CHATTERIE 44800 SAINT-HERBLAIN</t>
-[...1 lines deleted...]
-  <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>15 RUE DES MAGASINS 67000 STRASBOURG</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>140 RUE ROBERT KOCH 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>01/08/2019</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
     <t>TUNON</t>
   </si>
   <si>
     <t>6 RUE DES MICHOTTES 54000 NANCY</t>
   </si>
   <si>
-    <t>01/09/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>148-150 27/29 AV AUGUSTE VEROLA 148 BOULEVARD DES JARDINIERS 06200 NICE</t>
   </si>
   <si>
     <t>01/09/2020</t>
   </si>
   <si>
     <t>AFTEC</t>
   </si>
   <si>
     <t>AFTEC-IHECF-IPAC BACHELOR FACTORY</t>
   </si>
   <si>
     <t>23 RUE LOUIS KERAUTRET-BOTMEL 35000 RENNES</t>
   </si>
   <si>
     <t>23/03/2001</t>
   </si>
   <si>
     <t>AFTEC IPAC BACHELOR FACTORY MB WAY WIN SPORT SCHO</t>
   </si>
   <si>
     <t>13 RUE MARTIN LUTHER KING 14280 SAINT-CONTEST</t>
   </si>
   <si>
     <t>01/03/2017</t>
@@ -295,348 +343,300 @@
   <si>
     <t>AFTEC - MY DIGITAL SCHOOL - MBWAY - IPAC BACHELOR</t>
   </si>
   <si>
     <t>ATLANPARC ZONE DE KERLUHERNE 1 RUE MARIE CURIE 56890 PLESCOP</t>
   </si>
   <si>
     <t>IPAC</t>
   </si>
   <si>
     <t>MBWAY - IPAC - IPAC BACHELOR FACTORY - IPAC ONLINE</t>
   </si>
   <si>
     <t>42 CHE DE LA PRAIRIE 74000 ANNECY</t>
   </si>
   <si>
     <t>01/09/1992</t>
   </si>
   <si>
     <t>MBWAY - IPAC BACHELOR FACTORY - IPAC - IPAC FORMAT</t>
   </si>
   <si>
     <t>16 RUE DES CHASSEURS 74100 VILLE-LA-GRAND</t>
   </si>
   <si>
-    <t>PIGIER</t>
-[...1 lines deleted...]
-  <si>
     <t>BATIMENT HELIOPOLIS ENTREE H 16 RUE DU TOUR DE L’EAU 38400 SAINT-MARTIN-D'HERES</t>
   </si>
   <si>
     <t>16/03/2015</t>
   </si>
   <si>
     <t>MBWAY - IPAC - IPAC BACHELOR FACTORY - WIN SPORT</t>
   </si>
   <si>
     <t>CENTRE DES SERVICES 15 BD DE LA MER CASPIENNE 73370 LE BOURGET-DU-LAC</t>
   </si>
   <si>
     <t>13/01/2020</t>
   </si>
   <si>
     <t>LUXURY HOTELSCHOOL PARIS</t>
   </si>
   <si>
     <t>76 RUE VILLENEUVE 92110 CLICHY</t>
   </si>
   <si>
     <t>23/04/1993</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>OCTO</t>
+  </si>
+  <si>
+    <t>SUPMODE</t>
+  </si>
+  <si>
+    <t>HALL D NUMERO 83- 31 COURS DUPRE DE SAINT MAUR 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>20/05/2022</t>
+  </si>
+  <si>
+    <t>BP CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DE SAVOIE 57800 FREYMING-MERLEBACH</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
     <t>CONSEIL FORMATION QUALIFICATION</t>
   </si>
   <si>
     <t>ISIFA PLUS VALUES - AFASOP - IPAC BACHELOR FACTOR</t>
   </si>
   <si>
     <t>38 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>02/01/2017</t>
   </si>
   <si>
     <t>ISIFA PLUS VALUES-AFASOP-IPAC BACHELOR FACTORY-MB</t>
   </si>
   <si>
     <t>61 B RUE DES PEUPLIERS 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>FORMAVAR</t>
   </si>
   <si>
     <t>FORMAPLUS</t>
   </si>
   <si>
     <t>LE ROCK BLEU ZAC DES GARIL RUE DE LA MAGNANERIE 83520 ROQUEBRUNE-SUR-ARGENS</t>
   </si>
   <si>
     <t>01/06/2005</t>
   </si>
   <si>
     <t>515 AVENUE PABLO PICASSO 83160 LA VALETTE-DU-VAR</t>
   </si>
   <si>
     <t>10/09/2015</t>
   </si>
   <si>
+    <t>LODIMA OUEST</t>
+  </si>
+  <si>
+    <t>45 RUE LOUIS BLERIOT 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>26/09/2019</t>
+  </si>
+  <si>
+    <t>ACFA-MULTIMEDIA</t>
+  </si>
+  <si>
+    <t>ACFA MULTIMEDIA / ESIMODE / STUDIO M / SUPCREA</t>
+  </si>
+  <si>
+    <t>54 RUE DU PECH 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>ALPHA COMMUNICATION FORMATION</t>
+  </si>
+  <si>
+    <t>IFASUD</t>
+  </si>
+  <si>
+    <t>185 PLACE DE LA LIBERTE 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/08/2007</t>
+  </si>
+  <si>
+    <t>C3 INSTITUTE</t>
+  </si>
+  <si>
+    <t>101 RUE DE LA FONTAINE GRELOT 92160 ANTONY</t>
+  </si>
+  <si>
+    <t>06/10/2010</t>
+  </si>
+  <si>
+    <t>CFP ECOLE NANTAISE DE COMMERCE-ENC</t>
+  </si>
+  <si>
+    <t>6 RUE CREBILLON 44000 NANTES</t>
+  </si>
+  <si>
+    <t>31/05/2002</t>
+  </si>
+  <si>
+    <t>ESPL-ECOLE SUPERIEURE DES PAYS DE LOIRE</t>
+  </si>
+  <si>
+    <t>ESPL - IPAC BACHELOR FACTORY - TUNON</t>
+  </si>
+  <si>
+    <t>19 RUE LE NOTRE 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
     <t>ALTERNANCE PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>ESPACE PERFORMANCE LA FLEURIAYE AVENUE DU PROFESSEUR JEAN ROUXEL 44470 CARQUEFOU</t>
   </si>
   <si>
     <t>08/01/2011</t>
   </si>
   <si>
     <t>ECO COM</t>
   </si>
   <si>
     <t>ISCOM MY DIGITAL SCHOOL</t>
   </si>
   <si>
-    <t>BP CONSEIL FORMATION</t>
-[...7 lines deleted...]
-  <si>
     <t>ALTERNANCE SEVRE ET VIENNE</t>
   </si>
   <si>
     <t>12 RUE DE L'ANGELIQUE 79000 BESSINES</t>
   </si>
   <si>
     <t>01/11/2021</t>
   </si>
   <si>
     <t>STK</t>
   </si>
   <si>
     <t>ZAE HEIDEN EST 25 RUE DES PAYS-BAS 68310 WITTELSHEIM</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>ALTERNANCE AZUR</t>
+  </si>
+  <si>
+    <t>ALTERNANCE HAUTES-ALPES</t>
+  </si>
+  <si>
+    <t>BAT LE CONCORDE 48 BOULEVARD GEORGES POMPIDOU 05000 GAP</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
     <t>ISAL</t>
   </si>
   <si>
     <t>122 RUE MARCADET 75018 PARIS</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>ASSOC JEANNE PERRIMOND</t>
   </si>
   <si>
     <t>244 CHEMIN DU ROUCAS BLANC 13007 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>LODIMA OUEST</t>
-[...118 lines deleted...]
-  <si>
     <t>ALTERNANCE SUD AZUR</t>
   </si>
   <si>
     <t>2 RUE JULES BELLEUDY 06200 NICE</t>
   </si>
   <si>
     <t>29/10/2015</t>
   </si>
   <si>
     <t>18/10/2024</t>
   </si>
   <si>
     <t>OPEN CAMPUS D'ANGERS</t>
   </si>
   <si>
     <t>2 COURS DE L'INTENDANCE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>28/10/2024</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>ALTERNANCE NORD PAS DE CALAIS</t>
   </si>
   <si>
     <t>1 RUE PIERRE ET MARIE CURIE 59260 LEZENNES</t>
   </si>
   <si>
     <t>01/10/2021</t>
   </si>
   <si>
     <t>ISPN</t>
   </si>
   <si>
     <t>6 AVENUE MARECHAL MONTGOMERY 14000 CAEN</t>
-  </si>
-[...10 lines deleted...]
-    <t>20/05/2022</t>
   </si>
   <si>
     <t>CAMPUS D'ENSEIGNEMENT SUPERIEURE PRIVE DE BREST</t>
   </si>
   <si>
     <t>CESPB</t>
   </si>
   <si>
     <t>475 RUE JOSEPHINE PENCALET 29200 BREST</t>
   </si>
   <si>
     <t>25/09/2015</t>
   </si>
   <si>
     <t>M2S FORMATION SCHOOL</t>
   </si>
   <si>
     <t>M2S CAMPUS</t>
   </si>
   <si>
     <t>BAT LE MARCONI-TERTIOPOLE DU GRIFFO 511 ROUTE DE LA SEDS 13127 VITROLLES</t>
   </si>
   <si>
     <t>01/06/2021</t>
   </si>
@@ -1336,2051 +1336,2025 @@
       <c r="F5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>33830238300025</v>
+        <v>32922456200184</v>
       </c>
       <c r="B6" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c r="D6" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="G6" s="2" t="s">
+      <c r="G6" s="2"/>
+      <c r="H6" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="H6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" s="3">
-        <v>11754932575</v>
+        <v>11755201275</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>33830238300041</v>
+        <v>32922456200259</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="F7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="2"/>
+      <c r="G7" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="H7" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>33830238300058</v>
+        <v>32922456200572</v>
       </c>
       <c r="B8" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="C8" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G8" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="H8" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I8" s="3">
-        <v>11754932575</v>
+        <v>11755201275</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>33830238300116</v>
+        <v>32922456200606</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="C9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
-        <v>11754932575</v>
+        <v>11755201275</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>33830238300124</v>
+        <v>32922456200614</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="C10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" s="2" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="I10" s="3">
-        <v>11754932575</v>
+        <v>11755201275</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>33830238300215</v>
+        <v>32922456200705</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="C11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="2" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
-        <v>11754932575</v>
+        <v>11755201275</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>33830238300231</v>
+        <v>33830238300025</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>33830238300264</v>
+        <v>33830238300041</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="E13" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="3">
         <v>11754932575</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>33830238300272</v>
+        <v>33830238300058</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="G14" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>60</v>
+      </c>
       <c r="H14" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I14" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>33830238300322</v>
+        <v>33830238300116</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G15" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="H15" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>33830238300330</v>
+        <v>33830238300124</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="D16" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="G16" s="2" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>68</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I16" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>33830238300355</v>
+        <v>33830238300215</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="G17" s="2"/>
+      <c r="G17" s="2" t="s">
+        <v>72</v>
+      </c>
       <c r="H17" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>33830238300363</v>
+        <v>33830238300231</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="G18" s="2"/>
+        <v>74</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>75</v>
+      </c>
       <c r="H18" s="2" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>35119111900160</v>
+        <v>33830238300264</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="G19" s="2"/>
+        <v>78</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>72</v>
+      </c>
       <c r="H19" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>35119111900285</v>
+        <v>33830238300272</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>46</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="G20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I20" s="3">
-        <v>53350248835</v>
+        <v>11754932575</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>35119111900319</v>
+        <v>33830238300322</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="D21" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="E21" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I21" s="3">
-        <v>53350248835</v>
+        <v>11754932575</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>35119111900335</v>
+        <v>33830238300330</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="D22" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="G22" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="E22" s="2" t="s">
-[...5 lines deleted...]
-      <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>38416491900027</v>
+        <v>33830238300355</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D23" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F23" s="2" t="s">
-        <v>90</v>
+        <v>56</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="3">
-        <v>82740024674</v>
+        <v>11754932575</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>38416491900142</v>
+        <v>33830238300363</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>87</v>
+        <v>57</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="I24" s="3">
-        <v>82740024674</v>
+        <v>11754932575</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>38416491900167</v>
+        <v>35119111900160</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D25" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I25" s="3">
-        <v>82740024674</v>
+        <v>53350248835</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>38416491900191</v>
+        <v>35119111900285</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D26" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="G26" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="F26" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>39103248900018</v>
+        <v>35119111900319</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="E27" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="D27" s="2"/>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="G27" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="F27" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>40132583200087</v>
+        <v>35119111900335</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>106</v>
+        <v>56</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>11930303993</v>
+        <v>53350248835</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>40132583200103</v>
+        <v>38416491900027</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>71</v>
+        <v>106</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I29" s="3">
-        <v>11930303993</v>
+        <v>82740024674</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>41895538100045</v>
+        <v>38416491900142</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>112</v>
+        <v>80</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I30" s="3">
-        <v>93830251083</v>
+        <v>82740024674</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>41895538100052</v>
+        <v>38416491900167</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E31" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="D31" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F31" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I31" s="3">
-        <v>93830251083</v>
+        <v>82740024674</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>45270314300035</v>
+        <v>38416491900191</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D32" s="2"/>
+        <v>103</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>111</v>
+      </c>
       <c r="E32" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I32" s="3">
-        <v>52440442544</v>
+        <v>82740024674</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>48017681700066</v>
+        <v>39103248900018</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>59</v>
+        <v>115</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>60</v>
+        <v>116</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>18</v>
+        <v>117</v>
       </c>
       <c r="I33" s="3">
-        <v>11754890075</v>
+        <v>11920684192</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>48468982300033</v>
+        <v>81248797300040</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="D34" s="2"/>
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I34" s="3">
-        <v>41570246157</v>
+        <v>75331033333</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>48832827900069</v>
+        <v>48468982300033</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="I35" s="3">
-        <v>54790080179</v>
+        <v>41570246157</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>48953429700077</v>
+        <v>40132583200087</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D36" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>129</v>
+        <v>18</v>
       </c>
       <c r="I36" s="3">
-        <v>42680169768</v>
+        <v>11930303993</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>75003236900035</v>
+        <v>40132583200103</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="E37" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D37" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F37" s="2" t="s">
-        <v>132</v>
+        <v>56</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="3">
-        <v>11755461575</v>
+        <v>11930303993</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>78288388800029</v>
+        <v>41895538100045</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="E38" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="D38" s="2"/>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="I38" s="3">
-        <v>93130682213</v>
+        <v>93830251083</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>42968925000067</v>
+        <v>41895538100052</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>53350665235</v>
+        <v>93830251083</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>42986464800036</v>
+        <v>42968925000067</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="D40" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I40" s="3"/>
+      <c r="I40" s="3">
+        <v>53350665235</v>
+      </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>44057291500021</v>
+        <v>42986464800036</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C41" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D41" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G41" s="2"/>
+      <c r="G41" s="2" t="s">
+        <v>72</v>
+      </c>
       <c r="H41" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I41" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>44178288500046</v>
+        <v>44057291500021</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>147</v>
-      </c>
-[...5 lines deleted...]
-        <v>149</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="3">
-        <v>11921406692</v>
+        <v>93830328383</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>44229373400012</v>
+        <v>44178288500046</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>52440410944</v>
+        <v>11921406692</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>44344472400027</v>
+        <v>44229373400012</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>153</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I44" s="3">
-        <v>52490191449</v>
+        <v>52440410944</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>32922456200184</v>
+        <v>44344472400027</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>160</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="I45" s="3">
-        <v>11755201275</v>
+        <v>52490191449</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>32922456200259</v>
+        <v>45270314300035</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="I46" s="3">
-        <v>11755201275</v>
+        <v>52440442544</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>32922456200572</v>
+        <v>48017681700066</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>164</v>
+        <v>78</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="I47" s="3">
-        <v>11755201275</v>
+        <v>11754890075</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>32922456200606</v>
+        <v>48832827900069</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I48" s="3">
-        <v>11755201275</v>
+        <v>54790080179</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>32922456200614</v>
+        <v>48953429700077</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D49" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="E49" s="2" t="s">
+      <c r="F49" s="2" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>41</v>
+        <v>169</v>
       </c>
       <c r="I49" s="3">
-        <v>11755201275</v>
+        <v>42680169768</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>32922456200705</v>
+        <v>49301662000020</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>71</v>
+        <v>173</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="I50" s="3">
-        <v>11755201275</v>
+        <v>93050071105</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>49301662000020</v>
+        <v>75003236900035</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="3">
-        <v>93050071105</v>
+        <v>11755461575</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>79463728000023</v>
+        <v>78288388800029</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="G52" s="2" t="s">
         <v>179</v>
       </c>
+      <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>18</v>
+        <v>117</v>
       </c>
       <c r="I52" s="3">
-        <v>93060723106</v>
+        <v>93130682213</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>79874596400063</v>
+        <v>79463728000023</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>73</v>
+        <v>182</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I53" s="3"/>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>80047636800025</v>
+        <v>79874596400063</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F54" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="G54" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>80414301400020</v>
+        <v>80047636800025</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>142</v>
+        <v>190</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="3">
-        <v>25140276614</v>
+        <v>31590865259</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>81248797300040</v>
+        <v>80414301400020</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>192</v>
+        <v>143</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I56" s="3">
-        <v>75331033333</v>
+        <v>25140276614</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>81398319400016</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>194</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>195</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>196</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I57" s="3">
         <v>53290892529</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>82175021300034</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
@@ -3437,97 +3411,95 @@
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="3">
         <v>11922191592</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>84005616200018</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>207</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>208</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I60" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>85294311700014</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>209</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>210</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="3">
         <v>11922301292</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
@@ -3557,99 +3529,97 @@
       <c r="J62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>88120562900010</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>88217465900012</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>216</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>217</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>218</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I64" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I64" s="3"/>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>88313515400028</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
@@ -3698,51 +3668,51 @@
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="3">
         <v>84260298326</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>89427013100010</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>228</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>229</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="3"/>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
@@ -3786,94 +3756,92 @@
         <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>91900697300029</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>235</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I69" s="3">
         <v>28140379314</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>92066345700017</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
         <v>237</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>238</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>239</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I70" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I70" s="3"/>
       <c r="J70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -3897,31 +3865,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/20/2026 12:07:21</dc:description>
+  <dc:description>Export en date du 03/07/2026 14:12:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>