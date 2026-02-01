--- v0 (2025-10-17)
+++ v1 (2026-02-01)
@@ -58,54 +58,54 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES MINISTERE TRAVAIL, SANTE, SOLIDARITE ET FAMILLES, CHARGE TRAVAIL ET EMPLOI</t>
-[...2 lines deleted...]
-    <t>HOTEL DU CHATELET 127 RUE DE GRENELLE 75007 PARIS</t>
+    <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
+  </si>
+  <si>
+    <t>14 AVENUE DUQUESNE 75007 PARIS</t>
   </si>
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE D'AGRICULTURE DE REGION PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>9 RUE ANDRE BROUARD 49100 ANGERS</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
@@ -157,141 +157,141 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DES LANDES</t>
   </si>
   <si>
     <t>CFPPA DES LANDES</t>
   </si>
   <si>
     <t>LEGTA HECTOR SERRES - DAX 2915 ROUTE DES BARTHES 40180 OEYRELUY</t>
   </si>
   <si>
     <t>17/01/1988</t>
   </si>
   <si>
     <t>7240P002640</t>
   </si>
   <si>
     <t>LYCEE GEN TECHNOL AGRICOLE LE PARACLET</t>
   </si>
   <si>
     <t>LD LE PARACLET 80440 COTTENCHY</t>
   </si>
   <si>
     <t>2280P001380</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>148 RUE EMMANUEL MOUNIER 38920 CROLLES</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>15220 MARCOLES</t>
+  </si>
+  <si>
+    <t>01/01/1965</t>
+  </si>
+  <si>
     <t>ASSOCIATION FORMATION AVENIR CONSEIL 24</t>
   </si>
   <si>
     <t>RUE JEAN BOUIN 24660 COULOUNIEIX-CHAMIERS</t>
   </si>
   <si>
     <t>26/06/1998</t>
   </si>
   <si>
+    <t>ALMEA FORMATIONS INTERPRO</t>
+  </si>
+  <si>
+    <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>08/10/2008</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE D'EDUCATION ET D'ORIENTATION DE SORIGNY</t>
+  </si>
+  <si>
+    <t>18 RUE DES COURANCES 37250 SORIGNY</t>
+  </si>
+  <si>
+    <t>22/07/2016</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION D'APPRENTIS</t>
+  </si>
+  <si>
+    <t>5 RUE HYACINTHE DUBREUIL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>01/04/1981</t>
+  </si>
+  <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>RUE BASSE MOUILLERE 45160 OLIVET</t>
   </si>
   <si>
     <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>5 ROUTE DE SERMOISE 58000 NEVERS</t>
   </si>
   <si>
     <t>RUE JACQUES ALEXANDRE DUCHET 03100 MONTLUCON</t>
   </si>
   <si>
     <t>2 RUE GASTON PLANTE 28000 CHARTRES</t>
-  </si>
-[...49 lines deleted...]
-    <t>08/10/2008</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -957,565 +957,565 @@
       <c r="F8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>46</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>41983375100011</v>
+        <v>30282597100021</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I9" s="3">
-        <v>72240090024</v>
+        <v>84380656838</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>82409268800012</v>
+        <v>33495719800016</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I10" s="3">
-        <v>11930762893</v>
+        <v>83150302415</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>82409268800095</v>
+        <v>41983375100011</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I11" s="3">
-        <v>11930762893</v>
+        <v>72240090024</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>82409268800111</v>
+        <v>50923283100016</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D12" s="2"/>
+        <v>55</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>55</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I12" s="3">
-        <v>11930762893</v>
+        <v>21510170351</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>82409268800228</v>
+        <v>77531648200022</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I13" s="3">
-        <v>11930762893</v>
+        <v>24370208637</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>82422814200231</v>
+        <v>77566202600019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I14" s="3">
-        <v>11930743393</v>
+        <v>11750079275</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>82422814200413</v>
+        <v>77566202600555</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>61</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I15" s="3">
-        <v>11930743393</v>
+        <v>11750079275</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>82422814200603</v>
+        <v>82409268800012</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I16" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77531648200022</v>
+        <v>82409268800095</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I17" s="3">
-        <v>24370208637</v>
+        <v>11930762893</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77566202600019</v>
+        <v>82409268800111</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77566202600555</v>
+        <v>82409268800228</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D19" s="2" t="s">
         <v>67</v>
       </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I19" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>30282597100021</v>
+        <v>82422814200231</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I20" s="3">
-        <v>84380656838</v>
+        <v>11930743393</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>33495719800016</v>
+        <v>82422814200413</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I21" s="3">
-        <v>83150302415</v>
+        <v>11930743393</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>50923283100016</v>
+        <v>82422814200603</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I22" s="3">
-        <v>21510170351</v>
+        <v>11930743393</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1531,31 +1531,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/18/2025 01:19:09</dc:description>
+  <dc:description>Export en date du 02/02/2026 00:31:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>