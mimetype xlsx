--- v1 (2026-02-01)
+++ v2 (2026-03-20)
@@ -199,51 +199,51 @@
   <si>
     <t>RUE JEAN BOUIN 24660 COULOUNIEIX-CHAMIERS</t>
   </si>
   <si>
     <t>26/06/1998</t>
   </si>
   <si>
     <t>ALMEA FORMATIONS INTERPRO</t>
   </si>
   <si>
     <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
   </si>
   <si>
     <t>08/10/2008</t>
   </si>
   <si>
     <t>MAISON FAMILIALE D'EDUCATION ET D'ORIENTATION DE SORIGNY</t>
   </si>
   <si>
     <t>18 RUE DES COURANCES 37250 SORIGNY</t>
   </si>
   <si>
     <t>22/07/2016</t>
   </si>
   <si>
-    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+    <t>ASSOCIATION OUVRIERE DES COMPAGNONS DU DEVOIR DU TOUR DE FRANCE</t>
   </si>
   <si>
     <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION D'APPRENTIS</t>
   </si>
   <si>
     <t>5 RUE HYACINTHE DUBREUIL 31770 COLOMIERS</t>
   </si>
   <si>
     <t>01/04/1981</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
@@ -1531,31 +1531,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 00:31:28</dc:description>
+  <dc:description>Export en date du 03/20/2026 21:57:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>