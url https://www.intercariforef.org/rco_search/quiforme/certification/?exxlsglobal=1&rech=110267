--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -58,423 +58,423 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+  </si>
+  <si>
+    <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP D'AGRICULTURE DE L'AISNE</t>
+  </si>
+  <si>
+    <t>UFA CENTRE DE FORMATION</t>
+  </si>
+  <si>
+    <t>5 RUE DES MINIMES 02000 LAON</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>2202P001202</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE D'ANTIBES</t>
+  </si>
+  <si>
+    <t>LEGTA HORTICOLES D'ANTIBES</t>
+  </si>
+  <si>
+    <t>1285 AVENUE JULES GREC 06600 ANTIBES</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>9306P002806</t>
+  </si>
+  <si>
+    <t>CAMPUS TERRES DE L AUBE</t>
+  </si>
+  <si>
+    <t>LEGTA DE CROGNY</t>
+  </si>
+  <si>
+    <t>RUE DES ETANGS 10210 LES LOGES-MARGUERON</t>
+  </si>
+  <si>
+    <t>2110P000810</t>
+  </si>
+  <si>
+    <t>EPLEFPA AGROCAMPUS DE SAINTONGE</t>
+  </si>
+  <si>
+    <t>LEGTA GEORGES DESCLAUDE - SAINTES</t>
+  </si>
+  <si>
+    <t>RUE GEORGES DESCLAUDE 17100 SAINTES</t>
+  </si>
+  <si>
+    <t>5417P000517</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE QUETIGNY-PLOMBIERES LES DIJON</t>
+  </si>
+  <si>
+    <t>LEGTPA OLIVIER DE SERRES</t>
+  </si>
+  <si>
+    <t>21 BOULEVARD OLIVIER DE SERRES 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>2621P002521</t>
+  </si>
+  <si>
+    <t>ETAB PUBLIC LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLES HORTI-POLE EVREUX - FORMATIONS NATURE ET PAYSAGE</t>
+  </si>
+  <si>
+    <t>LYCEE HORTICOLE ET PAYSAGER D'EVREUX</t>
+  </si>
+  <si>
+    <t>6 RUE GEORGES POLITZER 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>2327P002727</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE NIMES-RODILHAN</t>
+  </si>
+  <si>
+    <t>LEGTA DE NIMES-RODILHAN</t>
+  </si>
+  <si>
+    <t>DOMAINE DE DONADILLE CHEM DES CANAUX 30230 RODILHAN</t>
+  </si>
+  <si>
+    <t>9130P031930</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE AGRICOLE DE GRENOBLE - SAINT-ISMIER</t>
+  </si>
+  <si>
+    <t>LEGTA DE GRENOBLE</t>
+  </si>
+  <si>
+    <t>1 CHEMIN DE CHARVINIERE 38330 SAINT-ISMIER</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE ROANNE-CHERVE-NOIRETABLE</t>
+  </si>
+  <si>
+    <t>LEGTPA DE PERREUX</t>
+  </si>
+  <si>
+    <t>LD CHERVE 42120 PERREUX</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>8242P001442</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE MONTRAVEL-VILLARS</t>
+  </si>
+  <si>
+    <t>LPA DE VILLARS - MONTRAVEL</t>
+  </si>
+  <si>
+    <t>CHEMIN DE MONTRAVEL 42390 VILLARS</t>
+  </si>
+  <si>
+    <t>8242P129442</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE AGRICOLE DE SAINTE-GEMMES</t>
+  </si>
+  <si>
+    <t>EPLEFPA</t>
+  </si>
+  <si>
+    <t>LE FRESNE 49130 STE GEMMES SUR LOIRE</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LYCEE AGRICOLE ET HORTICOLE DE COUTANCES</t>
+  </si>
+  <si>
+    <t>LEGTA</t>
+  </si>
+  <si>
+    <t>LA QUIBOUQUIERE RUE DE REGNEVILLE 50200 COUTANCES</t>
+  </si>
+  <si>
+    <t>2550P005050</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE PONTIVY-ST JEAN BREVELAY-HENNEBONT</t>
+  </si>
+  <si>
+    <t>LE GROS CHENE RUE DE BRETAGNE 56300 PONTIVY</t>
+  </si>
+  <si>
+    <t>5356P002056</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE METZ COURCELLES-CHAUSSY</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE</t>
+  </si>
+  <si>
+    <t>1 AVENUE D'URVILLE 57530 COURCELLES-CHAUSSY</t>
+  </si>
+  <si>
+    <t>4157P001557</t>
+  </si>
+  <si>
+    <t>CAMPUS AGRO-ENVIRONNEMENTAL 62</t>
+  </si>
+  <si>
+    <t>LYCEE AGROENVIRONNEMENTAL 62</t>
+  </si>
+  <si>
+    <t>ROUTE DE CAMBRAI 62217 TILLOY-LES-MOFFLAINES</t>
+  </si>
+  <si>
+    <t>3162P002962</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MARMILHAT</t>
+  </si>
+  <si>
+    <t>LEGTPA LOUIS PASTEUR</t>
+  </si>
+  <si>
+    <t>RN 89 MARMILHAT 63370 LEMPDES</t>
+  </si>
+  <si>
+    <t>8363P001463</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU BAS-RHIN</t>
+  </si>
+  <si>
+    <t>LEGTA D'OBERNAI</t>
+  </si>
+  <si>
+    <t>44 BOULEVARD DE L’EUROPE 67210 OBERNAI</t>
+  </si>
+  <si>
+    <t>4267P002167</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE AGRICOLE LA GERMINIERE-ROUILLON</t>
+  </si>
+  <si>
+    <t>LIEU-DIT LA GERMINIERE 72700 ROUILLON</t>
+  </si>
+  <si>
+    <t>EPLEFPA DE SAINT GERMAIN EN LAYE- CHAMBOURCY</t>
+  </si>
+  <si>
+    <t>LEGTAH DE ST GERMAIN EN LAYE-CHAMBOURCY</t>
+  </si>
+  <si>
+    <t>RTE DES PRINCESSES 78100 SAINT-GERMAIN-EN-LAYE</t>
+  </si>
+  <si>
+    <t>ETS PUBLIC LOCAL ENSEIGNEMENT FORMATION PROF AGRICOLES LOUIS GIRAUD</t>
+  </si>
+  <si>
+    <t>LEGTA DE CARPENTRAS</t>
+  </si>
+  <si>
+    <t>HAMEAU DE SERRES 310 CHEMIN DE L'HERMITAGE 84200 CARPENTRAS</t>
+  </si>
+  <si>
+    <t>9384P002684</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LA ROCHE SUR YON</t>
+  </si>
+  <si>
+    <t>LEGTPA</t>
+  </si>
+  <si>
+    <t>RTE DE FONTENAY ALL DES DRUIDES 85000 ROCHE SUR YON (LA)</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DANIELLE MATHIRON DE THURE</t>
+  </si>
+  <si>
+    <t>LPA DE THURE</t>
+  </si>
+  <si>
+    <t>DOMAINE DES CHEVALIERS 86540 THURE</t>
+  </si>
+  <si>
+    <t>5486P002586</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LIMOGES ET DU NORD HAUTE-VIENNE</t>
+  </si>
+  <si>
+    <t>LEGTPA LIMOGES LES VASEIX</t>
+  </si>
+  <si>
+    <t>LES VASEIX 87430 VERNEUIL-SUR-VIENNE</t>
+  </si>
+  <si>
+    <t>7487P001887</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE VALDOIE</t>
+  </si>
+  <si>
+    <t>LEGTA DE VALDOIE - LUCIEN QUELET</t>
+  </si>
+  <si>
+    <t>95 RUE DE TURENNE 90300 VALDOIE</t>
+  </si>
+  <si>
+    <t>4390P000790</t>
+  </si>
+  <si>
     <t>MFR LA MONTAGNE</t>
   </si>
   <si>
     <t>VALENTY 200 CHEMIN DE LA M F R 05300 VENTAVON</t>
   </si>
   <si>
     <t>01/09/1986</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...293 lines deleted...]
-    <t>4390P000790</t>
+    <t>FONDATION APPRENTIS D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>MAISON ST PHILIPPE</t>
+  </si>
+  <si>
+    <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>LA VERNEE 01960 PERONNAS</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
+  </si>
+  <si>
+    <t>LE BOURG 61100 CERISY-BELLE-ETOILE</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE CARQUEFOU</t>
+  </si>
+  <si>
+    <t>LA CHARMELIERE 44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>MFREO INSTITUT RURAL DES MAUGES</t>
+  </si>
+  <si>
+    <t>8 RUE DES CEDRES 49600 BEAUPREAU-EN-MAUGES</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D'ORIENTATION - CFA CHALONNES SUR LOIRE</t>
+  </si>
+  <si>
+    <t>10 AVENUE DU 8 MAI 1945 49290 CHALONNES-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>25/12/1988</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION ENSEMBLE CATHOLIQUE JEAN-BAPTISTE LE TAILLANDIER</t>
   </si>
   <si>
     <t>SITE EDMOND MICHELET</t>
   </si>
   <si>
     <t>2 BD JEAN MONNET MONTAUBERT 35300 FOUGERES</t>
   </si>
   <si>
     <t>01/01/2007</t>
-  </si>
-[...55 lines deleted...]
-    <t>25/12/1988</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
   </si>
   <si>
     <t>80520 YZENGREMER</t>
   </si>
   <si>
     <t>ASSO RESPONSABLE DU LYCEE ST ILAN -FLORILAN</t>
   </si>
   <si>
     <t>52 RUE DE SAINT-ILAN 22360 LANGUEUX</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
   </si>
   <si>
     <t>15 RUE DES ECOLES 29860 PLABENNEC</t>
   </si>
   <si>
     <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
   </si>
   <si>
     <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
   </si>
@@ -903,1498 +903,1498 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>39197034000017</v>
+        <v>11007001800012</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>11007001800012</v>
+        <v>18020251700033</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I3" s="3"/>
+      <c r="I3" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>18020251700033</v>
+        <v>19060793700017</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I4" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>19060793700017</v>
+        <v>19100687300019</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>19100687300019</v>
+        <v>19170087100012</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19170087100012</v>
+        <v>19211135900019</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19211135900019</v>
+        <v>19271107500015</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19271107500015</v>
+        <v>19300139300019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19300139300019</v>
+        <v>19381817600011</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>29</v>
+      </c>
+      <c r="I10" s="3">
+        <v>82380455638</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19381817600011</v>
+        <v>19421078700017</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>82380455638</v>
+        <v>57</v>
+      </c>
+      <c r="I11" s="3" t="s">
+        <v>58</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19421078700017</v>
+        <v>19421210600018</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19421210600018</v>
+        <v>19490946100015</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>29</v>
+      </c>
+      <c r="I13" s="3">
+        <v>52490194149</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19490946100015</v>
+        <v>19501213300011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>67</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>52490194149</v>
+        <v>29</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>69</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19501213300011</v>
+        <v>19560013500014</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>72</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19560013500014</v>
+        <v>19570086900017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19570086900017</v>
+        <v>19622257400010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19622257400010</v>
+        <v>19630984300015</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19630984300015</v>
+        <v>19671685600014</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19671685600014</v>
+        <v>19720010800011</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D20" s="2" t="s">
         <v>89</v>
       </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>57</v>
+      </c>
+      <c r="I20" s="3">
+        <v>52720100572</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19720010800011</v>
+        <v>19780004800013</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="I21" s="3">
-        <v>52720100572</v>
+        <v>11788184678</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19780004800013</v>
+        <v>19840607600010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>11788184678</v>
+        <v>29</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>97</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19840607600010</v>
+        <v>19850144700017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>29</v>
+      </c>
+      <c r="I23" s="3">
+        <v>52850109685</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19850144700017</v>
+        <v>19860818400018</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>52850109685</v>
+        <v>29</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>104</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19860818400018</v>
+        <v>19870581600017</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19870581600017</v>
+        <v>19900246000012</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19900246000012</v>
+        <v>39197034000017</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D27" s="2" t="s">
         <v>113</v>
       </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>29</v>
+      </c>
+      <c r="I27" s="3">
+        <v>93050068705</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>49339665900069</v>
+        <v>77568879900078</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I28" s="3">
-        <v>53351084735</v>
+        <v>11751561875</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>77568879900078</v>
+        <v>77933737700021</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="D29" s="2"/>
+      <c r="E29" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I29" s="3">
-        <v>11751561875</v>
+        <v>82010144301</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>77933737700021</v>
+        <v>78094682800016</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="I30" s="3">
-        <v>82010144301</v>
+        <v>25610021961</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78094682800016</v>
+        <v>78362626000013</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="I31" s="3">
-        <v>25610021961</v>
+        <v>31590008059</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78362626000013</v>
+        <v>78602926400029</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="I32" s="3">
-        <v>31590008059</v>
+        <v>52440072844</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>78602926400029</v>
+        <v>78612761300010</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I33" s="3">
-        <v>52440072844</v>
+        <v>52490276449</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>78612761300010</v>
+        <v>78613606900014</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I34" s="3">
-        <v>52490276449</v>
+        <v>52490261249</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>78613606900014</v>
+        <v>49339665900069</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D35" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I35" s="3">
-        <v>52490261249</v>
+        <v>53351084735</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>30304171900012</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="I36" s="3">
         <v>22800018780</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>30621667200015</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>141</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>31150973100015</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I38" s="3">
         <v>53290350229</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>33509397700015</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I39" s="3">
         <v>82691206369</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2407,31 +2407,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 16:50:40</dc:description>
+  <dc:description>Export en date du 12/20/2025 03:15:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>