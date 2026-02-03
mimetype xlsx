--- v1 (2025-12-20)
+++ v2 (2026-02-03)
@@ -355,150 +355,150 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LIMOGES ET DU NORD HAUTE-VIENNE</t>
   </si>
   <si>
     <t>LEGTPA LIMOGES LES VASEIX</t>
   </si>
   <si>
     <t>LES VASEIX 87430 VERNEUIL-SUR-VIENNE</t>
   </si>
   <si>
     <t>7487P001887</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE VALDOIE</t>
   </si>
   <si>
     <t>LEGTA DE VALDOIE - LUCIEN QUELET</t>
   </si>
   <si>
     <t>95 RUE DE TURENNE 90300 VALDOIE</t>
   </si>
   <si>
     <t>4390P000790</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>80520 YZENGREMER</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION ENSEMBLE CATHOLIQUE JEAN-BAPTISTE LE TAILLANDIER</t>
+  </si>
+  <si>
+    <t>SITE EDMOND MICHELET</t>
+  </si>
+  <si>
+    <t>2 BD JEAN MONNET MONTAUBERT 35300 FOUGERES</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>ASSO RESPONSABLE DU LYCEE ST ILAN -FLORILAN</t>
+  </si>
+  <si>
+    <t>52 RUE DE SAINT-ILAN 22360 LANGUEUX</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>15 RUE DES ECOLES 29860 PLABENNEC</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
+  </si>
+  <si>
+    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
     <t>MFR LA MONTAGNE</t>
   </si>
   <si>
     <t>VALENTY 200 CHEMIN DE LA M F R 05300 VENTAVON</t>
   </si>
   <si>
     <t>01/09/1986</t>
   </si>
   <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>MAISON ST PHILIPPE</t>
   </si>
   <si>
     <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>LA VERNEE 01960 PERONNAS</t>
   </si>
   <si>
-    <t>01/09/1985</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
   </si>
   <si>
     <t>LE BOURG 61100 CERISY-BELLE-ETOILE</t>
   </si>
   <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE CARQUEFOU</t>
   </si>
   <si>
     <t>LA CHARMELIERE 44470 CARQUEFOU</t>
   </si>
   <si>
     <t>01/09/1993</t>
   </si>
   <si>
     <t>MFREO INSTITUT RURAL DES MAUGES</t>
   </si>
   <si>
     <t>8 RUE DES CEDRES 49600 BEAUPREAU-EN-MAUGES</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION ET D'ORIENTATION - CFA CHALONNES SUR LOIRE</t>
   </si>
   <si>
     <t>10 AVENUE DU 8 MAI 1945 49290 CHALONNES-SUR-LOIRE</t>
   </si>
   <si>
     <t>25/12/1988</t>
-  </si>
-[...34 lines deleted...]
-    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1872,523 +1872,523 @@
       <c r="F26" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>112</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>39197034000017</v>
+        <v>30304171900012</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="I27" s="3">
-        <v>93050068705</v>
+        <v>22800018780</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>77568879900078</v>
+        <v>49339665900069</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="3">
-        <v>11751561875</v>
+        <v>53351084735</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>77933737700021</v>
+        <v>30621667200015</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I29" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>78094682800016</v>
+        <v>31150973100015</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="I30" s="3">
-        <v>25610021961</v>
+        <v>53290350229</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78362626000013</v>
+        <v>33509397700015</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="I31" s="3">
-        <v>31590008059</v>
+        <v>82691206369</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78602926400029</v>
+        <v>39197034000017</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="3">
-        <v>52440072844</v>
+        <v>93050068705</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>78612761300010</v>
+        <v>77568879900078</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D33" s="2"/>
+      <c r="D33" s="2" t="s">
+        <v>131</v>
+      </c>
       <c r="E33" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="3">
-        <v>52490276449</v>
+        <v>11751561875</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>78613606900014</v>
+        <v>77933737700021</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="3">
-        <v>52490261249</v>
+        <v>82010144301</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>49339665900069</v>
+        <v>78094682800016</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="D35" s="2" t="s">
+      <c r="D35" s="2"/>
+      <c r="E35" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="E35" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="2" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="I35" s="3">
-        <v>53351084735</v>
+        <v>25610021961</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>30304171900012</v>
+        <v>78362626000013</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I36" s="3">
-        <v>22800018780</v>
+        <v>31590008059</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>30621667200015</v>
+        <v>78602926400029</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>119</v>
+        <v>141</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I37" s="3"/>
+      <c r="I37" s="3">
+        <v>52440072844</v>
+      </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>31150973100015</v>
+        <v>78612761300010</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="3">
-        <v>53290350229</v>
+        <v>52490276449</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>33509397700015</v>
+        <v>78613606900014</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="3">
-        <v>82691206369</v>
+        <v>52490261249</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -2407,31 +2407,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/20/2025 03:15:09</dc:description>
+  <dc:description>Export en date du 02/03/2026 05:58:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>