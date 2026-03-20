--- v2 (2026-02-03)
+++ v3 (2026-03-20)
@@ -364,90 +364,90 @@
   <si>
     <t>7487P001887</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE VALDOIE</t>
   </si>
   <si>
     <t>LEGTA DE VALDOIE - LUCIEN QUELET</t>
   </si>
   <si>
     <t>95 RUE DE TURENNE 90300 VALDOIE</t>
   </si>
   <si>
     <t>4390P000790</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
   </si>
   <si>
     <t>80520 YZENGREMER</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
+    <t>ASSO RESPONSABLE DU LYCEE ST ILAN -FLORILAN</t>
+  </si>
+  <si>
+    <t>52 RUE DE SAINT-ILAN 22360 LANGUEUX</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>15 RUE DES ECOLES 29860 PLABENNEC</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
+  </si>
+  <si>
+    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>MFR LA MONTAGNE</t>
+  </si>
+  <si>
+    <t>VALENTY 200 CHEMIN DE LA M F R 05300 VENTAVON</t>
+  </si>
+  <si>
+    <t>01/09/1986</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION ENSEMBLE CATHOLIQUE JEAN-BAPTISTE LE TAILLANDIER</t>
   </si>
   <si>
     <t>SITE EDMOND MICHELET</t>
   </si>
   <si>
     <t>2 BD JEAN MONNET MONTAUBERT 35300 FOUGERES</t>
   </si>
   <si>
     <t>01/01/2007</t>
-  </si>
-[...28 lines deleted...]
-    <t>01/09/1986</t>
   </si>
   <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>MAISON ST PHILIPPE</t>
   </si>
   <si>
     <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
   </si>
   <si>
     <t>MAISON FAMILIALE EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>LA VERNEE 01960 PERONNAS</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
   </si>
   <si>
     <t>LE BOURG 61100 CERISY-BELLE-ETOILE</t>
   </si>
   <si>
     <t>INSTITUT DE GENECH</t>
   </si>
@@ -1909,231 +1909,231 @@
       <c r="F27" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I27" s="3">
         <v>22800018780</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>49339665900069</v>
+        <v>30621667200015</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="D28" s="2"/>
+      <c r="E28" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="E28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="2" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I28" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>30621667200015</v>
+        <v>31150973100015</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I29" s="3"/>
+      <c r="I29" s="3">
+        <v>53290350229</v>
+      </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>31150973100015</v>
+        <v>33509397700015</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="3">
-        <v>53290350229</v>
+        <v>82691206369</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>33509397700015</v>
+        <v>39197034000017</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="3">
-        <v>82691206369</v>
+        <v>93050068705</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>39197034000017</v>
+        <v>49339665900069</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D32" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="3">
-        <v>93050068705</v>
+        <v>53351084735</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>77568879900078</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>131</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>29</v>
       </c>
@@ -2146,51 +2146,51 @@
       <c r="K33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>77933737700021</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="3">
         <v>82010144301</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>78094682800016</v>
       </c>
@@ -2407,31 +2407,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/03/2026 05:58:47</dc:description>
+  <dc:description>Export en date du 03/20/2026 14:07:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>