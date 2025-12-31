--- v0 (2025-11-03)
+++ v1 (2025-12-31)
@@ -187,51 +187,51 @@
   <si>
     <t>16/03/1983</t>
   </si>
   <si>
     <t>8226P000126</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE MOSELLE METROPOLE METZ</t>
   </si>
   <si>
     <t>CTRE CONSULAIRE DE FORMATION</t>
   </si>
   <si>
     <t>5 RUE JEAN ANTOINE CHAPTAL 57070 METZ</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
     <t>4157P000957</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LE MANS SARTHE</t>
   </si>
   <si>
-    <t>EMECI / IN&amp;MA / EGC / EKOD / CEL</t>
+    <t>EMECI / EGC / EKOD / CEL</t>
   </si>
   <si>
     <t>7 AVENUE DES PLATANES 72100 LE MANS</t>
   </si>
   <si>
     <t>25/12/1990</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE</t>
   </si>
   <si>
     <t>LE CAMPUS BY CCI DEUX-SEVRES</t>
   </si>
   <si>
     <t>2 RUE ERNEST PEROCHON 79000 NIORT</t>
   </si>
   <si>
     <t>17/03/1992</t>
   </si>
   <si>
     <t>5479P000279</t>
   </si>
@@ -247,75 +247,75 @@
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>50 RUE ERNEST DEPROGE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>14/09/1983</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES APPRENTIS</t>
   </si>
   <si>
     <t>QUARTIER CASE NAVIRE RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>22/09/2016</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>8 RUE BISSON 44100 NANTES</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
     <t>FORMA SUP ARL</t>
   </si>
   <si>
     <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/06/2001</t>
-  </si>
-[...16 lines deleted...]
-    <t>02/10/2017</t>
   </si>
   <si>
     <t>HYBRIA</t>
   </si>
   <si>
     <t>11 CHEMIN DU PETIT BOIS 69130 ECULLY</t>
   </si>
   <si>
     <t>20/12/2018</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE IN&amp;MA</t>
   </si>
   <si>
     <t>6 AVENUE GENERAL HOCHE 81000 ALBI</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>04/11/2024</t>
   </si>
@@ -1355,145 +1355,145 @@
       <c r="F16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>72</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>43903961100025</v>
+        <v>42417546100096</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>84691657569</v>
+        <v>52440404744</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>42417546100096</v>
+        <v>50876465100024</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="I18" s="3">
-        <v>52440404744</v>
+        <v>27210417621</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>50876465100024</v>
+        <v>43903961100025</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
-        <v>27210417621</v>
+        <v>84691657569</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>81380286500028</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D20" s="2"/>
@@ -1853,31 +1853,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 22:03:37</dc:description>
+  <dc:description>Export en date du 12/31/2025 20:51:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>