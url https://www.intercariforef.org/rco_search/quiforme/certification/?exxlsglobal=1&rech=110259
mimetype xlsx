--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -247,84 +247,84 @@
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>50 RUE ERNEST DEPROGE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>14/09/1983</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES APPRENTIS</t>
   </si>
   <si>
     <t>QUARTIER CASE NAVIRE RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>22/09/2016</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>HYBRIA</t>
+  </si>
+  <si>
+    <t>11 CHEMIN DU PETIT BOIS 69130 ECULLY</t>
+  </si>
+  <si>
+    <t>20/12/2018</t>
+  </si>
+  <si>
     <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
   </si>
   <si>
     <t>8 RUE BISSON 44100 NANTES</t>
   </si>
   <si>
     <t>07/12/2024</t>
   </si>
   <si>
+    <t>FORMA SUP ARL</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
-  </si>
-[...16 lines deleted...]
-    <t>20/12/2018</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE IN&amp;MA</t>
   </si>
   <si>
     <t>6 AVENUE GENERAL HOCHE 81000 ALBI</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>04/11/2024</t>
   </si>
   <si>
     <t>25 RUE SAINT-DOMINIQUE 51000 CHALONS-EN-CHAMPAGNE</t>
   </si>
   <si>
     <t>07/02/2022</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
@@ -998,51 +998,51 @@
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3">
         <v>27210429021</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>18040001200019</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
@@ -1355,108 +1355,108 @@
       <c r="F16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>72</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>42417546100096</v>
+        <v>81380286500028</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
-        <v>52440404744</v>
+        <v>84691649369</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>50876465100024</v>
+        <v>42417546100096</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
-        <v>27210417621</v>
+        <v>52440404744</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>43903961100025</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="2"/>
@@ -1466,111 +1466,109 @@
       <c r="F19" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="3">
         <v>84691657569</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>81380286500028</v>
+        <v>50876465100024</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="I20" s="3">
-        <v>84691649369</v>
+        <v>27210417621</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>84172358800023</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="I21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>84172358800031</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
@@ -1737,51 +1735,51 @@
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>90025885600013</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I27" s="3">
         <v>84691874369</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
@@ -1853,31 +1851,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/31/2025 20:51:25</dc:description>
+  <dc:description>Export en date du 02/17/2026 05:23:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>