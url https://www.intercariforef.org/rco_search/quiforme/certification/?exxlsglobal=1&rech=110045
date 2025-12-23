--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -2136,31 +2136,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 13:37:22</dc:description>
+  <dc:description>Export en date du 12/24/2025 00:59:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>