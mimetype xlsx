--- v1 (2025-12-23)
+++ v2 (2026-02-10)
@@ -349,81 +349,81 @@
   <si>
     <t>CHEMIN DU THIL 80000 AMIENS</t>
   </si>
   <si>
     <t>2280P000880</t>
   </si>
   <si>
     <t>UNIVERSITE DE PARIS VIII.PARIS VINCENNES</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS VIII.PARIS VINCENN</t>
   </si>
   <si>
     <t>2 RUE DE LA LIBERTE 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
+    <t>FORMA SUP ARL</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>ASSOCIATION POUR LA FORMATION DES INFORMATICIENS PAR L'APRENTISSAGE</t>
   </si>
   <si>
     <t>3 AVENUE DU CANADA 91940 LES ULIS</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION CENTRE DE FORMATION D APPRENTIS DE L INDUSTRIE LYON</t>
   </si>
   <si>
     <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/06/2001</t>
   </si>
   <si>
     <t>UNIVERSITE MARIE ET LOUIS PASTEUR</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULOUSE</t>
   </si>
 </sst>
 </file>
 
@@ -1860,157 +1860,157 @@
       <c r="F28" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>110</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>39108721000046</v>
+        <v>43903961100025</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I29" s="3">
-        <v>11910594091</v>
+        <v>84691657569</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>41158228100019</v>
+        <v>39108721000046</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="I30" s="3">
-        <v>84691829769</v>
+        <v>11910594091</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>43903961100025</v>
+        <v>41158228100019</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="I31" s="3">
-        <v>84691657569</v>
+        <v>84691829769</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>93810656400017</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>123</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>22</v>
       </c>
@@ -2136,31 +2136,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 00:59:33</dc:description>
+  <dc:description>Export en date du 02/10/2026 16:42:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>