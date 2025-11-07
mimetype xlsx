--- v0 (2025-11-07)
+++ v1 (2025-11-07)
@@ -1648,31 +1648,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/07/2025 03:54:02</dc:description>
+  <dc:description>Export en date du 11/07/2025 03:59:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>