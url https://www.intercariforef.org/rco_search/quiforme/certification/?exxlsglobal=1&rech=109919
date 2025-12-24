--- v1 (2025-11-07)
+++ v2 (2025-12-24)
@@ -244,90 +244,90 @@
   <si>
     <t>2280P000880</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
   <si>
     <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
   </si>
   <si>
     <t>1193P000893</t>
   </si>
   <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
+    <t>FORMA SUP ARL</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>5 RUE DE MULHOUSE 21000 DIJON</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
     <t>O.G.E.C. ST DENIS</t>
   </si>
   <si>
     <t>1 CHEMIN DE LA MUETTE 07100 ANNONAY</t>
   </si>
   <si>
     <t>01/04/1947</t>
   </si>
   <si>
     <t>85.31Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59A</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1413,192 +1413,192 @@
       <c r="F19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="3">
         <v>32590996759</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>50876465100024</v>
+        <v>43903961100025</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="I20" s="3">
-        <v>27210417621</v>
+        <v>84691657569</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>50876465100032</v>
+        <v>50876465100024</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="I21" s="3">
         <v>27210417621</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77622909800012</v>
+        <v>50876465100032</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="I22" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I22" s="3">
+        <v>27210417621</v>
+      </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>43903961100025</v>
+        <v>77622909800012</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="I23" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3">
         <v>27210481021</v>
@@ -1648,31 +1648,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/07/2025 03:59:21</dc:description>
+  <dc:description>Export en date du 12/24/2025 11:41:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>