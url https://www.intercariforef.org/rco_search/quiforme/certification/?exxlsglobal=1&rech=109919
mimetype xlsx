--- v2 (2025-12-24)
+++ v3 (2026-02-10)
@@ -235,69 +235,69 @@
   <si>
     <t>UNIVERSITE AMIENS PICARDIE JULES VERNE</t>
   </si>
   <si>
     <t>PRESIDENCE DE L UNIVERSITE</t>
   </si>
   <si>
     <t>CHEMIN DU THIL 80000 AMIENS</t>
   </si>
   <si>
     <t>2280P000880</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
   <si>
     <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
   </si>
   <si>
     <t>1193P000893</t>
   </si>
   <si>
+    <t>FORMA SUP ARL</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59A</t>
   </si>
   <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>5 RUE DE MULHOUSE 21000 DIJON</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
     <t>O.G.E.C. ST DENIS</t>
   </si>
   <si>
     <t>1 CHEMIN DE LA MUETTE 07100 ANNONAY</t>
   </si>
@@ -1376,108 +1376,108 @@
       <c r="F18" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>72</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>42813525500050</v>
+        <v>43903961100025</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="I19" s="3">
-        <v>32590996759</v>
+        <v>84691657569</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>43903961100025</v>
+        <v>42813525500050</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>84691657569</v>
+        <v>32590996759</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>50876465100024</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D21" s="2"/>
@@ -1648,31 +1648,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 11:41:45</dc:description>
+  <dc:description>Export en date du 02/10/2026 17:12:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>