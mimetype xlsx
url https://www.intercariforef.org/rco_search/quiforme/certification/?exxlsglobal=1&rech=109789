--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -14,98 +14,98 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES MINISTERE TRAVAIL, SANTE, SOLIDARITE ET FAMILLES, CHARGE TRAVAIL ET EMPLOI</t>
-[...2 lines deleted...]
-    <t>HOTEL DU CHATELET 127 RUE DE GRENELLE 75007 PARIS</t>
+    <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
+  </si>
+  <si>
+    <t>14 AVENUE DUQUESNE 75007 PARIS</t>
   </si>
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION OCCITANIE</t>
   </si>
   <si>
     <t>59 T CHE VERDALE 31240 ST JEAN</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
@@ -325,50 +325,110 @@
   <si>
     <t>44 BOULEVARD LYAUTEY 89000 AUXERRE</t>
   </si>
   <si>
     <t>2689P000389</t>
   </si>
   <si>
     <t>SCOP INSTEP</t>
   </si>
   <si>
     <t>INSTEP FORMATION</t>
   </si>
   <si>
     <t>21 AVENUE ARTHUR LAMENDIN 62800 LIEVIN</t>
   </si>
   <si>
     <t>01/04/1996</t>
   </si>
   <si>
     <t>70 RUE DE BOUVINES 59800 LILLE</t>
   </si>
   <si>
     <t>15/04/2003</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE CHAMP MOLLIAZ</t>
+  </si>
+  <si>
+    <t>261 ROUTE DE LOSSY 74380 CRANVES-SALES</t>
+  </si>
+  <si>
+    <t>07/05/2003</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>INST.DEVELOP. COMPETENCES PROF.IDC PRO</t>
+  </si>
+  <si>
+    <t>ZA LE LIBRAIRE 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
+  </si>
+  <si>
+    <t>IFFEN ASSOCIATION</t>
+  </si>
+  <si>
+    <t>152 RUE DE PARIS 94190 VILLENEUVE-SAINT-GEORGES</t>
+  </si>
+  <si>
+    <t>24/07/2014</t>
+  </si>
+  <si>
+    <t>BTP CFA HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>BTP CFA DE ROUBAIX</t>
+  </si>
+  <si>
+    <t>68 RUE DE L'OUEST 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>ASS DES PERES DE FAMILLE DE L ECOLE</t>
+  </si>
+  <si>
+    <t>50 RUE SAINT-GABRIEL 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
     <t>INSTITUT FRANCAIS DE FORMATION EN COMMUNICATION ET MANAGEMENT ASSOCIATION</t>
   </si>
   <si>
     <t>PARC DACTIVITE LEONARD DE VINCI BAT F 152 RUE DE PARIS 94190 VILLENEUVE-SAINT-GEORGES</t>
   </si>
   <si>
     <t>04/07/2016</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
@@ -482,116 +542,50 @@
     <t>5 RTE NATIONALE 91510 LARDY</t>
   </si>
   <si>
     <t>30 RUE DE POULAINVILLE 80080 AMIENS</t>
   </si>
   <si>
     <t>1 AVENUE JOSEPH REY 68000 COLMAR</t>
   </si>
   <si>
     <t>PORETTE 20250 CORTE</t>
   </si>
   <si>
     <t>135 RUE DU MADRILLET 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
   </si>
   <si>
     <t>44 RUE BREAU 33200 BORDEAUX</t>
   </si>
   <si>
     <t>BATIMENT 1  1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
   </si>
   <si>
     <t>12 IMPASSE AMPERE 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>21 BOULEVARD HOCHE 85200 FONTENAY-LE-COMTE</t>
-  </si>
-[...64 lines deleted...]
-    <t>24/07/2014</t>
   </si>
   <si>
     <t>TRAJECTIO FORMATION</t>
   </si>
   <si>
     <t>105 RUE D'ARTOIS 59000 LILLE</t>
   </si>
   <si>
     <t>25/10/2024</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>SKOOL N'JOB</t>
   </si>
   <si>
     <t>145 CHEMIN DE LA PASSIO VELLA 66100 PERPIGNAN</t>
   </si>
   <si>
     <t>01/05/2023</t>
   </si>
 </sst>
 </file>
 
@@ -951,51 +945,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M77"/>
+  <dimension ref="A1:M76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1785,2117 +1779,2082 @@
         <v>101</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>82200289500016</v>
+        <v>44893459600017</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="I22" s="3">
-        <v>11940927794</v>
+        <v>82740232774</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>82409268800012</v>
+        <v>45398962600032</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I23" s="3">
-        <v>11930762893</v>
+        <v>72240122924</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>82409268800053</v>
+        <v>80439745300015</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I24" s="3">
-        <v>11930762893</v>
+        <v>11941048294</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>82409268800061</v>
+        <v>77811392800098</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>113</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>114</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>110</v>
+        <v>91</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="I25" s="3">
-        <v>11930762893</v>
+        <v>31590352159</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>82409268800095</v>
+        <v>78370750800017</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>28</v>
+        <v>119</v>
       </c>
       <c r="I26" s="3">
-        <v>11930762893</v>
+        <v>31590011359</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>82409268800111</v>
+        <v>32434542000040</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I27" s="3">
-        <v>11930762893</v>
+        <v>73310029931</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>82409268800137</v>
+        <v>82200289500016</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>106</v>
+        <v>123</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I28" s="3">
-        <v>11930762893</v>
+        <v>11940927794</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>82409268800145</v>
+        <v>82409268800012</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I29" s="3">
         <v>11930762893</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>82409268800160</v>
+        <v>82409268800053</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I30" s="3">
         <v>11930762893</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>82409268800178</v>
+        <v>82409268800061</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I31" s="3">
         <v>11930762893</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>82409268800186</v>
+        <v>82409268800095</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I32" s="3">
         <v>11930762893</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>82409268800210</v>
+        <v>82409268800111</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>119</v>
+        <v>133</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I33" s="3">
         <v>11930762893</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>82409268800228</v>
+        <v>82409268800137</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I34" s="3">
         <v>11930762893</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>82409268800244</v>
+        <v>82409268800145</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I35" s="3">
         <v>11930762893</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>82409268800251</v>
+        <v>82409268800160</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I36" s="3">
         <v>11930762893</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>82422814200082</v>
+        <v>82409268800178</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I37" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>82422814200272</v>
+        <v>82409268800186</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I38" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>82422814200306</v>
+        <v>82409268800210</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I39" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>82422814200355</v>
+        <v>82409268800228</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I40" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82422814200413</v>
+        <v>82409268800244</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I41" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82422814200512</v>
+        <v>82409268800251</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I42" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>82422814200579</v>
+        <v>82422814200082</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I43" s="3">
         <v>11930743393</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>82422814200603</v>
+        <v>82422814200272</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>132</v>
+        <v>146</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I44" s="3">
         <v>11930743393</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>82422814200629</v>
+        <v>82422814200306</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>133</v>
+        <v>147</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I45" s="3">
         <v>11930743393</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>82422814200652</v>
+        <v>82422814200355</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I46" s="3">
         <v>11930743393</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>82422814200751</v>
+        <v>82422814200413</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I47" s="3">
         <v>11930743393</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>82422814200801</v>
+        <v>82422814200512</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I48" s="3">
         <v>11930743393</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>82422814200835</v>
+        <v>82422814200579</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I49" s="3">
         <v>11930743393</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>82422814200843</v>
+        <v>82422814200603</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I50" s="3">
         <v>11930743393</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82422814200876</v>
+        <v>82422814200629</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I51" s="3">
         <v>11930743393</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82422814200892</v>
+        <v>82422814200652</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I52" s="3">
         <v>11930743393</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82422814200926</v>
+        <v>82422814200751</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I53" s="3">
         <v>11930743393</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>82422814200983</v>
+        <v>82422814200801</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>110</v>
+        <v>157</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I54" s="3">
         <v>11930743393</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>82422814201056</v>
+        <v>82422814200835</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>144</v>
+        <v>158</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I55" s="3">
         <v>11930743393</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>82422814201130</v>
+        <v>82422814200843</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>145</v>
+        <v>159</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I56" s="3">
         <v>11930743393</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>82422814201254</v>
+        <v>82422814200876</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>146</v>
+        <v>160</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I57" s="3">
         <v>11930743393</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>82422814201296</v>
+        <v>82422814200892</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I58" s="3">
         <v>11930743393</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>82422814201304</v>
+        <v>82422814200926</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I59" s="3">
         <v>11930743393</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>82422814201320</v>
+        <v>82422814200983</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I60" s="3">
         <v>11930743393</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>82422814201452</v>
+        <v>82422814201056</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>150</v>
+        <v>164</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I61" s="3">
         <v>11930743393</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>82422814201502</v>
+        <v>82422814201130</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>120</v>
+        <v>165</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I62" s="3">
         <v>11930743393</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>82422814201528</v>
+        <v>82422814201254</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>151</v>
+        <v>166</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I63" s="3">
         <v>11930743393</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>82422814201569</v>
+        <v>82422814201296</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>111</v>
+        <v>167</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I64" s="3">
         <v>11930743393</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>82422814201585</v>
+        <v>82422814201304</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>152</v>
+        <v>168</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I65" s="3">
         <v>11930743393</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>82422814201783</v>
+        <v>82422814201320</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>153</v>
+        <v>169</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I66" s="3">
         <v>11930743393</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>82422814201882</v>
+        <v>82422814201452</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>154</v>
+        <v>170</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I67" s="3">
         <v>11930743393</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>82422814201890</v>
+        <v>82422814201502</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I68" s="3">
         <v>11930743393</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>44893459600017</v>
+        <v>82422814201528</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>157</v>
+        <v>171</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>158</v>
+        <v>130</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="I69" s="3">
-        <v>82740232774</v>
+        <v>11930743393</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>45398962600032</v>
+        <v>82422814201569</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>161</v>
+        <v>131</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>162</v>
+        <v>130</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I70" s="3">
-        <v>72240122924</v>
+        <v>11930743393</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>77811392800098</v>
+        <v>82422814201585</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>163</v>
+        <v>144</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I71" s="3">
-        <v>31590352159</v>
+        <v>11930743393</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>78370750800017</v>
+        <v>82422814201783</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>165</v>
+        <v>144</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>167</v>
+        <v>130</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>168</v>
+        <v>28</v>
       </c>
       <c r="I72" s="3">
-        <v>31590011359</v>
+        <v>11930743393</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>32434542000040</v>
+        <v>82422814201882</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>169</v>
+        <v>144</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>171</v>
+        <v>130</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I73" s="3">
-        <v>73310029931</v>
+        <v>11930743393</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>79353557600029</v>
+        <v>82422814201890</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>172</v>
+        <v>144</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>174</v>
+        <v>130</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I74" s="3">
-        <v>72330905833</v>
+        <v>11930743393</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>80439745300015</v>
+        <v>93478023000017</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>28</v>
+        <v>179</v>
       </c>
       <c r="I75" s="3">
-        <v>11941048294</v>
+        <v>32591285759</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>93478023000017</v>
+        <v>95132776600014</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="I76" s="3">
-        <v>32591285759</v>
+        <v>76660273066</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>23</v>
-[...35 lines deleted...]
-      <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3909,31 +3868,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 11:01:10</dc:description>
+  <dc:description>Export en date du 12/07/2025 23:48:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>