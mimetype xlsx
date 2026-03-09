--- v1 (2025-12-07)
+++ v2 (2026-03-09)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -295,138 +295,153 @@
   <si>
     <t>GRETA CFA LYON METROPOLE</t>
   </si>
   <si>
     <t>41 RUE ANTOINE LUMIERE 69008 LYON</t>
   </si>
   <si>
     <t>8269P002769</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT TECHNOLOGIQUE E BELIN</t>
   </si>
   <si>
     <t>GRETA HAUTE-SAONE ET NORD FRANCHE-COMTE</t>
   </si>
   <si>
     <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>4370P001470</t>
   </si>
   <si>
+    <t>LYCEE POLYVALENT LA HOTOIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    GRETA SOMME</t>
+  </si>
+  <si>
+    <t>80 RUE DU BATONNIER MAHIU 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>26/02/2025</t>
+  </si>
+  <si>
+    <t>2280P000780</t>
+  </si>
+  <si>
     <t>LYCEE POLYVALENT FOURIER SAINT-GERMAIN</t>
   </si>
   <si>
     <t>GRETA 89</t>
   </si>
   <si>
     <t>44 BOULEVARD LYAUTEY 89000 AUXERRE</t>
   </si>
   <si>
     <t>2689P000389</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
     <t>SCOP INSTEP</t>
   </si>
   <si>
     <t>INSTEP FORMATION</t>
   </si>
   <si>
     <t>21 AVENUE ARTHUR LAMENDIN 62800 LIEVIN</t>
   </si>
   <si>
     <t>01/04/1996</t>
   </si>
   <si>
     <t>70 RUE DE BOUVINES 59800 LILLE</t>
   </si>
   <si>
     <t>15/04/2003</t>
   </si>
   <si>
     <t>MAISON FAMILIALE CHAMP MOLLIAZ</t>
   </si>
   <si>
     <t>261 ROUTE DE LOSSY 74380 CRANVES-SALES</t>
   </si>
   <si>
     <t>07/05/2003</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>INST.DEVELOP. COMPETENCES PROF.IDC PRO</t>
   </si>
   <si>
     <t>ZA LE LIBRAIRE 24100 BERGERAC</t>
   </si>
   <si>
     <t>15/10/2007</t>
   </si>
   <si>
+    <t>BTP CFA HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>BTP CFA DE ROUBAIX</t>
+  </si>
+  <si>
+    <t>68 RUE DE L'OUEST 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>ASS DES PERES DE FAMILLE DE L ECOLE</t>
+  </si>
+  <si>
+    <t>50 RUE SAINT-GABRIEL 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>IFFEN ASSOCIATION</t>
   </si>
   <si>
     <t>152 RUE DE PARIS 94190 VILLENEUVE-SAINT-GEORGES</t>
   </si>
   <si>
     <t>24/07/2014</t>
-  </si>
-[...28 lines deleted...]
-    <t>19/07/1999</t>
   </si>
   <si>
     <t>INSTITUT FRANCAIS DE FORMATION EN COMMUNICATION ET MANAGEMENT ASSOCIATION</t>
   </si>
   <si>
     <t>PARC DACTIVITE LEONARD DE VINCI BAT F 152 RUE DE PARIS 94190 VILLENEUVE-SAINT-GEORGES</t>
   </si>
   <si>
     <t>04/07/2016</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
@@ -945,51 +960,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M76"/>
+  <dimension ref="A1:M77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1668,2193 +1683,2232 @@
       <c r="F18" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>92</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19890005200020</v>
+        <v>19800049900048</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>41</v>
+        <v>96</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>40487427300091</v>
+        <v>19890005200020</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>100</v>
+        <v>41</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I20" s="3"/>
+      <c r="I20" s="3" t="s">
+        <v>101</v>
+      </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>40487427300257</v>
+        <v>32434542000040</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I21" s="3"/>
+      <c r="I21" s="3">
+        <v>73310029931</v>
+      </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>44893459600017</v>
+        <v>40487427300091</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+        <v>105</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>106</v>
+      </c>
       <c r="E22" s="2" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>45398962600032</v>
+        <v>40487427300257</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I23" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>80439745300015</v>
+        <v>44893459600017</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="I24" s="3">
-        <v>11941048294</v>
+        <v>82740232774</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>77811392800098</v>
+        <v>45398962600032</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>91</v>
+        <v>117</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>106</v>
+        <v>28</v>
       </c>
       <c r="I25" s="3">
-        <v>31590352159</v>
+        <v>72240122924</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78370750800017</v>
+        <v>77811392800098</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="D26" s="2"/>
+        <v>118</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>119</v>
+      </c>
       <c r="E26" s="2" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>118</v>
+        <v>91</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="I26" s="3">
-        <v>31590011359</v>
+        <v>31590352159</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>32434542000040</v>
+        <v>78370750800017</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>28</v>
+        <v>124</v>
       </c>
       <c r="I27" s="3">
-        <v>73310029931</v>
+        <v>31590011359</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>82200289500016</v>
+        <v>80439745300015</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I28" s="3">
-        <v>11940927794</v>
+        <v>11941048294</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>82409268800012</v>
+        <v>82200289500016</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I29" s="3">
-        <v>11930762893</v>
+        <v>11940927794</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>82409268800053</v>
+        <v>82409268800012</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I30" s="3">
         <v>11930762893</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>82409268800061</v>
+        <v>82409268800053</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I31" s="3">
         <v>11930762893</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>82409268800095</v>
+        <v>82409268800061</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I32" s="3">
         <v>11930762893</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>82409268800111</v>
+        <v>82409268800095</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I33" s="3">
         <v>11930762893</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>82409268800137</v>
+        <v>82409268800111</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I34" s="3">
         <v>11930762893</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>82409268800145</v>
+        <v>82409268800137</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I35" s="3">
         <v>11930762893</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>82409268800160</v>
+        <v>82409268800145</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I36" s="3">
         <v>11930762893</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>82409268800178</v>
+        <v>82409268800160</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I37" s="3">
         <v>11930762893</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>82409268800186</v>
+        <v>82409268800178</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I38" s="3">
         <v>11930762893</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>82409268800210</v>
+        <v>82409268800186</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I39" s="3">
         <v>11930762893</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>82409268800228</v>
+        <v>82409268800210</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I40" s="3">
         <v>11930762893</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82409268800244</v>
+        <v>82409268800228</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I41" s="3">
         <v>11930762893</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82409268800251</v>
+        <v>82409268800244</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I42" s="3">
         <v>11930762893</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>82422814200082</v>
+        <v>82409268800251</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I43" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>82422814200272</v>
+        <v>82422814200082</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I44" s="3">
         <v>11930743393</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>82422814200306</v>
+        <v>82422814200272</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I45" s="3">
         <v>11930743393</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>82422814200355</v>
+        <v>82422814200306</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I46" s="3">
         <v>11930743393</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>82422814200413</v>
+        <v>82422814200355</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I47" s="3">
         <v>11930743393</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>82422814200512</v>
+        <v>82422814200413</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I48" s="3">
         <v>11930743393</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>82422814200579</v>
+        <v>82422814200512</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I49" s="3">
         <v>11930743393</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>82422814200603</v>
+        <v>82422814200579</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I50" s="3">
         <v>11930743393</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82422814200629</v>
+        <v>82422814200603</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I51" s="3">
         <v>11930743393</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82422814200652</v>
+        <v>82422814200629</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I52" s="3">
         <v>11930743393</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82422814200751</v>
+        <v>82422814200652</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I53" s="3">
         <v>11930743393</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>82422814200801</v>
+        <v>82422814200751</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>157</v>
+        <v>135</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I54" s="3">
         <v>11930743393</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>82422814200835</v>
+        <v>82422814200801</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I55" s="3">
         <v>11930743393</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>82422814200843</v>
+        <v>82422814200835</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I56" s="3">
         <v>11930743393</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>82422814200876</v>
+        <v>82422814200843</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I57" s="3">
         <v>11930743393</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>82422814200892</v>
+        <v>82422814200876</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I58" s="3">
         <v>11930743393</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>82422814200926</v>
+        <v>82422814200892</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I59" s="3">
         <v>11930743393</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>82422814200983</v>
+        <v>82422814200926</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I60" s="3">
         <v>11930743393</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>82422814201056</v>
+        <v>82422814200983</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I61" s="3">
         <v>11930743393</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>82422814201130</v>
+        <v>82422814201056</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I62" s="3">
         <v>11930743393</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>82422814201254</v>
+        <v>82422814201130</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I63" s="3">
         <v>11930743393</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>82422814201296</v>
+        <v>82422814201254</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I64" s="3">
         <v>11930743393</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>82422814201304</v>
+        <v>82422814201296</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I65" s="3">
         <v>11930743393</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>82422814201320</v>
+        <v>82422814201304</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I66" s="3">
         <v>11930743393</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>82422814201452</v>
+        <v>82422814201320</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I67" s="3">
         <v>11930743393</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>82422814201502</v>
+        <v>82422814201452</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>140</v>
+        <v>175</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I68" s="3">
         <v>11930743393</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>82422814201528</v>
+        <v>82422814201502</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>171</v>
+        <v>145</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I69" s="3">
         <v>11930743393</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>82422814201569</v>
+        <v>82422814201528</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>131</v>
+        <v>176</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I70" s="3">
         <v>11930743393</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>82422814201585</v>
+        <v>82422814201569</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I71" s="3">
         <v>11930743393</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>82422814201783</v>
+        <v>82422814201585</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I72" s="3">
         <v>11930743393</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>82422814201882</v>
+        <v>82422814201783</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I73" s="3">
         <v>11930743393</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>82422814201890</v>
+        <v>82422814201882</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I74" s="3">
         <v>11930743393</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>93478023000017</v>
+        <v>82422814201890</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>176</v>
+        <v>149</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>178</v>
+        <v>135</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>179</v>
+        <v>28</v>
       </c>
       <c r="I75" s="3">
-        <v>32591285759</v>
+        <v>11930743393</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>95132776600014</v>
+        <v>93478023000017</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>28</v>
+        <v>184</v>
       </c>
       <c r="I76" s="3">
+        <v>32591285759</v>
+      </c>
+      <c r="J76" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K76" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L76" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M76" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13">
+      <c r="A77" s="1">
+        <v>95132776600014</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D77" s="2"/>
+      <c r="E77" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="G77" s="2"/>
+      <c r="H77" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="I77" s="3">
         <v>76660273066</v>
       </c>
-      <c r="J76" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M76" s="2" t="s">
+      <c r="J77" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K77" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L77" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3868,31 +3922,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/07/2025 23:48:42</dc:description>
+  <dc:description>Export en date du 03/09/2026 22:29:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>