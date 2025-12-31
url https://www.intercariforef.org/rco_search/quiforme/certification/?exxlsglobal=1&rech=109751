--- v0 (2025-11-05)
+++ v1 (2025-12-31)
@@ -85,87 +85,87 @@
   <si>
     <t>4 RUE SAINT-CHARLES 57000 METZ</t>
   </si>
   <si>
     <t>01/11/2005</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>DORANCO ESPACE MULTIMEDIA</t>
   </si>
   <si>
     <t>10 - 12 RUE PLANCHAT 75020 PARIS</t>
   </si>
   <si>
     <t>01/07/2000</t>
   </si>
   <si>
+    <t>PHILIANCE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ARC EN CIEL 2 RUE JEAN MERMOZ 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>OPENCLASSROOMS</t>
   </si>
   <si>
     <t>7 CITE PARADIS 75010 PARIS</t>
   </si>
   <si>
     <t>31/03/2014</t>
   </si>
   <si>
     <t>04/06/2020</t>
   </si>
   <si>
     <t>AP FORMATION</t>
   </si>
   <si>
     <t>BUROPOLIS 150 RUE NICOLAS-LOUIS VAUQUELIN 31100 TOULOUSE</t>
   </si>
   <si>
     <t>31/07/2017</t>
   </si>
   <si>
     <t>01/11/2024</t>
-  </si>
-[...10 lines deleted...]
-    <t>70.22Z</t>
   </si>
   <si>
     <t>M2S FORMATION SCHOOL</t>
   </si>
   <si>
     <t>M2S CAMPUS</t>
   </si>
   <si>
     <t>BAT LE MARCONI-TERTIOPOLE DU GRIFFO 511 ROUTE DE LA SEDS 13127 VITROLLES</t>
   </si>
   <si>
     <t>01/06/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -656,144 +656,144 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
         <v>11751937075</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>49386136300064</v>
+        <v>48084257400042</v>
       </c>
       <c r="B4" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="2" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="G4" s="2"/>
+      <c r="H4" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="G4" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>44427438500020</v>
+        <v>49386136300064</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I5" s="3"/>
+      <c r="I5" s="3">
+        <v>11755205675</v>
+      </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>48084257400042</v>
+        <v>44427438500020</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="G6" s="2"/>
+      <c r="G6" s="2" t="s">
+        <v>35</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>82175021300034</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
@@ -858,31 +858,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 02:58:44</dc:description>
+  <dc:description>Export en date du 01/01/2026 00:03:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>