--- v1 (2025-12-31)
+++ v2 (2026-01-01)
@@ -858,31 +858,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 00:03:02</dc:description>
+  <dc:description>Export en date du 01/01/2026 01:33:48</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>