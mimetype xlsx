--- v2 (2026-01-01)
+++ v3 (2026-02-18)
@@ -85,87 +85,87 @@
   <si>
     <t>4 RUE SAINT-CHARLES 57000 METZ</t>
   </si>
   <si>
     <t>01/11/2005</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>DORANCO ESPACE MULTIMEDIA</t>
   </si>
   <si>
     <t>10 - 12 RUE PLANCHAT 75020 PARIS</t>
   </si>
   <si>
     <t>01/07/2000</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>AP FORMATION</t>
+  </si>
+  <si>
+    <t>BUROPOLIS 150 RUE NICOLAS-LOUIS VAUQUELIN 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>31/07/2017</t>
+  </si>
+  <si>
+    <t>01/11/2024</t>
+  </si>
+  <si>
     <t>PHILIANCE</t>
   </si>
   <si>
     <t>IMMEUBLE ARC EN CIEL 2 RUE JEAN MERMOZ 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/10/2021</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>OPENCLASSROOMS</t>
   </si>
   <si>
     <t>7 CITE PARADIS 75010 PARIS</t>
   </si>
   <si>
     <t>31/03/2014</t>
   </si>
   <si>
     <t>04/06/2020</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/11/2024</t>
   </si>
   <si>
     <t>M2S FORMATION SCHOOL</t>
   </si>
   <si>
     <t>M2S CAMPUS</t>
   </si>
   <si>
     <t>BAT LE MARCONI-TERTIOPOLE DU GRIFFO 511 ROUTE DE LA SEDS 13127 VITROLLES</t>
   </si>
   <si>
     <t>01/06/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -656,128 +656,126 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
         <v>11751937075</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>48084257400042</v>
+        <v>44427438500020</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G4" s="2"/>
+        <v>26</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="H4" s="2" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>49386136300064</v>
+        <v>48084257400042</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="G5" s="2" t="s">
+      <c r="G5" s="2"/>
+      <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="H5" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>44427438500020</v>
+        <v>49386136300064</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
@@ -858,31 +856,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 01:33:48</dc:description>
+  <dc:description>Export en date du 02/18/2026 20:38:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>