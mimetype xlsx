--- v3 (2026-02-18)
+++ v4 (2026-02-18)
@@ -856,31 +856,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/18/2026 20:38:30</dc:description>
+  <dc:description>Export en date du 02/18/2026 21:50:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>