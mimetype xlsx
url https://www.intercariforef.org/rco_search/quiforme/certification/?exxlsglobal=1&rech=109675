--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -277,432 +277,432 @@
   <si>
     <t xml:space="preserve">ASSOCIATION POUR LA FORMATION DES MEDECINS LIBERAUX </t>
   </si>
   <si>
     <t>40 RUE GABRIEL CRIE 92240 MALAKOFF</t>
   </si>
   <si>
     <t>03/07/2018</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>DEFI 83</t>
   </si>
   <si>
     <t>IMM. LES ACACIAS 145 AVENUE GENERAL HENRI-JOSE GOURAUD 83200 TOULON</t>
   </si>
   <si>
     <t>28/10/1996</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
+    <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/11/1996</t>
+  </si>
+  <si>
+    <t>FONDATION EDITH SELTZER</t>
+  </si>
+  <si>
+    <t>ECOLE D AIDE SOIGNANTES</t>
+  </si>
+  <si>
+    <t>118 ROUTE DE GRENOBLE 05100 BRIANCON</t>
+  </si>
+  <si>
+    <t>19/03/1998</t>
+  </si>
+  <si>
+    <t>INSTIT SUPERIEUR REEDUC PSYCHOMOT RELAXA</t>
+  </si>
+  <si>
+    <t>25-27 27 RUE GINOUX 75015 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>INST TRAVAIL SOCIAL RECHER SOC</t>
+  </si>
+  <si>
+    <t>INST REGION TRAVAIL SOCIAL IDF</t>
+  </si>
+  <si>
+    <t>1 RUE DU 11 NOVEMBRE 92120 MONTROUGE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION LOUISE COUVE</t>
+  </si>
+  <si>
+    <t>46 RUE DE LA COMMUNE DE PARIS 93300 AUBERVILLIERS</t>
+  </si>
+  <si>
+    <t>07/06/2023</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>ASS DEVELOP EVALU SOINS AMBULATOIRES</t>
+  </si>
+  <si>
+    <t>GIE MG ECO 13 RUE FERNAND LEGER 75020 PARIS</t>
+  </si>
+  <si>
+    <t>28/10/2003</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>LEXOM</t>
+  </si>
+  <si>
+    <t>155 AVENUE RENE PRIVAT 07000 PRIVAS</t>
+  </si>
+  <si>
+    <t>22/09/2022</t>
+  </si>
+  <si>
+    <t>MODULA FORMATION</t>
+  </si>
+  <si>
+    <t>7 AVENUE RAYMOND MANAUD 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>28/09/2021</t>
+  </si>
+  <si>
+    <t>CROIX ROUGE FRANCAISE</t>
+  </si>
+  <si>
+    <t>INSTITUTS DE FORMATION</t>
+  </si>
+  <si>
+    <t>155 CHEMIN DE CHAUDON 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY - COLLEGE DE PARIS</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY</t>
+  </si>
+  <si>
+    <t>RES L AEROPLANE 99 IMPASSE ADAM SMITH 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>10/09/2019</t>
+  </si>
+  <si>
+    <t>19 RUE ALAN TURING 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>96 RUE ICARE 34130 MAUGUIO</t>
+  </si>
+  <si>
+    <t>84 VOIE DU TOEC 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>17/01/2022</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>BAT A4 ZAC VILLE ACTIVE NIMES 83 RUE ANDRE LE NOTRE 30900 NIMES</t>
+  </si>
+  <si>
+    <t>15/04/2022</t>
+  </si>
+  <si>
+    <t>IMMEUBLE OR'ACLE 447 RUE DU RAJOL 34130 MAUGUIO</t>
+  </si>
+  <si>
+    <t>15/09/2022</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY-COLLEGE DE PARIS</t>
+  </si>
+  <si>
+    <t>10 PLACE BOUGAINVILLE 13015 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>10 AVENUE DES ARAWAKS 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>21 RUE SAINT-FARGEAU 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>4 ALLEE EMILE REYNAUD 77200 TORCY</t>
+  </si>
+  <si>
+    <t>01/06/1997</t>
+  </si>
+  <si>
+    <t>1 A 3 1 RUE DES CHARRETIERS 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>RUE FERDINAND DE BOYERES 61400 MORTAGNE-AU-PERCHE</t>
+  </si>
+  <si>
+    <t>15/01/2000</t>
+  </si>
+  <si>
+    <t>82 AVENUE GEORGES POMPIDOU 24750 TRELISSAC</t>
+  </si>
+  <si>
+    <t>28/03/2001</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>510 AVENUE DU COMTAT VENAISSIN 84200 CARPENTRAS</t>
+  </si>
+  <si>
+    <t>INFREP</t>
+  </si>
+  <si>
+    <t>2 RUE DE BOURGOGNE 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>19/01/2004</t>
+  </si>
+  <si>
+    <t>4 RUE RONDELET 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
+    <t>LES CHAMPS DOLENTS 6 RUE DE SETUBAL 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>8 RUE MARCEL DAVID 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/05/2016</t>
+  </si>
+  <si>
+    <t>25 RUE DES GRIOTTES 07200 AUBENAS</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>1 VOIE FELIX EBOUE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>7-9 7 RUE ALBERT 1ER 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>12 RUE DES CORDELIERES 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>20 RUE XAVIER BICHAT 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>13 RUE EDITH PIAF 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 23 B RUE DANJOU 92100 BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>4 AVENUE GASTON VERNIER 26200 MONTELIMAR</t>
+  </si>
+  <si>
+    <t>28/02/2022</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE TSUKUBA 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>31/03/2022</t>
+  </si>
+  <si>
+    <t>1 RUE LITTRE 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>67 AVENUE DU LOUP 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>ASS REG FORMATION METIERS SANTE &amp; SCIENC</t>
+  </si>
+  <si>
+    <t>13 RUE DES DOCKS REMOIS 51450 BETHENY</t>
+  </si>
+  <si>
+    <t>31/03/1998</t>
+  </si>
+  <si>
+    <t>ASS POUR FORMATION BIOCHIMIE ET BIOLOGIE</t>
+  </si>
+  <si>
+    <t>9 B RUE GERANDO 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION PROFESSIONNELLE MIDI PYRENEES</t>
+  </si>
+  <si>
+    <t>71 CHEMIN DES CAPELLES 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/12/1989</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION SOINS INFIRMIERS</t>
+  </si>
+  <si>
+    <t>DOMAINE UNIVERSITAIRE MOULIN NEUF 16400 LA COURONNE</t>
+  </si>
+  <si>
+    <t>06/11/1995</t>
+  </si>
+  <si>
+    <t>SITE CROIX ROUGE 98 RUE DIDOT 75014 PARIS</t>
+  </si>
+  <si>
+    <t>25/01/2006</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>C.REG.FORMATION PROF.IDF EST</t>
+  </si>
+  <si>
+    <t>QUADRIUM EST 120 AVENUE GASTON ROUSSEL 93230 ROMAINVILLE</t>
+  </si>
+  <si>
+    <t>01/04/2011</t>
+  </si>
+  <si>
+    <t>CRFP CENTRE</t>
+  </si>
+  <si>
+    <t>6 AVENUE DU PROFESSEUR ALEXANDRE MINKOWSKI 37170 CHAMBRAY-LES-TOURS</t>
+  </si>
+  <si>
+    <t>CTRE REG FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>2 RUE DU GOLF 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>24/07/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION</t>
+  </si>
+  <si>
+    <t>01/08/2015</t>
+  </si>
+  <si>
     <t>A D P S FORMATION</t>
   </si>
   <si>
     <t>Y SCHOOLS - FORMATION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>18 AVENUE DES LOMBARDS 10000 TROYES</t>
   </si>
   <si>
     <t>29/11/1994</t>
-  </si>
-[...370 lines deleted...]
-    <t>01/10/2023</t>
   </si>
   <si>
     <t>POLE DE FORMATION PASTEUR</t>
   </si>
   <si>
     <t>09/02/2022</t>
   </si>
   <si>
     <t>ALTER'CLASS</t>
   </si>
   <si>
     <t>17/02/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1735,1994 +1735,1994 @@
       </c>
       <c r="G17" s="2" t="s">
         <v>86</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="3">
         <v>93830108483</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>39917881300016</v>
+        <v>78209967500020</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="D18" s="2"/>
+      <c r="E18" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="3">
-        <v>21100030510</v>
+        <v>72400000340</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>48347552100017</v>
+        <v>78242485700038</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D19" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>94</v>
+        <v>17</v>
       </c>
       <c r="I19" s="3">
-        <v>11753965375</v>
+        <v>93750010005</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>40300856800020</v>
+        <v>78471035200088</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I20" s="3"/>
+        <v>82</v>
+      </c>
+      <c r="I20" s="3">
+        <v>11750146575</v>
+      </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>40868408200014</v>
+        <v>78540651300016</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D21" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="I21" s="3">
-        <v>11752677675</v>
+        <v>11920148592</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>75254407200040</v>
+        <v>78547581500045</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="I22" s="3">
-        <v>72330875633</v>
+        <v>11930017893</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>77567227201361</v>
+        <v>48347552100017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D23" s="2" t="s">
         <v>105</v>
       </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I23" s="3">
-        <v>11930620393</v>
+        <v>11753965375</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>77567227211832</v>
+        <v>51086927400066</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D24" s="2" t="s">
         <v>109</v>
       </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="3">
-        <v>11930620393</v>
+        <v>84070099207</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>77567227214133</v>
+        <v>75254407200040</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D25" s="2" t="s">
         <v>112</v>
       </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="I25" s="3">
-        <v>11930620393</v>
+        <v>72330875633</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>77567227221138</v>
+        <v>77567227201361</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D26" s="2"/>
+        <v>115</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>116</v>
+      </c>
       <c r="E26" s="2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="I26" s="3">
         <v>11930620393</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>77567227230162</v>
+        <v>51872913200069</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="3">
-        <v>11930620393</v>
+        <v>91340755234</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>77567227233323</v>
+        <v>51872913200077</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G28" s="2"/>
+        <v>123</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>124</v>
+      </c>
       <c r="H28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="3">
-        <v>11930620393</v>
+        <v>91340755234</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>77567227233828</v>
+        <v>51872913200085</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="D29" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="3">
-        <v>11930620393</v>
+        <v>91340755234</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>77567227233851</v>
+        <v>51872913200127</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="D30" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E30" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="G30" s="2"/>
+      <c r="G30" s="2" t="s">
+        <v>128</v>
+      </c>
       <c r="H30" s="2" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="I30" s="3">
-        <v>11930620393</v>
+        <v>91340755234</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78209967500020</v>
+        <v>51872913200143</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D31" s="2"/>
+        <v>118</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>118</v>
+      </c>
       <c r="E31" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="3">
-        <v>72400000340</v>
+        <v>91340755234</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78242485700038</v>
+        <v>51872913200150</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="D32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="3">
-        <v>93750010005</v>
+        <v>91340755234</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>78471035200088</v>
+        <v>51872913200184</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>135</v>
-      </c>
-[...5 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="I33" s="3">
-        <v>11750146575</v>
+        <v>91340755234</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>78540651300016</v>
+        <v>51872913200200</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>138</v>
+        <v>118</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>139</v>
+        <v>118</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>107</v>
+        <v>137</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="I34" s="3">
-        <v>11920148592</v>
+        <v>91340755234</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>78547581500045</v>
+        <v>32434542000040</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="I35" s="3">
-        <v>11930017893</v>
+        <v>73310029931</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>51086927400066</v>
+        <v>32439762900118</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="I36" s="3">
-        <v>84070099207</v>
+        <v>52440210544</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>51872913200069</v>
+        <v>32441928200383</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>51872913200077</v>
+        <v>32441928200680</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="D38" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F38" s="2" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>51872913200085</v>
+        <v>32441928200789</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>51872913200127</v>
+        <v>32441928200847</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>156</v>
-[...3 lines deleted...]
-      </c>
+        <v>152</v>
+      </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>51872913200143</v>
+        <v>32441928200896</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="G41" s="2"/>
+        <v>154</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>155</v>
+      </c>
       <c r="H41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>51872913200150</v>
+        <v>32441928200920</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>161</v>
+        <v>51</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>51872913200184</v>
+        <v>32441928200953</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>51872913200200</v>
+        <v>32441928201126</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>32434542000040</v>
+        <v>32441928201209</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>144</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>157</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="3">
-        <v>73310029931</v>
+        <v>11753781075</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>32439762900118</v>
+        <v>32441928201233</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D46" s="2"/>
+        <v>144</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>157</v>
+      </c>
       <c r="E46" s="2" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="I46" s="3">
-        <v>52440210544</v>
+        <v>11753781075</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>32441928200383</v>
+        <v>32441928201274</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D47" s="2"/>
+        <v>144</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>157</v>
+      </c>
       <c r="E47" s="2" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="3">
         <v>11753781075</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>32441928200680</v>
+        <v>32441928201308</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>173</v>
+        <v>144</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="3">
         <v>11753781075</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>32441928200789</v>
+        <v>32441928201316</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>173</v>
+        <v>144</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="3">
         <v>11753781075</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>32441928200847</v>
+        <v>32441928201324</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>173</v>
+        <v>144</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="3">
         <v>11753781075</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>32441928200896</v>
+        <v>32441928201340</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>173</v>
+        <v>144</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="3">
         <v>11753781075</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>32441928200920</v>
+        <v>32441928201365</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>173</v>
+        <v>144</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>51</v>
+        <v>175</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="3">
         <v>11753781075</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>32441928200953</v>
+        <v>32441928201373</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="3">
         <v>11753781075</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>32441928201126</v>
+        <v>32441928201381</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>173</v>
+        <v>144</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="3">
         <v>11753781075</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>32441928201209</v>
+        <v>32441928201399</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="3">
         <v>11753781075</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>32441928201233</v>
+        <v>32441928201415</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>194</v>
+        <v>155</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="3">
         <v>11753781075</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>32441928201274</v>
+        <v>32441928201423</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="3">
         <v>11753781075</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>32441928201308</v>
+        <v>40300856800020</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I58" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>32441928201316</v>
+        <v>40868408200014</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>173</v>
+        <v>189</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="3">
-        <v>11753781075</v>
+        <v>11752677675</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>32441928201324</v>
+        <v>77567227211832</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+        <v>115</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>192</v>
+      </c>
       <c r="E60" s="2" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="3">
-        <v>11753781075</v>
+        <v>11930620393</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>32441928201340</v>
+        <v>77567227214133</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D61" s="2"/>
+        <v>115</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>195</v>
+      </c>
       <c r="E61" s="2" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="I61" s="3">
-        <v>11753781075</v>
+        <v>11930620393</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>32441928201365</v>
+        <v>77567227221138</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>173</v>
+        <v>115</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>17</v>
+        <v>200</v>
       </c>
       <c r="I62" s="3">
-        <v>11753781075</v>
+        <v>11930620393</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>32441928201373</v>
+        <v>77567227230162</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>115</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>201</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="3">
-        <v>11753781075</v>
+        <v>11930620393</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>32441928201381</v>
+        <v>77567227233323</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D64" s="2"/>
+        <v>115</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>204</v>
+      </c>
       <c r="E64" s="2" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>209</v>
+        <v>28</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="3">
-        <v>11753781075</v>
+        <v>11930620393</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>32441928201399</v>
+        <v>77567227233828</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D65" s="2"/>
+        <v>115</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>206</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="3">
-        <v>11753781075</v>
+        <v>11930620393</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>32441928201415</v>
+        <v>77567227233851</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D66" s="2"/>
+        <v>115</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>209</v>
+      </c>
       <c r="E66" s="2" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>184</v>
+        <v>210</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="I66" s="3">
-        <v>11753781075</v>
+        <v>11930620393</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>32441928201423</v>
+        <v>39917881300016</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D67" s="2"/>
+        <v>211</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="E67" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="3">
-        <v>11753781075</v>
+        <v>21100030510</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>91018960400010</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>96</v>
+        <v>187</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>216</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="3">
         <v>44510223751</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>91191494300020</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>217</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>145</v>
+        <v>110</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="3">
         <v>84070136707</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
@@ -3757,31 +3757,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 02:59:47</dc:description>
+  <dc:description>Export en date du 12/19/2025 05:12:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>