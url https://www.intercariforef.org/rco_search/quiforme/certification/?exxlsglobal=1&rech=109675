--- v1 (2025-12-19)
+++ v2 (2026-03-19)
@@ -220,489 +220,489 @@
   <si>
     <t>RUE CHARLES BLANC 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>01/12/2016</t>
   </si>
   <si>
     <t>9166P008466</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PAUL LANGEVIN - LYCEE DES METIERS DE L'INDUSTRIE ET DE LA CREATION</t>
   </si>
   <si>
     <t>GRETA DU VAR</t>
   </si>
   <si>
     <t>BD DE L EUROPE 83500 LA SEYNE SUR MER</t>
   </si>
   <si>
     <t>31/03/1988</t>
   </si>
   <si>
     <t>9383P000883</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>21 RUE SAINT-FARGEAU 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>4 ALLEE EMILE REYNAUD 77200 TORCY</t>
+  </si>
+  <si>
+    <t>01/06/1997</t>
+  </si>
+  <si>
+    <t>1 A 3 1 RUE DES CHARRETIERS 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>RUE FERDINAND DE BOYERES 61400 MORTAGNE-AU-PERCHE</t>
+  </si>
+  <si>
+    <t>15/01/2000</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>82 AVENUE GEORGES POMPIDOU 24750 TRELISSAC</t>
+  </si>
+  <si>
+    <t>28/03/2001</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>510 AVENUE DU COMTAT VENAISSIN 84200 CARPENTRAS</t>
+  </si>
+  <si>
+    <t>INFREP</t>
+  </si>
+  <si>
+    <t>2 RUE DE BOURGOGNE 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>19/01/2004</t>
+  </si>
+  <si>
+    <t>4 RUE RONDELET 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
+    <t>LES CHAMPS DOLENTS 6 RUE DE SETUBAL 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>8 RUE MARCEL DAVID 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/05/2016</t>
+  </si>
+  <si>
+    <t>25 RUE DES GRIOTTES 07200 AUBENAS</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>1 VOIE FELIX EBOUE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>7-9 7 RUE ALBERT 1ER 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>12 RUE DES CORDELIERES 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>20 RUE XAVIER BICHAT 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>13 RUE EDITH PIAF 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 23 B RUE DANJOU 92100 BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>4 AVENUE GASTON VERNIER 26200 MONTELIMAR</t>
+  </si>
+  <si>
+    <t>28/02/2022</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE TSUKUBA 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>31/03/2022</t>
+  </si>
+  <si>
+    <t>1 RUE LITTRE 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>67 AVENUE DU LOUP 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
     <t>COLLEGE DES HAUTES ETUDES EN MEDECINE</t>
   </si>
   <si>
     <t>PASSAGE DE QUEMENES-HALL 2 135 QUAI ERIC TABARLY 29200 BREST</t>
   </si>
   <si>
     <t>13/01/2014</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>CQFD</t>
   </si>
   <si>
     <t>3 QUAI DU DRAC 38600 FONTAINE</t>
   </si>
   <si>
     <t>01/03/2004</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>GROUPE BELMONT</t>
   </si>
   <si>
     <t>IMMEUBLE LE KUBE BAT B 100 RUE PIERRE DUHEM 13290 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>01/05/2022</t>
   </si>
   <si>
     <t xml:space="preserve">ASSOCIATION POUR LA FORMATION DES MEDECINS LIBERAUX </t>
   </si>
   <si>
     <t>40 RUE GABRIEL CRIE 92240 MALAKOFF</t>
   </si>
   <si>
     <t>03/07/2018</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>DEFI 83</t>
   </si>
   <si>
     <t>IMM. LES ACACIAS 145 AVENUE GENERAL HENRI-JOSE GOURAUD 83200 TOULON</t>
   </si>
   <si>
     <t>28/10/1996</t>
   </si>
   <si>
     <t>16/10/2025</t>
   </si>
   <si>
+    <t>A D P S FORMATION</t>
+  </si>
+  <si>
+    <t>Y SCHOOLS - FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>18 AVENUE DES LOMBARDS 10000 TROYES</t>
+  </si>
+  <si>
+    <t>29/11/1994</t>
+  </si>
+  <si>
+    <t>ASS REG FORMATION METIERS SANTE &amp; SCIENC</t>
+  </si>
+  <si>
+    <t>13 RUE DES DOCKS REMOIS 51450 BETHENY</t>
+  </si>
+  <si>
+    <t>31/03/1998</t>
+  </si>
+  <si>
+    <t>ASS POUR FORMATION BIOCHIMIE ET BIOLOGIE</t>
+  </si>
+  <si>
+    <t>9 B RUE GERANDO 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>ASS DEVELOP EVALU SOINS AMBULATOIRES</t>
+  </si>
+  <si>
+    <t>GIE MG ECO 13 RUE FERNAND LEGER 75020 PARIS</t>
+  </si>
+  <si>
+    <t>28/10/2003</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>LEXOM</t>
+  </si>
+  <si>
+    <t>155 AVENUE RENE PRIVAT 07000 PRIVAS</t>
+  </si>
+  <si>
+    <t>22/09/2022</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY - COLLEGE DE PARIS</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY</t>
+  </si>
+  <si>
+    <t>RES L AEROPLANE 99 IMPASSE ADAM SMITH 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>10/09/2019</t>
+  </si>
+  <si>
+    <t>19 RUE ALAN TURING 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>96 RUE ICARE 34130 MAUGUIO</t>
+  </si>
+  <si>
+    <t>84 VOIE DU TOEC 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>17/01/2022</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>BAT A4 ZAC VILLE ACTIVE NIMES 83 RUE ANDRE LE NOTRE 30900 NIMES</t>
+  </si>
+  <si>
+    <t>15/04/2022</t>
+  </si>
+  <si>
+    <t>IMMEUBLE OR'ACLE 447 RUE DU RAJOL 34130 MAUGUIO</t>
+  </si>
+  <si>
+    <t>15/09/2022</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY-COLLEGE DE PARIS</t>
+  </si>
+  <si>
+    <t>10 PLACE BOUGAINVILLE 13015 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>10 AVENUE DES ARAWAKS 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>MODULA FORMATION</t>
+  </si>
+  <si>
+    <t>7 AVENUE RAYMOND MANAUD 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>28/09/2021</t>
+  </si>
+  <si>
+    <t>CROIX ROUGE FRANCAISE</t>
+  </si>
+  <si>
+    <t>INSTITUTS DE FORMATION</t>
+  </si>
+  <si>
+    <t>155 CHEMIN DE CHAUDON 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION PROFESSIONNELLE MIDI PYRENEES</t>
+  </si>
+  <si>
+    <t>71 CHEMIN DES CAPELLES 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/12/1989</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION SOINS INFIRMIERS</t>
+  </si>
+  <si>
+    <t>DOMAINE UNIVERSITAIRE MOULIN NEUF 16400 LA COURONNE</t>
+  </si>
+  <si>
+    <t>06/11/1995</t>
+  </si>
+  <si>
+    <t>SITE CROIX ROUGE 98 RUE DIDOT 75014 PARIS</t>
+  </si>
+  <si>
+    <t>25/01/2006</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>C.REG.FORMATION PROF.IDF EST</t>
+  </si>
+  <si>
+    <t>QUADRIUM EST 120 AVENUE GASTON ROUSSEL 93230 ROMAINVILLE</t>
+  </si>
+  <si>
+    <t>01/04/2011</t>
+  </si>
+  <si>
+    <t>CRFP CENTRE</t>
+  </si>
+  <si>
+    <t>6 AVENUE DU PROFESSEUR ALEXANDRE MINKOWSKI 37170 CHAMBRAY-LES-TOURS</t>
+  </si>
+  <si>
+    <t>CTRE REG FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>2 RUE DU GOLF 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>24/07/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION</t>
+  </si>
+  <si>
+    <t>01/08/2015</t>
+  </si>
+  <si>
     <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
   </si>
   <si>
     <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>01/11/1996</t>
   </si>
   <si>
     <t>FONDATION EDITH SELTZER</t>
   </si>
   <si>
     <t>ECOLE D AIDE SOIGNANTES</t>
   </si>
   <si>
     <t>118 ROUTE DE GRENOBLE 05100 BRIANCON</t>
   </si>
   <si>
     <t>19/03/1998</t>
   </si>
   <si>
     <t>INSTIT SUPERIEUR REEDUC PSYCHOMOT RELAXA</t>
   </si>
   <si>
     <t>25-27 27 RUE GINOUX 75015 PARIS</t>
   </si>
   <si>
     <t>01/09/2005</t>
   </si>
   <si>
     <t>INST TRAVAIL SOCIAL RECHER SOC</t>
   </si>
   <si>
     <t>INST REGION TRAVAIL SOCIAL IDF</t>
   </si>
   <si>
     <t>1 RUE DU 11 NOVEMBRE 92120 MONTROUGE</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE DE FORMATION LOUISE COUVE</t>
   </si>
   <si>
     <t>46 RUE DE LA COMMUNE DE PARIS 93300 AUBERVILLIERS</t>
   </si>
   <si>
     <t>07/06/2023</t>
-  </si>
-[...331 lines deleted...]
-    <t>29/11/1994</t>
   </si>
   <si>
     <t>POLE DE FORMATION PASTEUR</t>
   </si>
   <si>
     <t>09/02/2022</t>
   </si>
   <si>
     <t>ALTER'CLASS</t>
   </si>
   <si>
     <t>17/02/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1380,51 +1380,51 @@
         <v>43</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19202583100020</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G9" s="2"/>
@@ -1544,2185 +1544,2175 @@
       <c r="F12" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>34887292000064</v>
+        <v>32434542000040</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>53290421529</v>
+        <v>73310029931</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>34944634400039</v>
+        <v>32439762900118</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C14" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="C14" s="2" t="s">
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="F14" s="2" t="s">
+      <c r="G14" s="2"/>
+      <c r="H14" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="G14" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I14" s="3">
-        <v>82380103938</v>
+        <v>52440210544</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>37835655400063</v>
+        <v>32441928200383</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3">
-        <v>93840077184</v>
+        <v>11753781075</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38098311400048</v>
+        <v>32441928200680</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="I16" s="3">
-        <v>11755308675</v>
+        <v>11753781075</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38172504300032</v>
+        <v>32441928200789</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="3">
-        <v>93830108483</v>
+        <v>11753781075</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78209967500020</v>
+        <v>32441928200847</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="3">
-        <v>72400000340</v>
+        <v>11753781075</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78242485700038</v>
+        <v>32441928200896</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="G19" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>87</v>
+      </c>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I19" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78471035200088</v>
+        <v>32441928200920</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>96</v>
+        <v>51</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="I20" s="3">
-        <v>11750146575</v>
+        <v>11753781075</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78540651300016</v>
+        <v>32441928200953</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="I21" s="3">
-        <v>11920148592</v>
+        <v>11753781075</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78547581500045</v>
+        <v>32441928201126</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="I22" s="3">
-        <v>11930017893</v>
+        <v>11753781075</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>48347552100017</v>
+        <v>32441928201209</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>75</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>89</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="I23" s="3">
-        <v>11753965375</v>
+        <v>11753781075</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>51086927400066</v>
+        <v>32441928201233</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>75</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>89</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="3">
-        <v>84070099207</v>
+        <v>11753781075</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>75254407200040</v>
+        <v>32441928201274</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>75</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>89</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>113</v>
+        <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="3">
-        <v>72330875633</v>
+        <v>11753781075</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>77567227201361</v>
+        <v>32441928201308</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>117</v>
+        <v>100</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="I26" s="3">
-        <v>11930620393</v>
+        <v>11753781075</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>51872913200069</v>
+        <v>32441928201316</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>120</v>
+        <v>102</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>51872913200077</v>
+        <v>32441928201324</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>51872913200085</v>
+        <v>32441928201340</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>125</v>
+        <v>106</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>51872913200127</v>
+        <v>32441928201365</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>126</v>
+        <v>108</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>51872913200143</v>
+        <v>32441928201373</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>129</v>
+        <v>109</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>51872913200150</v>
+        <v>32441928201381</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>132</v>
+        <v>112</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>51872913200184</v>
+        <v>32441928201399</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>134</v>
+        <v>113</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>135</v>
+        <v>114</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>51872913200200</v>
+        <v>32441928201415</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>136</v>
+        <v>115</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>137</v>
+        <v>87</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="3">
-        <v>91340755234</v>
+        <v>11753781075</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>32434542000040</v>
+        <v>32441928201423</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>138</v>
+        <v>75</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>139</v>
+        <v>116</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>140</v>
+        <v>117</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="3">
-        <v>73310029931</v>
+        <v>11753781075</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>32439762900118</v>
+        <v>34887292000064</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>141</v>
+        <v>118</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>142</v>
+        <v>119</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>143</v>
+        <v>120</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="I36" s="3">
-        <v>52440210544</v>
+        <v>53290421529</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>32441928200383</v>
+        <v>34944634400039</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>121</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>121</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>145</v>
+        <v>122</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="G37" s="2"/>
+        <v>123</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>124</v>
+      </c>
       <c r="H37" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I37" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>32441928200680</v>
+        <v>37835655400063</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>144</v>
+        <v>125</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>147</v>
+        <v>126</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="3">
-        <v>11753781075</v>
+        <v>93840077184</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>32441928200789</v>
+        <v>38098311400048</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
       <c r="I39" s="3">
-        <v>11753781075</v>
+        <v>11755308675</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>32441928200847</v>
+        <v>38172504300032</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="G40" s="2"/>
+        <v>134</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>135</v>
+      </c>
       <c r="H40" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I40" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>32441928200896</v>
+        <v>39917881300016</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D41" s="2"/>
+        <v>136</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>137</v>
+      </c>
       <c r="E41" s="2" t="s">
-        <v>153</v>
+        <v>138</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="3">
-        <v>11753781075</v>
+        <v>21100030510</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>32441928200920</v>
+        <v>40300856800020</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>156</v>
+        <v>141</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>51</v>
+        <v>142</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I42" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I42" s="3"/>
       <c r="J42" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>32441928200953</v>
+        <v>40868408200014</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D43" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="2" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="3">
-        <v>11753781075</v>
+        <v>11752677675</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>32441928201126</v>
+        <v>48347552100017</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>160</v>
+        <v>147</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>161</v>
+        <v>148</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
       <c r="I44" s="3">
-        <v>11753781075</v>
+        <v>11753965375</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>32441928201209</v>
+        <v>51086927400066</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="3">
-        <v>11753781075</v>
+        <v>84070099207</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>32441928201233</v>
+        <v>51872913200069</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="3">
-        <v>11753781075</v>
+        <v>91340755234</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>32441928201274</v>
+        <v>51872913200077</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D47" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="E47" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="E47" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="G47" s="2"/>
+        <v>158</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>159</v>
+      </c>
       <c r="H47" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I47" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>32441928201308</v>
+        <v>51872913200085</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D48" s="2"/>
+        <v>153</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>153</v>
+      </c>
       <c r="E48" s="2" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="3">
-        <v>11753781075</v>
+        <v>91340755234</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>32441928201316</v>
+        <v>51872913200127</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D49" s="2"/>
+        <v>153</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>153</v>
+      </c>
       <c r="E49" s="2" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="G49" s="2"/>
+        <v>162</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>163</v>
+      </c>
       <c r="H49" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I49" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I49" s="3"/>
       <c r="J49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>32441928201324</v>
+        <v>51872913200143</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D50" s="2"/>
+        <v>153</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>153</v>
+      </c>
       <c r="E50" s="2" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="3">
-        <v>11753781075</v>
+        <v>91340755234</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>32441928201340</v>
+        <v>51872913200150</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="3">
-        <v>11753781075</v>
+        <v>91340755234</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>32441928201365</v>
+        <v>51872913200184</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D52" s="2"/>
+        <v>153</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>168</v>
+      </c>
       <c r="E52" s="2" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="3">
-        <v>11753781075</v>
+        <v>91340755234</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>32441928201373</v>
+        <v>51872913200200</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D53" s="2"/>
+        <v>153</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>153</v>
+      </c>
       <c r="E53" s="2" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="3">
-        <v>11753781075</v>
+        <v>91340755234</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>32441928201381</v>
+        <v>75254407200040</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>144</v>
+        <v>173</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="3">
-        <v>11753781075</v>
+        <v>72330875633</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>32441928201399</v>
+        <v>77567227201361</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D55" s="2"/>
+        <v>176</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>177</v>
+      </c>
       <c r="E55" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="I55" s="3">
-        <v>11753781075</v>
+        <v>11930620393</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>32441928201415</v>
+        <v>77567227211832</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>176</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>180</v>
+      </c>
       <c r="E56" s="2" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="3">
-        <v>11753781075</v>
+        <v>11930620393</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>32441928201423</v>
+        <v>77567227214133</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D57" s="2"/>
+        <v>176</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>183</v>
+      </c>
       <c r="E57" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>185</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="I57" s="3">
-        <v>11753781075</v>
+        <v>11930620393</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>40300856800020</v>
+        <v>77567227221138</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I58" s="3"/>
+        <v>188</v>
+      </c>
+      <c r="I58" s="3">
+        <v>11930620393</v>
+      </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>40868408200014</v>
+        <v>77567227230162</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D59" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>191</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="3">
-        <v>11752677675</v>
+        <v>11930620393</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>77567227211832</v>
+        <v>77567227233323</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>115</v>
+        <v>176</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>192</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>193</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>194</v>
+        <v>28</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="3">
         <v>11930620393</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>77567227214133</v>
+        <v>77567227233828</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>115</v>
+        <v>176</v>
       </c>
       <c r="D61" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="E61" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="E61" s="2" t="s">
+      <c r="F61" s="2" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="I61" s="3">
         <v>11930620393</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>77567227221138</v>
+        <v>77567227233851</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>176</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>197</v>
+      </c>
       <c r="E62" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>200</v>
+        <v>74</v>
       </c>
       <c r="I62" s="3">
         <v>11930620393</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>77567227230162</v>
+        <v>78209967500020</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D63" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="3">
-        <v>11930620393</v>
+        <v>72400000340</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>77567227233323</v>
+        <v>78242485700038</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>115</v>
+        <v>202</v>
       </c>
       <c r="D64" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="E64" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="E64" s="2" t="s">
+      <c r="F64" s="2" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="3">
-        <v>11930620393</v>
+        <v>93750010005</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>77567227233828</v>
+        <v>78471035200088</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D65" s="2" t="s">
         <v>206</v>
       </c>
+      <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>207</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>208</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
       <c r="I65" s="3">
-        <v>11930620393</v>
+        <v>11750146575</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>77567227233851</v>
+        <v>78540651300016</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>115</v>
+        <v>209</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>210</v>
+        <v>179</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="I66" s="3">
-        <v>11930620393</v>
+        <v>11920148592</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>39917881300016</v>
+        <v>78547581500045</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="D67" s="2" t="s">
         <v>212</v>
       </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="I67" s="3">
-        <v>21100030510</v>
+        <v>11930017893</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>91018960400010</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>187</v>
+        <v>141</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>216</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="3">
         <v>44510223751</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>91191494300020</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>217</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>110</v>
+        <v>151</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="3">
         <v>84070136707</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
@@ -3757,31 +3747,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 05:12:57</dc:description>
+  <dc:description>Export en date du 03/19/2026 01:11:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>