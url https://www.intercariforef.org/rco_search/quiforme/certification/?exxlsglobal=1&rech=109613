--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -193,153 +193,150 @@
   <si>
     <t>LYCEE GENERAL TECHNOLOGIQUE HENRI LORITZ</t>
   </si>
   <si>
     <t>29 RUE DES JARDINIERS 54000 NANCY</t>
   </si>
   <si>
     <t>4154P000154</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA HOTOIE</t>
   </si>
   <si>
     <t>GRETA SOMME</t>
   </si>
   <si>
     <t>70 BOULEVARD SAINT-QUENTIN 80090 AMIENS</t>
   </si>
   <si>
     <t>25/12/2005</t>
   </si>
   <si>
     <t>26/02/2025</t>
   </si>
   <si>
-    <t>2280P000780</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE POLYVALENT NELSON MANDELA</t>
   </si>
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
+    <t>INNOVANCE</t>
+  </si>
+  <si>
+    <t>LES CLOSEAUX ZA TERACTIVE 50140 ROMAGNY FONTENAY</t>
+  </si>
+  <si>
+    <t>20/05/2015</t>
+  </si>
+  <si>
+    <t>26/06/2019</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>POSITIV FORMATION</t>
+  </si>
+  <si>
+    <t>ZA DE L HERMITIERE 9 RUE DE L'EPINE 35230 ORGERES</t>
+  </si>
+  <si>
+    <t>19/05/2008</t>
+  </si>
+  <si>
+    <t>ASS POUR LA DIFFUSION DES NOUVELLES TECHNOLOGIES AU SERVICE DU DEVELOPPEMENT DURABLE</t>
+  </si>
+  <si>
+    <t>ZA TERACTIVE LES CLOSEAUX 50140 ROMAGNY FONTENAY</t>
+  </si>
+  <si>
+    <t>17/03/2009</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>ALMEA FORMATIONS INTERPRO</t>
+  </si>
+  <si>
+    <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>08/10/2008</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D  ORIENTATION DE SAINT GILLES CROIX DE VIE</t>
+  </si>
+  <si>
+    <t>51 ROUTE DE LA ROCHE 85800 SAINT-GILLES-CROIX-DE-VIE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>CAMPUS DE FORMATION PROFESSIONNELLE COMPAGNONNIQUE (C.F.P.C.)</t>
   </si>
   <si>
     <t>12 AVENUE JEAN LURCAT 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
     <t>06/03/2013</t>
   </si>
   <si>
     <t>LE BOS D ALORD 19310 YSSANDON</t>
   </si>
   <si>
     <t>24/04/2014</t>
   </si>
   <si>
     <t>16/05/2017</t>
   </si>
   <si>
     <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
   </si>
   <si>
     <t>21 RUE PELLART 59100 ROUBAIX</t>
   </si>
   <si>
     <t>01/09/2014</t>
-  </si>
-[...61 lines deleted...]
-    <t>08/10/2008</t>
   </si>
   <si>
     <t>FIBRAXION</t>
   </si>
   <si>
     <t>19 RUE DE LA GUILLAUDERIE 44118 LA CHEVROLIERE</t>
   </si>
   <si>
     <t>04/09/2020</t>
   </si>
   <si>
     <t>16/11/2021</t>
   </si>
   <si>
     <t>IMMEUBLE ARENICE 6EME ETAGE 455 PROMENADE DES ANGLAIS 06000 NICE</t>
   </si>
   <si>
     <t>SOGINOV</t>
   </si>
   <si>
     <t>3 RUE THOMAS EDISON 44118 LA CHEVROLIERE</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
@@ -865,53 +862,51 @@
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>18800864300028</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I4" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>19133206300020</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>32</v>
@@ -1134,530 +1129,526 @@
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>19800049900022</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="E12" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
         <v>54860142086</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>80193062900010</v>
+        <v>32434542000040</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I13" s="3"/>
+      <c r="I13" s="3">
+        <v>73310029931</v>
+      </c>
       <c r="J13" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>80193062900028</v>
+        <v>81202560900015</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>69</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>80443252400010</v>
+        <v>48825128100033</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>31590878459</v>
+        <v>53350813735</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>48825128100033</v>
+        <v>49327519200026</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="I16" s="3">
-        <v>53350813735</v>
+        <v>25500094150</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>49327519200026</v>
+        <v>50923283100016</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D17" s="2"/>
+        <v>78</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>78</v>
+      </c>
       <c r="E17" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="I17" s="3">
-        <v>25500094150</v>
+        <v>21510170351</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>32434542000040</v>
+        <v>78646184800016</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="I18" s="3">
-        <v>73310029931</v>
+        <v>52850055985</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78646184800016</v>
+        <v>80193062900010</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>81202560900015</v>
+        <v>80193062900028</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>89</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>50923283100016</v>
+        <v>80443252400010</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="I21" s="3">
-        <v>21510170351</v>
+        <v>31590878459</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>88880756700019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="F22" s="2" t="s">
+      <c r="G22" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I22" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>88880756700027</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3">
         <v>93060958506</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>90453339500029</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3">
         <v>52850241185</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>30</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>30</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>30</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1689,31 +1680,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/13/2025 17:18:13</dc:description>
+  <dc:description>Export en date du 03/07/2026 15:46:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>