--- v0 (2025-10-10)
+++ v1 (2025-12-18)
@@ -151,81 +151,81 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION  PROFESSIONNELLE AGRICOLES DES COMBRAILLES</t>
   </si>
   <si>
     <t>20 AVENUE JULES LECUYER 63390 SAINT-GERVAIS-D'AUVERGNE</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>8363P004463</t>
   </si>
   <si>
     <t>EPA CITE DE LA FORMATION MARMANDE</t>
   </si>
   <si>
     <t>11 A 15 11 RUE ALBERT CAMUS 47200 MARMANDE</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
     <t>7247P005947</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>50 RUE DES QUINZE FUSILLES 61400 MORTAGNE-AU-PERCHE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>CENTRE NATIONAL DE FORMATION PERMANENTE DES PROFESSIONS DU CHIEN ET DU CHAT</t>
   </si>
   <si>
     <t>C.N.F. PRO CANIN ET FELIN</t>
   </si>
   <si>
     <t>44 RUE DES HALLES 01320 CHALAMONT</t>
   </si>
   <si>
     <t>08/03/2018</t>
   </si>
   <si>
     <t>01/08/2022</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.31Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -692,57 +692,57 @@
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>13002794900010</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="3">
         <v>53351087435</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>13002795600015</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="2"/>
@@ -930,124 +930,124 @@
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>53316970200024</v>
+        <v>78096827700019</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="G10" s="2"/>
+      <c r="H10" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="F10" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I10" s="3">
-        <v>84010189301</v>
+        <v>25610014961</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78096827700019</v>
+        <v>53316970200024</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D11" s="2"/>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="F11" s="2" t="s">
+      <c r="G11" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I11" s="3">
-        <v>25610014961</v>
+        <v>84010189301</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1060,31 +1060,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/10/2025 12:48:57</dc:description>
+  <dc:description>Export en date du 12/18/2025 10:36:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>