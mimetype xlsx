--- v1 (2025-12-18)
+++ v2 (2026-02-18)
@@ -151,81 +151,81 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION  PROFESSIONNELLE AGRICOLES DES COMBRAILLES</t>
   </si>
   <si>
     <t>20 AVENUE JULES LECUYER 63390 SAINT-GERVAIS-D'AUVERGNE</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>8363P004463</t>
   </si>
   <si>
     <t>EPA CITE DE LA FORMATION MARMANDE</t>
   </si>
   <si>
     <t>11 A 15 11 RUE ALBERT CAMUS 47200 MARMANDE</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
     <t>7247P005947</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CENTRE NATIONAL DE FORMATION PERMANENTE DES PROFESSIONS DU CHIEN ET DU CHAT</t>
+  </si>
+  <si>
+    <t>C.N.F. PRO CANIN ET FELIN</t>
+  </si>
+  <si>
+    <t>44 RUE DES HALLES 01320 CHALAMONT</t>
+  </si>
+  <si>
+    <t>08/03/2018</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>50 RUE DES QUINZE FUSILLES 61400 MORTAGNE-AU-PERCHE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
-  </si>
-[...19 lines deleted...]
-    <t>85.59A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -885,169 +885,167 @@
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>20002272100019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78096827700019</v>
+        <v>53316970200024</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G10" s="2"/>
+        <v>49</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="H10" s="2" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>53316970200024</v>
+        <v>78096827700019</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="G11" s="2" t="s">
         <v>54</v>
       </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I11" s="3">
-        <v>84010189301</v>
+        <v>25610014961</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1060,31 +1058,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 10:36:37</dc:description>
+  <dc:description>Export en date du 02/18/2026 16:43:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>