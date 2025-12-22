--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1243,31 +1243,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 04:37:00</dc:description>
+  <dc:description>Export en date du 12/22/2025 16:41:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>