--- v1 (2025-12-22)
+++ v2 (2026-02-08)
@@ -1243,31 +1243,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/22/2025 16:41:23</dc:description>
+  <dc:description>Export en date du 02/08/2026 03:22:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>