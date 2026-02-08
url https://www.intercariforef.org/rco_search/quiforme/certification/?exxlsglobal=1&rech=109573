--- v2 (2026-02-08)
+++ v3 (2026-02-08)
@@ -1243,31 +1243,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 03:22:36</dc:description>
+  <dc:description>Export en date du 02/08/2026 04:31:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>