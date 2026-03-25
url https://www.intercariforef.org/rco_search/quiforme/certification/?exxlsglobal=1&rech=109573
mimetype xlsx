--- v3 (2026-02-08)
+++ v4 (2026-03-25)
@@ -1134,53 +1134,51 @@
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>77567227237530</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I14" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>77567227238231</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>55</v>
@@ -1243,31 +1241,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 04:31:04</dc:description>
+  <dc:description>Export en date du 03/25/2026 08:26:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>