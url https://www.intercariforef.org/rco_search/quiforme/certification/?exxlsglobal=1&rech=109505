--- v0 (2025-11-06)
+++ v1 (2025-12-31)
@@ -58,207 +58,207 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>SOCIETE FRANCAISE ETUDE FORMATION</t>
+  </si>
+  <si>
+    <t>43 QUAI DE GRENELLE 75015 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CENTRE D'ETUDES EUROPEEN DU SUD OUEST</t>
+  </si>
+  <si>
+    <t>26 RUE RAZE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>HANGAR 18 QUAI DE BACALAN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>02/03/2023</t>
+  </si>
+  <si>
     <t>CENTRE ETUDES EUROPEEN RHONE ALPES</t>
   </si>
   <si>
     <t>25 RUE DE L'UNIVERSITE 69007 LYON</t>
   </si>
   <si>
-    <t>01/09/2015</t>
-[...1 lines deleted...]
-  <si>
     <t>85.42Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...14 lines deleted...]
-    <t>85.59A</t>
+    <t>BORDEAUX YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 ESPLANADE DE LA GARE 33110 LE BOUSCAT</t>
+  </si>
+  <si>
+    <t>27/07/2023</t>
+  </si>
+  <si>
+    <t>TOULOUSE YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 PLACE DE L'EUROPE 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
+    <t>CENTRE D'ETUDES ET DE FORMATION ALPES SAVOIE</t>
+  </si>
+  <si>
+    <t>SAVOIE TECHNOLAC 12 AVENUE DU LAC D'ANNECY 73370 LE BOURGET-DU-LAC</t>
+  </si>
+  <si>
+    <t>27/07/2012</t>
+  </si>
+  <si>
+    <t>SOCIETE POUR LA FORMATION DE L'ENTREPRISE ALPES SAVOIE</t>
+  </si>
+  <si>
+    <t>30/06/2024</t>
+  </si>
+  <si>
+    <t>LYON YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>6 COURS DE VERDUN RAMBAUD 69002 LYON</t>
+  </si>
+  <si>
+    <t>02/08/2023</t>
+  </si>
+  <si>
+    <t>NANTES YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>20 BOULEVARD GENERAL DE GAULLE 44200 NANTES</t>
+  </si>
+  <si>
+    <t>02/11/2015</t>
   </si>
   <si>
     <t>ADEFI FORMATION</t>
   </si>
   <si>
     <t>BATIMENT 3 1 IMPASSE MARCEL CHALARD 31100 TOULOUSE</t>
   </si>
   <si>
     <t>07/12/2015</t>
   </si>
   <si>
     <t>23 AVENUE HENRI GUILLAUMET 31500 TOULOUSE</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
+    <t>MBA INSTITUTE</t>
+  </si>
+  <si>
+    <t>29/09/2017</t>
+  </si>
+  <si>
+    <t>85.60Z</t>
+  </si>
+  <si>
+    <t>INSTITUT FRANCAIS DE GESTION</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>INSEEC EXECUTIVE EDUCATION</t>
+  </si>
+  <si>
+    <t>20/10/2009</t>
+  </si>
+  <si>
+    <t>23/01/2024</t>
+  </si>
+  <si>
     <t>AIX YNOV CAMPUS</t>
   </si>
   <si>
     <t>2 RUE DE LA FOURANE 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>03/09/2024</t>
   </si>
   <si>
     <t>PARIS YNOV CAMPUS</t>
   </si>
   <si>
     <t>12 RUE ANATOLE FRANCE 92000 NANTERRE</t>
   </si>
   <si>
     <t>31/08/2017</t>
-  </si>
-[...94 lines deleted...]
-    <t>23/01/2024</t>
   </si>
   <si>
     <t>SOPHIA YNOV CAMPUS</t>
   </si>
   <si>
     <t>PLACE SOPHIE LAFFITE 06560 VALBONNE</t>
   </si>
   <si>
     <t>28/08/2020</t>
   </si>
   <si>
     <t>RENNES YNOV CAMPUS</t>
   </si>
   <si>
     <t>42 RUE CAPITAINE MAIGNAN 35000 RENNES</t>
   </si>
   <si>
     <t>27/07/2022</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>LILLE YNOV CAMPUS</t>
   </si>
@@ -759,705 +759,707 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>37815351400021</v>
+        <v>39512947100094</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>82691384769</v>
+        <v>11752285775</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39512947100094</v>
+        <v>33764282100066</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="G3" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="I3" s="3">
-        <v>11752285775</v>
+        <v>72330993233</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>49815719700035</v>
+        <v>33764282100074</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="I4" s="3">
-        <v>73310493031</v>
+        <v>72330993233</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>49815719700050</v>
+        <v>37815351400021</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
-        <v>73310493031</v>
+        <v>82691384769</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>52831294500033</v>
+        <v>53275739000036</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I6" s="3">
-        <v>93131404213</v>
+        <v>72330846033</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>53066741900051</v>
+        <v>53310463400035</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I7" s="3">
-        <v>11754744275</v>
+        <v>73310622931</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>53275739000036</v>
+        <v>75313914600017</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3">
-        <v>72330846033</v>
+        <v>82730158973</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>53310463400035</v>
+        <v>75315914400017</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="F9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="2"/>
+      <c r="G9" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I9" s="3">
-        <v>73310622931</v>
+        <v>82730157473</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>75313914600017</v>
+        <v>79906530500036</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I10" s="3">
-        <v>82730158973</v>
+        <v>82691351669</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>75315914400017</v>
+        <v>80442673200033</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3">
-        <v>82730157473</v>
+        <v>52440756544</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>43219776200185</v>
+        <v>49815719700035</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D12" s="2"/>
+      <c r="D12" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>11753396275</v>
+        <v>73310493031</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>33764282100066</v>
+        <v>49815719700050</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D13" s="2"/>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H13" s="2" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>72330993233</v>
+        <v>73310493031</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>33764282100074</v>
+        <v>50388652500024</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="I14" s="3">
-        <v>72330993233</v>
+        <v>11755509875</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>79906530500036</v>
+        <v>43219776200185</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="I15" s="3">
-        <v>82691351669</v>
+        <v>11753396275</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>80442673200033</v>
+        <v>51779873200015</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="G16" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I16" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>50388652500024</v>
+        <v>52831294500033</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>63</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
-        <v>11755509875</v>
+        <v>93131404213</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>51779873200015</v>
+        <v>53066741900051</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G18" s="2" t="s">
         <v>66</v>
       </c>
+      <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I18" s="3"/>
+        <v>30</v>
+      </c>
+      <c r="I18" s="3">
+        <v>11754744275</v>
+      </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>88844416300016</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
         <v>93060903906</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>90301882800025</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
@@ -1471,316 +1473,316 @@
         <v>72</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>90310559100023</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>90311060900034</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>91487009200022</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I23" s="3">
         <v>53351171135</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>92042238300017</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="I24" s="3">
         <v>75331568333</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>95319934600024</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>95319937900033</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>95355677600029</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>97855127300011</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="I28" s="3">
         <v>93132216213</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1808,31 +1810,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/06/2025 06:35:45</dc:description>
+  <dc:description>Export en date du 12/31/2025 23:17:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>