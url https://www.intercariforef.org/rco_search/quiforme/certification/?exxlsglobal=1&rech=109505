--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -58,99 +58,156 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>INSTITUT FRANCAIS DE GESTION</t>
+  </si>
+  <si>
+    <t>43 QUAI DE GRENELLE 75015 PARIS</t>
+  </si>
+  <si>
+    <t>29/09/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CENTRE D'ETUDES EUROPEEN DU SUD OUEST</t>
+  </si>
+  <si>
+    <t>26 RUE RAZE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>HANGAR 18 QUAI DE BACALAN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>02/03/2023</t>
+  </si>
+  <si>
+    <t>CENTRE ETUDES EUROPEEN RHONE ALPES</t>
+  </si>
+  <si>
+    <t>25 RUE DE L'UNIVERSITE 69007 LYON</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>SOCIETE FRANCAISE ETUDE FORMATION</t>
   </si>
   <si>
-    <t>43 QUAI DE GRENELLE 75015 PARIS</t>
-[...1 lines deleted...]
-  <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...35 lines deleted...]
-    <t>85.42Z</t>
+    <t>ADEFI FORMATION</t>
+  </si>
+  <si>
+    <t>BATIMENT 3 1 IMPASSE MARCEL CHALARD 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>07/12/2015</t>
+  </si>
+  <si>
+    <t>23 AVENUE HENRI GUILLAUMET 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>15/01/2025</t>
+  </si>
+  <si>
+    <t>MBA INSTITUTE</t>
+  </si>
+  <si>
+    <t>85.60Z</t>
+  </si>
+  <si>
+    <t>INSEEC EXECUTIVE EDUCATION</t>
+  </si>
+  <si>
+    <t>20/10/2009</t>
+  </si>
+  <si>
+    <t>23/01/2024</t>
+  </si>
+  <si>
+    <t>AIX YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA FOURANE 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>03/09/2024</t>
+  </si>
+  <si>
+    <t>PARIS YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>12 RUE ANATOLE FRANCE 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>31/08/2017</t>
   </si>
   <si>
     <t>BORDEAUX YNOV CAMPUS</t>
   </si>
   <si>
     <t>2 ESPLANADE DE LA GARE 33110 LE BOUSCAT</t>
   </si>
   <si>
     <t>27/07/2023</t>
   </si>
   <si>
     <t>TOULOUSE YNOV CAMPUS</t>
   </si>
   <si>
     <t>2 PLACE DE L'EUROPE 31000 TOULOUSE</t>
   </si>
   <si>
     <t>15/09/2021</t>
   </si>
   <si>
     <t>CENTRE D'ETUDES ET DE FORMATION ALPES SAVOIE</t>
   </si>
   <si>
     <t>SAVOIE TECHNOLAC 12 AVENUE DU LAC D'ANNECY 73370 LE BOURGET-DU-LAC</t>
   </si>
@@ -158,107 +215,50 @@
     <t>27/07/2012</t>
   </si>
   <si>
     <t>SOCIETE POUR LA FORMATION DE L'ENTREPRISE ALPES SAVOIE</t>
   </si>
   <si>
     <t>30/06/2024</t>
   </si>
   <si>
     <t>LYON YNOV CAMPUS</t>
   </si>
   <si>
     <t>6 COURS DE VERDUN RAMBAUD 69002 LYON</t>
   </si>
   <si>
     <t>02/08/2023</t>
   </si>
   <si>
     <t>NANTES YNOV CAMPUS</t>
   </si>
   <si>
     <t>20 BOULEVARD GENERAL DE GAULLE 44200 NANTES</t>
   </si>
   <si>
     <t>02/11/2015</t>
-  </si>
-[...55 lines deleted...]
-    <t>31/08/2017</t>
   </si>
   <si>
     <t>SOPHIA YNOV CAMPUS</t>
   </si>
   <si>
     <t>PLACE SOPHIE LAFFITE 06560 VALBONNE</t>
   </si>
   <si>
     <t>28/08/2020</t>
   </si>
   <si>
     <t>RENNES YNOV CAMPUS</t>
   </si>
   <si>
     <t>42 RUE CAPITAINE MAIGNAN 35000 RENNES</t>
   </si>
   <si>
     <t>27/07/2022</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>LILLE YNOV CAMPUS</t>
   </si>
@@ -759,111 +759,109 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>39512947100094</v>
+        <v>43219776200185</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>11752285775</v>
+        <v>11753396275</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>33764282100066</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I3" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>33764282100074</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
@@ -909,523 +907,519 @@
       <c r="F5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>82691384769</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>53275739000036</v>
+        <v>39512947100094</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I6" s="3">
-        <v>72330846033</v>
+        <v>11752285775</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>53310463400035</v>
+        <v>49815719700035</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D7" s="2"/>
+      <c r="D7" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I7" s="3">
-        <v>73310622931</v>
+        <v>73310493031</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>75313914600017</v>
+        <v>49815719700050</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D8" s="2"/>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="F8" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="2"/>
+      <c r="G8" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="H8" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>75315914400017</v>
+        <v>50388652500024</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
-        <v>82730157473</v>
+        <v>11755509875</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>79906530500036</v>
+        <v>51779873200015</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="F10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>80442673200033</v>
+        <v>52831294500033</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="3">
-        <v>52440756544</v>
+        <v>93131404213</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>49815719700035</v>
+        <v>53066741900051</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3">
-        <v>73310493031</v>
+        <v>11754744275</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>49815719700050</v>
+        <v>53275739000036</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="G13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I13" s="3">
-        <v>73310493031</v>
+        <v>72330846033</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>50388652500024</v>
+        <v>53310463400035</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="I14" s="3">
-        <v>11755509875</v>
+        <v>73310622931</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>43219776200185</v>
+        <v>75313914600017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3">
-        <v>11753396275</v>
+        <v>82730158973</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>51779873200015</v>
+        <v>75315914400017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>52831294500033</v>
+        <v>79906530500036</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="3">
-        <v>93131404213</v>
+        <v>82691351669</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>53066741900051</v>
+        <v>80442673200033</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="3">
-        <v>11754744275</v>
+        <v>52440756544</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>88844416300016</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D19" s="2"/>
@@ -1596,51 +1590,51 @@
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>92042238300017</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="I24" s="3">
         <v>75331568333</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>95319934600024</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
@@ -1810,31 +1804,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/31/2025 23:17:58</dc:description>
+  <dc:description>Export en date du 02/17/2026 06:43:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>