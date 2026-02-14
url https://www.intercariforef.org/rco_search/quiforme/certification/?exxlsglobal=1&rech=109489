--- v0 (2025-12-14)
+++ v1 (2026-02-14)
@@ -145,141 +145,141 @@
   <si>
     <t>138 AVENUE DE TARASCON 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/01/1987</t>
   </si>
   <si>
     <t>9384P000684</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DE KAWENI-LYCEE DES METIERS DU GOUT ET DES SAVEURS</t>
   </si>
   <si>
     <t>GRETA - CFA DE MAYOTTE</t>
   </si>
   <si>
     <t>ZI DE KAWENI 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>25/12/2013</t>
   </si>
   <si>
     <t>06970000397</t>
   </si>
   <si>
+    <t>AFTRAL</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>94 RUE DU PORTEAU 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/03/1985</t>
+  </si>
+  <si>
+    <t>RUE DES CHARMILLES 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>622 RUE DES HAUTS DE FRANCE 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/02/2012</t>
+  </si>
+  <si>
+    <t>2064 AVENUE HENRI SCHNEIDER 69330 JONAGE</t>
+  </si>
+  <si>
+    <t>01/12/2019</t>
+  </si>
+  <si>
+    <t>747 AVENUE DE LA FLEURIDE 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>ORAKIN SAS</t>
+  </si>
+  <si>
+    <t>30 RUE AMPERE 67120 DUTTLENHEIM</t>
+  </si>
+  <si>
+    <t>01/04/2023</t>
+  </si>
+  <si>
+    <t>85.53Z</t>
+  </si>
+  <si>
     <t>MAUFFREY ACADEMY</t>
   </si>
   <si>
     <t>27 AVENUE DE LATTRE DE TASSIGNY 88510 ELOYES</t>
   </si>
   <si>
     <t>01/04/2022</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>EURO TEAM CAPELLE</t>
+  </si>
+  <si>
+    <t>12 MONTEE DE SILHOL 30100 ALES</t>
+  </si>
+  <si>
+    <t>10/02/2020</t>
+  </si>
+  <si>
     <t>ORAKIN SUD LORRAINE</t>
   </si>
   <si>
     <t>LD MARGUERITE DITE DE MENIL FLIN 54122 CHENEVIERES</t>
   </si>
   <si>
     <t>01/01/2006</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>AFTRAL</t>
-[...49 lines deleted...]
-  <si>
     <t>ASSOCIATION POUR LA PROMOTION SOCIALE ET LA FORMATION PROFESSIONNELLE DANS LES TRANSPORTS ROUTIERS</t>
   </si>
   <si>
     <t>ZAC DU PARC DES TULIPES SUD 1 AVENUE DU XXIEME SIECLE 95500 GONESSE</t>
   </si>
   <si>
     <t>01/09/2016</t>
-  </si>
-[...7 lines deleted...]
-    <t>10/02/2020</t>
   </si>
   <si>
     <t>PROMOTRANS FORMATION PROFESSIONNELLE CONTINUE</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE RUE NICEPHORE NIEPCE 14120 MONDEVILLE</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>RUE DE LA GRANDE EPINE 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
@@ -989,446 +989,446 @@
       <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>42</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>41104468800033</v>
+        <v>30540504500066</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>41880074388</v>
+        <v>11750091675</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>48201278800022</v>
+        <v>30540504500132</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>41540242854</v>
+        <v>11750091675</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>30540504500066</v>
+        <v>30540504500579</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
         <v>11750091675</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>30540504500132</v>
+        <v>30540504501478</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
         <v>11750091675</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>30540504500579</v>
+        <v>30540504502153</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="3">
         <v>11750091675</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30540504501478</v>
+        <v>30540504502856</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="3">
         <v>11750091675</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30540504502153</v>
+        <v>32159235400161</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="I14" s="3">
-        <v>11750091675</v>
+        <v>42670009767</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>30540504502856</v>
+        <v>41104468800033</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="I15" s="3">
-        <v>11750091675</v>
+        <v>41880074388</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>32159235400161</v>
+        <v>47769611600037</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D16" s="2"/>
+      <c r="D16" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="E16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="I16" s="3">
-        <v>42670009767</v>
+        <v>91300243730</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77568013501097</v>
+        <v>48201278800022</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="I17" s="3">
-        <v>11753207275</v>
+        <v>41540242854</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>47769611600037</v>
+        <v>77568013501097</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>91300243730</v>
+        <v>11753207275</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>80863414100101</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>75</v>
       </c>
@@ -1970,51 +1970,51 @@
         <v>24</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>88944585400025</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="I34" s="3">
         <v>11941043994</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -2042,31 +2042,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 16:10:31</dc:description>
+  <dc:description>Export en date du 02/14/2026 19:00:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>