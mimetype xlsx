--- v0 (2025-12-23)
+++ v1 (2026-02-08)
@@ -100,176 +100,203 @@
   <si>
     <t>CCI REUNION-POLE FORMATION CIRFIM</t>
   </si>
   <si>
     <t>31 AVENUE RAYMOND MONDON 97420 LE PORT</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION CAMPUS PRO</t>
   </si>
   <si>
     <t>CAMPUS PROFESSIONNEL OCEAN INDIEN 65 RUE DU PERE LAFOSSE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>18/08/2010</t>
   </si>
   <si>
+    <t>AFTRAL</t>
+  </si>
+  <si>
+    <t>368 BOULEVARD HENRI BARNIER 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>AFT-FC TOULOUSE</t>
+  </si>
+  <si>
+    <t>72 RUE EDMOND ROSTAND 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/12/1995</t>
+  </si>
+  <si>
+    <t>ALLEE DE GASCOGNE 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/09/1997</t>
+  </si>
+  <si>
+    <t>ISTELI SAINTE LUCE</t>
+  </si>
+  <si>
+    <t>ZAC MAISON NEUVE 2 RUE JEAN MERMOZ 44980 SAINTE-LUCE-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>01/09/2002</t>
+  </si>
+  <si>
+    <t>30 RUE DE PARADIS 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2005</t>
+  </si>
+  <si>
+    <t>ZI CAMBAIE 99 RUE HENRI CORNU 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>31/10/2015</t>
+  </si>
+  <si>
+    <t>2326 AVENUE HENRI SCHNEIDER 69330 JONAGE</t>
+  </si>
+  <si>
+    <t>01/12/2019</t>
+  </si>
+  <si>
+    <t>BAT HEXAGONE PORTE F 24 BOULEVARD GAY LUSSAC 13014 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/03/2020</t>
+  </si>
+  <si>
+    <t>ISTELI TOULOUSE 2 IMPASSE HENRI PITOT 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>AFTRAL ISTELI LE HAVRE</t>
+  </si>
+  <si>
+    <t>BATIMENT H78 144 QUAI DE LA GIRONDE 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>BREUIL LE VERT RUE DE LA REPUBLIQUE 60290 MONCHY-SAINT-ELOI</t>
+  </si>
+  <si>
+    <t>01/10/2022</t>
+  </si>
+  <si>
+    <t>5 RUE DE LA RAINIERE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>FORMATION DEMOCRATIE NORMANDIE HAVRE</t>
+  </si>
+  <si>
+    <t>22 AVENUE GENERAL ARCHINARD 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>08/11/2017</t>
+  </si>
+  <si>
+    <t>NAYAN FORMATION 93</t>
+  </si>
+  <si>
+    <t>17 RUE HENRI BECQUEREL 93600 AULNAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>21/06/2022</t>
+  </si>
+  <si>
+    <t>77 BOULEVARD DE STALINGRAD 94320 THIAIS</t>
+  </si>
+  <si>
+    <t>20/08/2022</t>
+  </si>
+  <si>
+    <t>EURO FRANCE FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE "LES FLAMANTS" BAT 10 HALL C 13 RUE DE LA PERDRIX 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>23/03/2020</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>FORE ENTREPRISE</t>
   </si>
   <si>
     <t>IMMEUBLE YERYSALYD - ZAC DE MOUDONG SU RUE CLAUDE EMMANUEL BLANDIN 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/07/2012</t>
   </si>
   <si>
-    <t>85.59A</t>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZONE D'ACTIVITE COMMERCIALE DE H FOND BOISNEUF 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>06/12/2016</t>
   </si>
   <si>
     <t>PASSERELLE POUR EMPLOI INITIATIVE ECON</t>
   </si>
   <si>
     <t>CASTEL 97129 LAMENTIN</t>
   </si>
   <si>
     <t>01/01/2005</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
-    <t>AFTRAL</t>
-[...100 lines deleted...]
-  <si>
     <t>SOCIETE MAHORAISE DE FORMATION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>ZI KAWENI ESPACE COMMERCIAL NOSSI 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>27/10/2015</t>
   </si>
   <si>
     <t>06970007697</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
@@ -304,105 +331,78 @@
   <si>
     <t>LE BOYER 97115 SAINTE-ROSE</t>
   </si>
   <si>
     <t>25/10/2017</t>
   </si>
   <si>
     <t>70.21Z</t>
   </si>
   <si>
     <t>01973131897</t>
   </si>
   <si>
     <t>AEROKONSULT</t>
   </si>
   <si>
     <t>IMM. FARMAN   BUREAU 1 4 RUE HENRI FARMAN 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>04973220997</t>
   </si>
   <si>
-    <t>EURO FRANCE FORMATION</t>
-[...10 lines deleted...]
-  <si>
     <t>ELIKYA ACADEMY</t>
   </si>
   <si>
     <t>10 RUE SAINT THEOBALD 38080 L'ISLE-D'ABEAU</t>
   </si>
   <si>
     <t>27/07/2020</t>
   </si>
   <si>
     <t>AB FORMATION</t>
   </si>
   <si>
     <t>N 17 - SAINT GILLES LES BAINS 27 CHEMIN DE LA CAVERNE 97434 SAINT-PAUL</t>
   </si>
   <si>
     <t>18/02/2021</t>
   </si>
   <si>
     <t>04973338397</t>
   </si>
   <si>
     <t>FTIE</t>
   </si>
   <si>
     <t>1 BOULEVARD DES GRANDS PINS 13010 MARSEILLE</t>
   </si>
   <si>
     <t>07/06/2021</t>
-  </si>
-[...13 lines deleted...]
-    <t>20/08/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -920,1185 +920,1185 @@
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
         <v>98970017797</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>44065706200020</v>
+        <v>30540504500041</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>95970114297</v>
+        <v>11750091675</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>48024587700018</v>
+        <v>30540504500421</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="I6" s="3">
-        <v>95970137297</v>
+        <v>11750091675</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>30540504500041</v>
+        <v>30540504500603</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I7" s="3">
         <v>11750091675</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>30540504500421</v>
+        <v>30540504500926</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D8" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="3">
         <v>11750091675</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>30540504500603</v>
+        <v>30540504501155</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3">
         <v>11750091675</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>30540504500926</v>
+        <v>30540504501783</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3">
         <v>11750091675</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>30540504501155</v>
+        <v>30540504502146</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3">
         <v>11750091675</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>30540504501783</v>
+        <v>30540504502252</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3">
         <v>11750091675</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30540504502146</v>
+        <v>30540504502542</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3">
         <v>11750091675</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30540504502252</v>
+        <v>30540504502575</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3">
         <v>11750091675</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>30540504502542</v>
+        <v>30540504502724</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3">
         <v>11750091675</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>30540504502575</v>
+        <v>30540504502807</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3">
         <v>11750091675</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>30540504502724</v>
+        <v>33958143100030</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3">
-        <v>11750091675</v>
+        <v>23760065476</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>30540504502807</v>
+        <v>90459321700022</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3">
-        <v>11750091675</v>
+        <v>11930969293</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>33958143100030</v>
+        <v>90459321700030</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3">
-        <v>23760065476</v>
+        <v>11930969293</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>45211949800320</v>
+        <v>87952926100023</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>80540154400020</v>
+        <v>44065706200020</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I21" s="3" t="s">
-        <v>73</v>
+      <c r="I21" s="3">
+        <v>95970114297</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>82409268800012</v>
+        <v>45211949800320</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3">
-        <v>11930762893</v>
+        <v>11930518993</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>82409268800053</v>
+        <v>48024587700018</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>31</v>
+        <v>78</v>
       </c>
       <c r="I23" s="3">
-        <v>11930762893</v>
+        <v>95970137297</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>82409268800244</v>
+        <v>80540154400020</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I24" s="3">
-        <v>11930762893</v>
+      <c r="I24" s="3" t="s">
+        <v>82</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>82422814200025</v>
+        <v>82409268800012</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>82422814200488</v>
+        <v>82409268800053</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>83193815400018</v>
+        <v>82409268800244</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I27" s="3" t="s">
-        <v>86</v>
+      <c r="I27" s="3">
+        <v>11930762893</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>83296841600012</v>
+        <v>82422814200025</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>31</v>
+      </c>
+      <c r="I28" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>85249551400055</v>
+        <v>82422814200488</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I29" s="3" t="s">
-        <v>95</v>
+      <c r="I29" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>87952926100023</v>
+        <v>83193815400018</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="I30" s="3"/>
+        <v>31</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>95</v>
+      </c>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>88806133000013</v>
+        <v>83296841600012</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>84380757838</v>
+        <v>99</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>100</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>89470926000018</v>
+        <v>85249551400055</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>90022081500014</v>
+        <v>88806133000013</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3">
-        <v>93131942913</v>
+        <v>84380757838</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>90459321700022</v>
+        <v>89470926000018</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I34" s="3">
-        <v>11930969293</v>
+      <c r="I34" s="3" t="s">
+        <v>111</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>90459321700030</v>
+        <v>90022081500014</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3">
-        <v>11930969293</v>
+        <v>93131942913</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -2123,31 +2123,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/23/2025 12:53:25</dc:description>
+  <dc:description>Export en date du 02/08/2026 05:13:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>