--- v1 (2026-02-08)
+++ v2 (2026-03-25)
@@ -196,213 +196,213 @@
   <si>
     <t>01/11/2021</t>
   </si>
   <si>
     <t>BREUIL LE VERT RUE DE LA REPUBLIQUE 60290 MONCHY-SAINT-ELOI</t>
   </si>
   <si>
     <t>01/10/2022</t>
   </si>
   <si>
     <t>5 RUE DE LA RAINIERE 44300 NANTES</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>FORMATION DEMOCRATIE NORMANDIE HAVRE</t>
   </si>
   <si>
     <t>22 AVENUE GENERAL ARCHINARD 76600 LE HAVRE</t>
   </si>
   <si>
     <t>08/11/2017</t>
   </si>
   <si>
+    <t>FORE ENTREPRISE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE YERYSALYD - ZAC DE MOUDONG SU RUE CLAUDE EMMANUEL BLANDIN 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>ZONE D'ACTIVITE COMMERCIALE DE H FOND BOISNEUF 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>06/12/2016</t>
+  </si>
+  <si>
+    <t>PASSERELLE POUR EMPLOI INITIATIVE ECON</t>
+  </si>
+  <si>
+    <t>CASTEL 97129 LAMENTIN</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>SOCIETE MAHORAISE DE FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>ZI KAWENI ESPACE COMMERCIAL NOSSI 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>27/10/2015</t>
+  </si>
+  <si>
+    <t>06970007697</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA CITOYENNETE 93240 STAINS</t>
+  </si>
+  <si>
+    <t>54 BOULEVARD LAVERAN 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>SAS FORMATION &amp; CONSEIL MRH</t>
+  </si>
+  <si>
+    <t>1897 ROUTE DE MONTJOLY 97354 REMIRE-MONTJOLY</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>03973131197</t>
+  </si>
+  <si>
+    <t>HUNEEX</t>
+  </si>
+  <si>
+    <t>LE BOYER 97115 SAINTE-ROSE</t>
+  </si>
+  <si>
+    <t>25/10/2017</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>01973131897</t>
+  </si>
+  <si>
+    <t>AEROKONSULT</t>
+  </si>
+  <si>
+    <t>IMM. FARMAN   BUREAU 1 4 RUE HENRI FARMAN 97438 SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>04973220997</t>
+  </si>
+  <si>
+    <t>EURO FRANCE FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE "LES FLAMANTS" BAT 10 HALL C 13 RUE DE LA PERDRIX 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>23/03/2020</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ELIKYA ACADEMY</t>
+  </si>
+  <si>
+    <t>10 RUE SAINT THEOBALD 38080 L'ISLE-D'ABEAU</t>
+  </si>
+  <si>
+    <t>27/07/2020</t>
+  </si>
+  <si>
+    <t>AB FORMATION</t>
+  </si>
+  <si>
+    <t>N 17 - SAINT GILLES LES BAINS 27 CHEMIN DE LA CAVERNE 97434 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>18/02/2021</t>
+  </si>
+  <si>
+    <t>04973338397</t>
+  </si>
+  <si>
+    <t>FTIE</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD DES GRANDS PINS 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>07/06/2021</t>
+  </si>
+  <si>
     <t>NAYAN FORMATION 93</t>
   </si>
   <si>
     <t>17 RUE HENRI BECQUEREL 93600 AULNAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>21/06/2022</t>
   </si>
   <si>
     <t>77 BOULEVARD DE STALINGRAD 94320 THIAIS</t>
   </si>
   <si>
     <t>20/08/2022</t>
-  </si>
-[...148 lines deleted...]
-    <t>07/06/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1407,698 +1407,698 @@
       <c r="F17" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3">
         <v>23760065476</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>90459321700022</v>
+        <v>44065706200020</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3">
-        <v>11930969293</v>
+        <v>95970114297</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>90459321700030</v>
+        <v>45211949800320</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3">
-        <v>11930969293</v>
+        <v>11930518993</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>87952926100023</v>
+        <v>48024587700018</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="I20" s="3"/>
+        <v>69</v>
+      </c>
+      <c r="I20" s="3">
+        <v>95970137297</v>
+      </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>44065706200020</v>
+        <v>80540154400020</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I21" s="3">
-        <v>95970114297</v>
+      <c r="I21" s="3" t="s">
+        <v>73</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>45211949800320</v>
+        <v>82409268800012</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3">
-        <v>11930518993</v>
+        <v>11930762893</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>48024587700018</v>
+        <v>82409268800053</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>78</v>
+        <v>31</v>
       </c>
       <c r="I23" s="3">
-        <v>95970137297</v>
+        <v>11930762893</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>80540154400020</v>
+        <v>82409268800244</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I24" s="3" t="s">
-        <v>82</v>
+      <c r="I24" s="3">
+        <v>11930762893</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>82409268800012</v>
+        <v>82422814200025</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>82409268800053</v>
+        <v>82422814200488</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>82409268800244</v>
+        <v>83193815400018</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I27" s="3">
-        <v>11930762893</v>
+      <c r="I27" s="3" t="s">
+        <v>86</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>82422814200025</v>
+        <v>83296841600012</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>11930743393</v>
+        <v>90</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>91</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>82422814200488</v>
+        <v>85249551400055</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I29" s="3">
-        <v>11930743393</v>
+      <c r="I29" s="3" t="s">
+        <v>95</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>83193815400018</v>
+        <v>87952926100023</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>83296841600012</v>
+        <v>88806133000013</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>31</v>
+      </c>
+      <c r="I31" s="3">
+        <v>84380757838</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>85249551400055</v>
+        <v>89470926000018</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>88806133000013</v>
+        <v>90022081500014</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3">
-        <v>84380757838</v>
+        <v>93131942913</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>89470926000018</v>
+        <v>90459321700022</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I34" s="3" t="s">
-        <v>111</v>
+      <c r="I34" s="3">
+        <v>11930969293</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>90022081500014</v>
+        <v>90459321700030</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3">
-        <v>93131942913</v>
+        <v>11930969293</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -2123,31 +2123,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 05:13:50</dc:description>
+  <dc:description>Export en date du 03/25/2026 08:26:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>