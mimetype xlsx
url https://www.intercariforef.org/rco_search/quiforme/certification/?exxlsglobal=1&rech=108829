--- v0 (2025-10-26)
+++ v1 (2026-03-10)
@@ -175,75 +175,75 @@
   <si>
     <t>01/03/2018</t>
   </si>
   <si>
     <t>12/10/2022</t>
   </si>
   <si>
     <t>5 RUE DU CADUCEE 94550 CHEVILLY-LARUE</t>
   </si>
   <si>
     <t>01/07/2019</t>
   </si>
   <si>
     <t>14 AVENUE DE L’AVENIR 59650 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>105 RUE DES MIGNOTTES 89000 AUXERRE</t>
   </si>
   <si>
     <t>01/02/2025</t>
   </si>
   <si>
+    <t>FORTISSIMO FORMATION</t>
+  </si>
+  <si>
+    <t>3 AVENUE DU COMMANDANT L'HERMINIER 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>21/05/2013</t>
+  </si>
+  <si>
+    <t>85.20Z</t>
+  </si>
+  <si>
     <t>GROUPE MAB</t>
   </si>
   <si>
     <t>32 RUE HIPPOLYTE BOTTIER 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>31/08/2021</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DE L'ECOLE SUPERIEURE DES SERVICES</t>
   </si>
   <si>
     <t>04/07/2018</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.20Z</t>
   </si>
   <si>
     <t>THOT LEARNING</t>
   </si>
   <si>
     <t>BATIMENT I 14 RUE COUBERTIN 21000 DIJON</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>QUESACOACH</t>
   </si>
   <si>
     <t>31 RES PARC CLUB DU GOLF 13080 AIX EN PROVENCE</t>
   </si>
   <si>
     <t>02/08/2021</t>
   </si>
   <si>
     <t>J'AI VOTRE SOLUTION</t>
   </si>
   <si>
     <t>APPARTEMENT 4, ETAGE2. 20 RUE DU LANGUEDOC 31000 TOULOUSE</t>
   </si>
@@ -1050,92 +1050,88 @@
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>77573724000306</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I11" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>77573724000314</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I12" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>77573724000322</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
@@ -1218,157 +1214,157 @@
       <c r="F15" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3">
         <v>11940004794</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>79814727800039</v>
+        <v>79373754500012</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I16" s="3">
-        <v>22600288660</v>
+        <v>52440698144</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>80760437600028</v>
+        <v>79814727800039</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="3">
-        <v>28140329014</v>
+        <v>22600288660</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>79373754500012</v>
+        <v>80760437600028</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="I18" s="3">
-        <v>52440698144</v>
+        <v>28140329014</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>90067089400014</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3">
         <v>27210424621</v>
@@ -1566,31 +1562,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/26/2025 12:37:43</dc:description>
+  <dc:description>Export en date du 03/10/2026 21:42:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>