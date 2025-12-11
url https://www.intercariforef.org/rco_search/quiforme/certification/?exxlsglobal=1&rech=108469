--- v0 (2025-10-16)
+++ v1 (2025-12-11)
@@ -58,80 +58,101 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
+  </si>
+  <si>
+    <t>1 RUE ALBERT DUPUIS 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>2376P001876</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>GRETA ROUEN MARITIME</t>
+  </si>
+  <si>
+    <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>22/09/1989</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>ASSOC INSTITUTION ST ASPAIS DE MELUN</t>
   </si>
   <si>
     <t>36 RUE SAINT BARTHELEMY 77000 MELUN</t>
   </si>
   <si>
     <t>09/03/1972</t>
   </si>
   <si>
-    <t>85.31Z</t>
-[...7 lines deleted...]
-  <si>
     <t>GROUPE BELMONT</t>
   </si>
   <si>
     <t>MONTFAVET 95 ALLEE CAMILLE CLAUDEL 84000 AVIGNON</t>
   </si>
   <si>
     <t>12/02/2018</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>IFCE INSTITUT FORMATION COMPTABLE EUROPE</t>
   </si>
   <si>
     <t>56 RUE JACQUES KABLE 67000 STRASBOURG</t>
   </si>
   <si>
     <t>02/06/2000</t>
   </si>
   <si>
     <t>SUPALIA</t>
   </si>
   <si>
     <t>70 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>25/04/2024</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>ESCCOT GROUPE-SOGESTE</t>
   </si>
   <si>
     <t>11 RUE DES CHARMILLES 35510 CESSON-SEVIGNE</t>
@@ -139,303 +160,282 @@
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR COMMERCE GESTION</t>
   </si>
   <si>
     <t>ISCG</t>
   </si>
   <si>
     <t>13 RUE DE CITEAUX 75012 PARIS</t>
   </si>
   <si>
     <t>01/09/2002</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ET D'ENSEIGNEMENT PROFESSIONNEL</t>
   </si>
   <si>
     <t>64 B RUE LA BOETIE 75008 PARIS</t>
   </si>
   <si>
     <t>01/06/2015</t>
   </si>
   <si>
+    <t>INSTITUT REGIONAL D'ETUDES DE TECHNIQUES APPIQUEES</t>
+  </si>
+  <si>
+    <t>8 RUE DE LA CORNOUAILLE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>18/10/2003</t>
+  </si>
+  <si>
+    <t>CHALON FORMATION</t>
+  </si>
+  <si>
+    <t>8 RUE GEORGES MAUGEY 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>FORE ALTERNANCE</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY BOULEVARD DU MARQUISAT DE HOUELBOURG 97122 BAIE MAHAULT</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ASSOC JEANNE PERRIMOND</t>
+  </si>
+  <si>
+    <t>244 CHEMIN DU ROUCAS BLANC 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>OGEC ECA SAINT JUDE</t>
+  </si>
+  <si>
+    <t>18 RUE LAMARTINE 59280 ARMENTIERES</t>
+  </si>
+  <si>
+    <t>ECOLE SUP LIBRE SCIENC COM APPLIQUEES</t>
+  </si>
+  <si>
+    <t>11 RUE DE CAMBRAI 75019 PARIS</t>
+  </si>
+  <si>
+    <t>07/06/2019</t>
+  </si>
+  <si>
+    <t>FORMAVAR</t>
+  </si>
+  <si>
+    <t>FORMAPLUS</t>
+  </si>
+  <si>
+    <t>LE ROCK BLEU ZAC DES GARIL RUE DE LA MAGNANERIE 83520 ROQUEBRUNE-SUR-ARGENS</t>
+  </si>
+  <si>
+    <t>01/06/2005</t>
+  </si>
+  <si>
+    <t>515 AVENUE PABLO PICASSO 83160 LA VALETTE-DU-VAR</t>
+  </si>
+  <si>
+    <t>10/09/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT EUROPEEN F 2I</t>
+  </si>
+  <si>
+    <t>22 RUE DES VIGNERONS 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>17/03/2021</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>DIJON FORMATION</t>
+  </si>
+  <si>
+    <t>7 BOULEVARD DE L'EUROPE 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>01/08/2002</t>
+  </si>
+  <si>
+    <t>INSTITUT DU MARAIS - CHARLEMAGNE - POLLES</t>
+  </si>
+  <si>
+    <t>14 RUE DE LANCRY 75010 PARIS</t>
+  </si>
+  <si>
+    <t>20/12/2010</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>P2M</t>
+  </si>
+  <si>
+    <t>TOTEM FORMATION</t>
+  </si>
+  <si>
+    <t>35 AVENUE DES PEUPLIERS 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>ALTERNANCE SEVRE ET VIENNE</t>
+  </si>
+  <si>
+    <t>12 RUE DE L'ANGELIQUE 79000 BESSINES</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNATIONALE DE MANAGEMENT DE PARIS EIMP</t>
+  </si>
+  <si>
+    <t>6-8 6 RUE FIRMIN GILLOT 75015 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
     <t>PROPULS'UP</t>
   </si>
   <si>
     <t>EBM BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>1 PROMENADE DE LA BONNETTE 92230 GENNEVILLIERS</t>
   </si>
   <si>
     <t>07/10/2024</t>
   </si>
   <si>
     <t>ESNA (ECOLE SUPERIEURE DE NEGOCIATION D'AFFAIRES)</t>
   </si>
   <si>
     <t>39 RUE DE LAXOU 54000 NANCY</t>
   </si>
   <si>
     <t>04/11/2019</t>
   </si>
   <si>
-    <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
-[...95 lines deleted...]
-    <t>01/09/2020</t>
+    <t>INSTITUT DES METIERS NETWORK</t>
+  </si>
+  <si>
+    <t>ZA DU PUECH RADIER 260 RUE DU PUECH RADIER 34970 LATTES</t>
+  </si>
+  <si>
+    <t>28/02/2018</t>
+  </si>
+  <si>
+    <t>IRFA SUD</t>
+  </si>
+  <si>
+    <t>600 RUE FAVRE DE SAINT CASTOR 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/05/2024</t>
+  </si>
+  <si>
+    <t>ORGANISME DE FORMATION POUR L'INSERTION L'ACCOMPAGNEMENT ET LA QUALIFICATION</t>
+  </si>
+  <si>
+    <t>255 RUE CLAUDE FRANCOIS 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>ECOLES BILLIERES</t>
+  </si>
+  <si>
+    <t>27 RUE INGRES 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>30/04/2013</t>
+  </si>
+  <si>
+    <t>I.F.A.</t>
+  </si>
+  <si>
+    <t>ESCA NORMANDIE</t>
+  </si>
+  <si>
+    <t>13 RTE DE ROUEN 14130 PONT L'EVEQUE</t>
+  </si>
+  <si>
+    <t>20/06/2022</t>
+  </si>
+  <si>
+    <t>85.41Z</t>
+  </si>
+  <si>
+    <t>ELYSEES CANNES</t>
+  </si>
+  <si>
+    <t>VILLA AURORE 22 BOULEVARD DE LA REPUBLIQUE 06400 CANNES</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
   </si>
   <si>
     <t>ASSOCIATION O.R.T.</t>
   </si>
   <si>
     <t>LYCEE TECHNOLOGIQUE</t>
   </si>
   <si>
     <t>43 RUE RASPAIL 93100 MONTREUIL</t>
   </si>
   <si>
     <t>01/01/1921</t>
-  </si>
-[...121 lines deleted...]
-    <t>20/12/2010</t>
   </si>
   <si>
     <t>LES FORMATIONS DU MARAIS</t>
   </si>
   <si>
     <t>15 RUE DES OISEAUX 79460 MAGNE</t>
   </si>
   <si>
     <t>01/05/2018</t>
   </si>
   <si>
     <t>OPTIMA BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>14 B AVENUE ARISTIDE BRIAND 39000 LONS-LE-SAUNIER</t>
   </si>
   <si>
     <t>01/02/2019</t>
   </si>
   <si>
     <t>EXECUTIVE MANAGEMENT SCHOOL OF PARIS</t>
   </si>
   <si>
     <t>EMSP</t>
   </si>
@@ -948,1660 +948,1660 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>35319145500016</v>
+        <v>19760096800014</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-        <v>11770089277</v>
+      <c r="I2" s="3" t="s">
+        <v>18</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>37835655400030</v>
+        <v>19760096800022</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D3" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>93840077184</v>
+        <v>24</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>18</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>38391584000037</v>
+        <v>35319145500016</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>42670146267</v>
+        <v>11770089277</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>38767911100048</v>
+        <v>37835655400030</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I5" s="3">
-        <v>11941031594</v>
+        <v>93840077184</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>39044285300045</v>
+        <v>38391584000037</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>53350974435</v>
+        <v>42670146267</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>39156249300034</v>
+        <v>38767911100048</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="D7" s="2"/>
+      <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I7" s="3">
-        <v>11754123675</v>
+        <v>11941031594</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>39758087900047</v>
+        <v>39044285300045</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D8" s="2"/>
+      <c r="D8" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I8" s="3">
-        <v>11752307775</v>
+        <v>53350974435</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>80389525900163</v>
+        <v>39156249300034</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I9" s="3">
-        <v>11922686592</v>
+        <v>11754123675</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>80966890800035</v>
+        <v>39758087900047</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I10" s="3">
-        <v>41540341454</v>
+        <v>11752307775</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19760096800014</v>
+        <v>43397001900025</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>24</v>
+      </c>
+      <c r="I11" s="3">
+        <v>52440376044</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19760096800022</v>
+        <v>43821691300030</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D12" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>24</v>
+      </c>
+      <c r="I12" s="3">
+        <v>26710131071</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>44062052400114</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I13" s="3">
         <v>95970113997</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>41895538100045</v>
+        <v>78288388800029</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="I14" s="3">
-        <v>93830251083</v>
+        <v>93130682213</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>41895538100052</v>
+        <v>78350456600010</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I15" s="3">
-        <v>93830251083</v>
+        <v>31590647259</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>41904518200054</v>
+        <v>78430830600074</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="I16" s="3">
-        <v>11940499794</v>
+        <v>11750150775</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>42387070800025</v>
+        <v>41895538100045</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>69</v>
-      </c>
-[...5 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>26210170621</v>
+        <v>93830251083</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>43397001900025</v>
+        <v>41895538100052</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
-        <v>52440376044</v>
+        <v>93830251083</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>48832827900069</v>
+        <v>41904518200054</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="I19" s="3">
-        <v>54790080179</v>
+        <v>11940499794</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>49386208000055</v>
+        <v>42387070800025</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="I20" s="3">
-        <v>11930560493</v>
+        <v>26210170621</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77568810400113</v>
+        <v>52840171400027</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>81</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="I21" s="3">
-        <v>11752836675</v>
+        <v>11754650175</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78288388800029</v>
+        <v>52942598500031</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E22" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="D22" s="2"/>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="F22" s="2" t="s">
+      <c r="G22" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
-        <v>93130682213</v>
+        <v>53350892835</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78350456600010</v>
+        <v>48832827900069</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="I23" s="3">
-        <v>31590647259</v>
+        <v>54790080179</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78430830600074</v>
+        <v>49386208000055</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="I24" s="3">
-        <v>11750150775</v>
+        <v>11930560493</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>31550339100460</v>
+        <v>80389525900163</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>95</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I25" s="3">
-        <v>91340000934</v>
+        <v>11922686592</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>52942598500031</v>
+        <v>80966890800035</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D26" s="2" t="s">
         <v>98</v>
       </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="G26" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I26" s="3">
-        <v>53350892835</v>
+        <v>41540341454</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>53833278400031</v>
+        <v>81272495300029</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="I27" s="3">
-        <v>91340756734</v>
+        <v>91340869334</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>71080129100083</v>
+        <v>31550339100460</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I28" s="3">
-        <v>73310256231</v>
+        <v>91340000934</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>75170338000038</v>
+        <v>53833278400031</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>112</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="I29" s="3">
-        <v>25140255414</v>
+        <v>91340756734</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>75325973800031</v>
+        <v>71080129100083</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="I30" s="3">
-        <v>93060722506</v>
+        <v>73310256231</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>43821691300030</v>
+        <v>75170338000038</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>117</v>
-      </c>
-[...5 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>23</v>
+        <v>118</v>
       </c>
       <c r="I31" s="3">
-        <v>26710131071</v>
+        <v>25140255414</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>81272495300029</v>
+        <v>75325973800031</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="E32" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="D32" s="2"/>
-      <c r="E32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="I32" s="3">
-        <v>91340869334</v>
+        <v>93060722506</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>52840171400027</v>
+        <v>77568810400113</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D33" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="I33" s="3">
-        <v>11754650175</v>
+        <v>11752836675</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>81742674500029</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I34" s="3">
         <v>75790138779</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>84813537200011</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="I35" s="3">
         <v>27390122339</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>88388850500012</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>133</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="I36" s="3">
         <v>84692485969</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>89141013600016</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>139</v>
       </c>
       <c r="I37" s="3">
         <v>11756144675</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>90503721400020</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>142</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I38" s="3">
         <v>11931114893</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>91189064800031</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>145</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I39" s="3">
         <v>11950764995</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>91201414900013</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>148</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I40" s="3">
         <v>11756505475</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>91391639100018</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>149</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>152</v>
       </c>
       <c r="I41" s="3">
         <v>93830686083</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>92066345700025</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="I42" s="3">
         <v>44510239051</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>95079378600035</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>157</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>158</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I43" s="3">
         <v>75870198987</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>95109107300027</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I44" s="3">
         <v>11910989891</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -2617,31 +2617,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/16/2025 21:13:17</dc:description>
+  <dc:description>Export en date du 12/11/2025 14:12:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>