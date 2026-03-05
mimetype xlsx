--- v1 (2025-12-11)
+++ v2 (2026-03-05)
@@ -91,50 +91,59 @@
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>IRFA SUD</t>
+  </si>
+  <si>
+    <t>600 RUE FAVRE DE SAINT CASTOR 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/05/2024</t>
+  </si>
+  <si>
     <t>ASSOC INSTITUTION ST ASPAIS DE MELUN</t>
   </si>
   <si>
     <t>36 RUE SAINT BARTHELEMY 77000 MELUN</t>
   </si>
   <si>
     <t>09/03/1972</t>
   </si>
   <si>
     <t>GROUPE BELMONT</t>
   </si>
   <si>
     <t>MONTFAVET 95 ALLEE CAMILLE CLAUDEL 84000 AVIGNON</t>
   </si>
   <si>
     <t>12/02/2018</t>
   </si>
   <si>
     <t>IFCE INSTITUT FORMATION COMPTABLE EUROPE</t>
   </si>
   <si>
     <t>56 RUE JACQUES KABLE 67000 STRASBOURG</t>
   </si>
   <si>
     <t>02/06/2000</t>
@@ -151,300 +160,291 @@
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>ESCCOT GROUPE-SOGESTE</t>
   </si>
   <si>
     <t>11 RUE DES CHARMILLES 35510 CESSON-SEVIGNE</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR COMMERCE GESTION</t>
   </si>
   <si>
     <t>ISCG</t>
   </si>
   <si>
     <t>13 RUE DE CITEAUX 75012 PARIS</t>
   </si>
   <si>
     <t>01/09/2002</t>
   </si>
   <si>
+    <t>ECOLES BILLIERES</t>
+  </si>
+  <si>
+    <t>27 RUE INGRES 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>30/04/2013</t>
+  </si>
+  <si>
+    <t>LES FORMATIONS DU MARAIS</t>
+  </si>
+  <si>
+    <t>15 RUE DES OISEAUX 79460 MAGNE</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>INSTITUT REGIONAL D'ETUDES DE TECHNIQUES APPIQUEES</t>
+  </si>
+  <si>
+    <t>8 RUE DE LA CORNOUAILLE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>18/10/2003</t>
+  </si>
+  <si>
     <t>CENTRE DE FORMATION ET D'ENSEIGNEMENT PROFESSIONNEL</t>
   </si>
   <si>
     <t>64 B RUE LA BOETIE 75008 PARIS</t>
   </si>
   <si>
     <t>01/06/2015</t>
   </si>
   <si>
-    <t>INSTITUT REGIONAL D'ETUDES DE TECHNIQUES APPIQUEES</t>
-[...5 lines deleted...]
-    <t>18/10/2003</t>
+    <t>FORMAVAR</t>
+  </si>
+  <si>
+    <t>FORMAPLUS</t>
+  </si>
+  <si>
+    <t>LE ROCK BLEU ZAC DES GARIL RUE DE LA MAGNANERIE 83520 ROQUEBRUNE-SUR-ARGENS</t>
+  </si>
+  <si>
+    <t>01/06/2005</t>
+  </si>
+  <si>
+    <t>515 AVENUE PABLO PICASSO 83160 LA VALETTE-DU-VAR</t>
+  </si>
+  <si>
+    <t>10/09/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT EUROPEEN F 2I</t>
+  </si>
+  <si>
+    <t>22 RUE DES VIGNERONS 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>17/03/2021</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>DIJON FORMATION</t>
+  </si>
+  <si>
+    <t>7 BOULEVARD DE L'EUROPE 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>01/08/2002</t>
   </si>
   <si>
     <t>CHALON FORMATION</t>
   </si>
   <si>
     <t>8 RUE GEORGES MAUGEY 71100 CHALON-SUR-SAONE</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>FORE ALTERNANCE</t>
   </si>
   <si>
     <t>ZI DE JARRY BOULEVARD DU MARQUISAT DE HOUELBOURG 97122 BAIE MAHAULT</t>
   </si>
   <si>
     <t>21/11/2024</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>ALTERNANCE SEVRE ET VIENNE</t>
+  </si>
+  <si>
+    <t>12 RUE DE L'ANGELIQUE 79000 BESSINES</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNATIONALE DE MANAGEMENT DE PARIS EIMP</t>
+  </si>
+  <si>
+    <t>6-8 6 RUE FIRMIN GILLOT 75015 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>INSTITUT DU MARAIS - CHARLEMAGNE - POLLES</t>
+  </si>
+  <si>
+    <t>14 RUE DE LANCRY 75010 PARIS</t>
+  </si>
+  <si>
+    <t>20/12/2010</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>P2M</t>
+  </si>
+  <si>
+    <t>TOTEM FORMATION</t>
+  </si>
+  <si>
+    <t>35 AVENUE DES PEUPLIERS 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>ORGANISME DE FORMATION POUR L'INSERTION L'ACCOMPAGNEMENT ET LA QUALIFICATION</t>
+  </si>
+  <si>
+    <t>255 RUE CLAUDE FRANCOIS 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>I.F.A.</t>
+  </si>
+  <si>
+    <t>ESCA NORMANDIE</t>
+  </si>
+  <si>
+    <t>13 RTE DE ROUEN 14130 PONT L'EVEQUE</t>
+  </si>
+  <si>
+    <t>20/06/2022</t>
+  </si>
+  <si>
+    <t>85.41Z</t>
+  </si>
+  <si>
+    <t>ELYSEES CANNES</t>
+  </si>
+  <si>
+    <t>VILLA AURORE 22 BOULEVARD DE LA REPUBLIQUE 06400 CANNES</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION O.R.T.</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE</t>
+  </si>
+  <si>
+    <t>43 RUE RASPAIL 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/01/1921</t>
+  </si>
+  <si>
     <t>ASSOC JEANNE PERRIMOND</t>
   </si>
   <si>
     <t>244 CHEMIN DU ROUCAS BLANC 13007 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>OGEC ECA SAINT JUDE</t>
   </si>
   <si>
     <t>18 RUE LAMARTINE 59280 ARMENTIERES</t>
   </si>
   <si>
     <t>ECOLE SUP LIBRE SCIENC COM APPLIQUEES</t>
   </si>
   <si>
     <t>11 RUE DE CAMBRAI 75019 PARIS</t>
   </si>
   <si>
     <t>07/06/2019</t>
   </si>
   <si>
-    <t>FORMAVAR</t>
-[...82 lines deleted...]
-  <si>
     <t>PROPULS'UP</t>
   </si>
   <si>
     <t>EBM BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>1 PROMENADE DE LA BONNETTE 92230 GENNEVILLIERS</t>
   </si>
   <si>
     <t>07/10/2024</t>
   </si>
   <si>
     <t>ESNA (ECOLE SUPERIEURE DE NEGOCIATION D'AFFAIRES)</t>
   </si>
   <si>
     <t>39 RUE DE LAXOU 54000 NANCY</t>
   </si>
   <si>
     <t>04/11/2019</t>
   </si>
   <si>
     <t>INSTITUT DES METIERS NETWORK</t>
   </si>
   <si>
     <t>ZA DU PUECH RADIER 260 RUE DU PUECH RADIER 34970 LATTES</t>
   </si>
   <si>
     <t>28/02/2018</t>
-  </si>
-[...73 lines deleted...]
-    <t>01/05/2018</t>
   </si>
   <si>
     <t>OPTIMA BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>14 B AVENUE ARISTIDE BRIAND 39000 LONS-LE-SAUNIER</t>
   </si>
   <si>
     <t>01/02/2019</t>
   </si>
   <si>
     <t>EXECUTIVE MANAGEMENT SCHOOL OF PARIS</t>
   </si>
   <si>
     <t>EMSP</t>
   </si>
   <si>
     <t>38 RUE DUNOIS 75013 PARIS</t>
   </si>
   <si>
     <t>01/06/2020</t>
   </si>
   <si>
     <t>BZH FORMATION</t>
   </si>
@@ -1024,1272 +1024,1268 @@
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>35319145500016</v>
+        <v>31550339100460</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I4" s="3">
-        <v>11770089277</v>
+        <v>91340000934</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>37835655400030</v>
+        <v>35319145500016</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>93840077184</v>
+        <v>11770089277</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38391584000037</v>
+        <v>37835655400030</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>42670146267</v>
+        <v>93840077184</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38767911100048</v>
+        <v>38391584000037</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
-        <v>11941031594</v>
+        <v>42670146267</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>39044285300045</v>
+        <v>38767911100048</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>53350974435</v>
+        <v>11941031594</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>39156249300034</v>
+        <v>39044285300045</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
-        <v>11754123675</v>
+        <v>53350974435</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>39758087900047</v>
+        <v>39156249300034</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="3">
-        <v>11752307775</v>
+        <v>11754123675</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>43397001900025</v>
+        <v>71080129100083</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
-        <v>52440376044</v>
+        <v>73310256231</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>43821691300030</v>
+        <v>81742674500029</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="3">
-        <v>26710131071</v>
+        <v>75790138779</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>44062052400114</v>
+        <v>43397001900025</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3">
-        <v>95970113997</v>
+        <v>52440376044</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78288388800029</v>
+        <v>39758087900047</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="I14" s="3">
-        <v>93130682213</v>
+        <v>11752307775</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>78350456600010</v>
+        <v>41895538100045</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
-        <v>31590647259</v>
+        <v>93830251083</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>78430830600074</v>
+        <v>41895538100052</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
-        <v>11750150775</v>
+        <v>93830251083</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>41895538100045</v>
+        <v>41904518200054</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="D17" s="2"/>
+      <c r="E17" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="I17" s="3">
-        <v>93830251083</v>
+        <v>11940499794</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>41895538100052</v>
+        <v>42387070800025</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="I18" s="3">
-        <v>93830251083</v>
+        <v>26210170621</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>41904518200054</v>
+        <v>43821691300030</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
-        <v>11940499794</v>
+        <v>26710131071</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>42387070800025</v>
+        <v>44062052400114</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="I20" s="3">
-        <v>26210170621</v>
+        <v>95970113997</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>52840171400027</v>
+        <v>48832827900069</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="I21" s="3">
-        <v>11754650175</v>
+        <v>54790080179</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>52942598500031</v>
+        <v>49386208000055</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="D22" s="2"/>
+      <c r="E22" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="F22" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I22" s="3">
-        <v>53350892835</v>
+        <v>11930560493</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>48832827900069</v>
+        <v>52840171400027</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
       <c r="I23" s="3">
-        <v>54790080179</v>
+        <v>11754650175</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>49386208000055</v>
+        <v>52942598500031</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D24" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="G24" s="2"/>
+      <c r="G24" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="H24" s="2" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>80389525900163</v>
+        <v>53833278400031</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D25" s="2" t="s">
         <v>95</v>
       </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="I25" s="3">
-        <v>11922686592</v>
+        <v>91340756734</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>80966890800035</v>
+        <v>75170338000038</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D26" s="2"/>
+        <v>99</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>100</v>
+      </c>
       <c r="E26" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>24</v>
+        <v>103</v>
       </c>
       <c r="I26" s="3">
-        <v>41540341454</v>
+        <v>25140255414</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>81272495300029</v>
+        <v>75325973800031</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+        <v>104</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>104</v>
+      </c>
       <c r="E27" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="I27" s="3">
-        <v>91340869334</v>
+        <v>93060722506</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>31550339100460</v>
+        <v>77568810400113</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>107</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>108</v>
+      </c>
       <c r="E28" s="2" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="I28" s="3">
-        <v>91340000934</v>
+        <v>11752836675</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>53833278400031</v>
+        <v>78288388800029</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>110</v>
+        <v>79</v>
       </c>
       <c r="I29" s="3">
-        <v>91340756734</v>
+        <v>93130682213</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>71080129100083</v>
+        <v>78350456600010</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="I30" s="3">
-        <v>73310256231</v>
+        <v>31590647259</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>75170338000038</v>
+        <v>78430830600074</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>118</v>
+        <v>40</v>
       </c>
       <c r="I31" s="3">
-        <v>25140255414</v>
+        <v>11750150775</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>75325973800031</v>
+        <v>80389525900163</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>77568810400113</v>
+        <v>80966890800035</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D33" s="2" t="s">
         <v>123</v>
       </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="I33" s="3">
-        <v>11752836675</v>
+        <v>41540341454</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>81742674500029</v>
+        <v>81272495300029</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="3">
-        <v>75790138779</v>
+        <v>91340869334</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>84813537200011</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="I35" s="3">
         <v>27390122339</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>88388850500012</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>133</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="I36" s="3">
         <v>84692485969</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>89141013600016</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
@@ -2311,61 +2307,61 @@
       </c>
       <c r="J37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>90503721400020</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>142</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="I38" s="3">
         <v>11931114893</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>91189064800031</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
@@ -2471,51 +2467,51 @@
         <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>92066345700025</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I42" s="3">
         <v>44510239051</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>95079378600035</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
@@ -2617,31 +2613,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/11/2025 14:12:37</dc:description>
+  <dc:description>Export en date du 03/05/2026 15:23:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>