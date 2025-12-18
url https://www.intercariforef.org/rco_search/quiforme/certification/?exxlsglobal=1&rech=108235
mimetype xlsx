--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -151,111 +151,111 @@
   <si>
     <t>16/03/2015</t>
   </si>
   <si>
     <t>IPAC - IPAC BACHELOR FACTORY - IPAC FORMATION PRO</t>
   </si>
   <si>
     <t>SAVOIE TECHNOLAC 23 AVENUE LAC LEMAN 73370 LE BOURGET-DU-LAC</t>
   </si>
   <si>
     <t>01/08/2019</t>
   </si>
   <si>
     <t>ESPL-ECOLE SUPERIEURE DES PAYS DE LOIRE</t>
   </si>
   <si>
     <t>ESPL - IPAC BACHELOR FACTORY - TUNON</t>
   </si>
   <si>
     <t>19 RUE LE NOTRE 49000 ANGERS</t>
   </si>
   <si>
     <t>01/01/2009</t>
   </si>
   <si>
+    <t>ECO COM</t>
+  </si>
+  <si>
+    <t>ISCOM MY DIGITAL SCHOOL</t>
+  </si>
+  <si>
+    <t>57 RUE PIERRE MAUROY 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
     <t>LA COMPAGNIE DE FORMATION</t>
   </si>
   <si>
     <t>LA CIE DE FORMATION PIGIER</t>
   </si>
   <si>
     <t>15 ET 17 15 RUE DES MAGASINS 67000 STRASBOURG</t>
   </si>
   <si>
     <t>30/12/1996</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>PIGIER- MBWAY-CAP VERS</t>
   </si>
   <si>
     <t>4 CHEMIN DE LA CHATTERIE 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>01/10/2012</t>
   </si>
   <si>
     <t>PIGIER - MBWAY - IPAC BACHELOR FACTORY - MY DIGIT</t>
   </si>
   <si>
     <t>38 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>MBWAY</t>
   </si>
   <si>
     <t>1ER ETAGE 1 RUE PIERRE BOURDEIX 69007 LYON</t>
   </si>
   <si>
     <t>AEROPORT M MEDITERRANEE 34130 MAUGUIO</t>
   </si>
   <si>
     <t>01/11/2021</t>
   </si>
   <si>
     <t>MBWAY - MY DIGITAL SCHOOL - WIN SPORT SCHOOL - PI</t>
   </si>
   <si>
     <t>4 QUAI DES QUEYRIES 33100 BORDEAUX</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/09/2013</t>
   </si>
   <si>
     <t>CONSEIL FORMATION QUALIFICATION</t>
   </si>
   <si>
     <t>ISIFA PLUS VALUES-AFASOP-IPAC BACHELOR FACTORY-MB</t>
   </si>
   <si>
     <t>61 B RUE DES PEUPLIERS 92100 BOULOGNE-BILLANCOURT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -981,307 +981,307 @@
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I9" s="3">
         <v>52490191449</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>32922456200184</v>
+        <v>48017681700066</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>11755201275</v>
+        <v>11754890075</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>32922456200572</v>
+        <v>32922456200184</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I11" s="3">
         <v>11755201275</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>32922456200630</v>
+        <v>32922456200572</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I12" s="3">
         <v>11755201275</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>32922456200705</v>
+        <v>32922456200630</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I13" s="3">
         <v>11755201275</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>32922456200721</v>
+        <v>32922456200705</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I14" s="3">
         <v>11755201275</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>32922456200747</v>
+        <v>32922456200721</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I15" s="3">
         <v>11755201275</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>48017681700066</v>
+        <v>32922456200747</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="I16" s="3">
-        <v>11754890075</v>
+        <v>11755201275</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>40132583200103</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D17" s="2" t="s">
@@ -1345,31 +1345,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/31/2025 16:53:11</dc:description>
+  <dc:description>Export en date du 12/18/2025 07:20:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>