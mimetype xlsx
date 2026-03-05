--- v1 (2025-12-18)
+++ v2 (2026-03-05)
@@ -58,213 +58,213 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>LA COMPAGNIE DE FORMATION</t>
+  </si>
+  <si>
+    <t>LA CIE DE FORMATION PIGIER</t>
+  </si>
+  <si>
+    <t>15 ET 17 15 RUE DES MAGASINS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>30/12/1996</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>PIGIER- MBWAY-IHECF-WIN SPORT SCHOOL</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LA CHATTERIE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>PIGIER - MBWAY - IPAC BACHELOR FACTORY - MY DIGIT</t>
+  </si>
+  <si>
+    <t>38 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>MBWAY</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 1 RUE PIERRE BOURDEIX 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>AEROPORT M MEDITERRANEE 34130 MAUGUIO</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>MBWAY - MY DIGITAL SCHOOL - WIN SPORT SCHOOL - PI</t>
+  </si>
+  <si>
+    <t>4 QUAI DES QUEYRIES 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
     <t>AFTEC</t>
   </si>
   <si>
     <t>AFTEC-IHECF-IPAC BACHELOR FACTORY</t>
   </si>
   <si>
     <t>23 RUE LOUIS KERAUTRET-BOTMEL 35000 RENNES</t>
   </si>
   <si>
     <t>23/03/2001</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...4 lines deleted...]
-  <si>
     <t>AFTEC-IPAC BACHELOR FACTORY-MBWAY-MY DIGITAL SCHO</t>
   </si>
   <si>
     <t>IMM. ALLIANCE CAMPUS DE KERLANN RUE PIERRE DE MAUPERTUIS 35170 BRUZ</t>
   </si>
   <si>
     <t>01/05/2019</t>
   </si>
   <si>
     <t>AFTEC - MY DIGITAL SCHOOL - MBWAY - IPAC BACHELOR</t>
   </si>
   <si>
     <t>ATLANPARC ZONE DE KERLUHERNE 1 RUE MARIE CURIE 56890 PLESCOP</t>
   </si>
   <si>
-    <t>01/09/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>AFTEC - IPAC BACHELOR FACTORY - MBWAY -</t>
   </si>
   <si>
     <t>6 RUE RECTEUR DAURE 14000 CAEN</t>
   </si>
   <si>
-    <t>01/07/2022</t>
-[...1 lines deleted...]
-  <si>
     <t>IPAC</t>
   </si>
   <si>
     <t>MBWAY - IPAC BACHELOR FACTORY - IPAC - IPAC FORMAT</t>
   </si>
   <si>
     <t>16 RUE DES CHASSEURS 74100 VILLE-LA-GRAND</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>MBWAY - MY DIGITAL SCHOOL</t>
   </si>
   <si>
     <t>BATIMENT HELIOPOLIS ENTREE G 16 RUE DU TOUR DE L’EAU 38400 SAINT-MARTIN-D'HERES</t>
   </si>
   <si>
     <t>16/03/2015</t>
   </si>
   <si>
     <t>IPAC - IPAC BACHELOR FACTORY - IPAC FORMATION PRO</t>
   </si>
   <si>
     <t>SAVOIE TECHNOLAC 23 AVENUE LAC LEMAN 73370 LE BOURGET-DU-LAC</t>
   </si>
   <si>
     <t>01/08/2019</t>
   </si>
   <si>
+    <t>CONSEIL FORMATION QUALIFICATION</t>
+  </si>
+  <si>
+    <t>ISIFA PLUS VALUES-AFASOP-IPAC BACHELOR FACTORY-MB</t>
+  </si>
+  <si>
+    <t>61 B RUE DES PEUPLIERS 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
     <t>ESPL-ECOLE SUPERIEURE DES PAYS DE LOIRE</t>
   </si>
   <si>
     <t>ESPL - IPAC BACHELOR FACTORY - TUNON</t>
   </si>
   <si>
     <t>19 RUE LE NOTRE 49000 ANGERS</t>
   </si>
   <si>
     <t>01/01/2009</t>
   </si>
   <si>
     <t>ECO COM</t>
   </si>
   <si>
     <t>ISCOM MY DIGITAL SCHOOL</t>
   </si>
   <si>
     <t>57 RUE PIERRE MAUROY 59800 LILLE</t>
   </si>
   <si>
     <t>01/09/2013</t>
-  </si>
-[...58 lines deleted...]
-    <t>61 B RUE DES PEUPLIERS 92100 BOULOGNE-BILLANCOURT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -669,667 +669,667 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>35119111900160</v>
+        <v>32922456200184</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3">
-        <v>53350248835</v>
+        <v>11755201275</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>35119111900293</v>
+        <v>32922456200572</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="3">
-        <v>53350248835</v>
+        <v>11755201275</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>35119111900335</v>
+        <v>32922456200630</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>53350248835</v>
+        <v>11755201275</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>35119111900368</v>
+        <v>32922456200705</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="3">
-        <v>53350248835</v>
+        <v>11755201275</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38416491900142</v>
+        <v>32922456200721</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E6" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>82740024674</v>
+        <v>11755201275</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38416491900159</v>
+        <v>32922456200747</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="I7" s="3">
-        <v>82740024674</v>
+        <v>11755201275</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>38416491900183</v>
+        <v>35119111900160</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D8" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="I8" s="3">
-        <v>82740024674</v>
+        <v>53350248835</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>44344472400027</v>
+        <v>35119111900293</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="I9" s="3">
-        <v>52490191449</v>
+        <v>53350248835</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>48017681700066</v>
+        <v>35119111900335</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I10" s="3">
-        <v>11754890075</v>
+        <v>53350248835</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>32922456200184</v>
+        <v>35119111900368</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="I11" s="3">
-        <v>11755201275</v>
+        <v>53350248835</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>32922456200572</v>
+        <v>38416491900142</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D12" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="2" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="I12" s="3">
-        <v>11755201275</v>
+        <v>82740024674</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>32922456200630</v>
+        <v>38416491900159</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="I13" s="3">
-        <v>11755201275</v>
+        <v>82740024674</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>32922456200705</v>
+        <v>38416491900183</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="I14" s="3">
-        <v>11755201275</v>
+        <v>82740024674</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>32922456200721</v>
+        <v>40132583200103</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="D15" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E15" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="E15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="2" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="I15" s="3">
-        <v>11755201275</v>
+        <v>11930303993</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>32922456200747</v>
+        <v>44344472400027</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="D16" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="I16" s="3">
-        <v>11755201275</v>
+        <v>52490191449</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>40132583200103</v>
+        <v>48017681700066</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="E17" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I17" s="3">
-        <v>11930303993</v>
+        <v>11754890075</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1345,31 +1345,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 07:20:23</dc:description>
+  <dc:description>Export en date du 03/05/2026 16:39:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>