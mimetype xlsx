--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -58,54 +58,54 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES MINISTERE TRAVAIL, SANTE, SOLIDARITE ET FAMILLES, CHARGE TRAVAIL ET EMPLOI</t>
-[...2 lines deleted...]
-    <t>HOTEL DU CHATELET 127 RUE DE GRENELLE 75007 PARIS</t>
+    <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
+  </si>
+  <si>
+    <t>14 AVENUE DUQUESNE 75007 PARIS</t>
   </si>
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE VAUCLUSE</t>
   </si>
   <si>
     <t>46 COURS JEAN JAURES 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>9384P000184</t>
   </si>
@@ -361,123 +361,348 @@
   <si>
     <t>11 A 15 11 RUE ALBERT CAMUS 47200 MARMANDE</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>7247P005947</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
   </si>
   <si>
     <t>GRETA DU VAL D OISE</t>
   </si>
   <si>
     <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
+    <t>ASSOCIATION POUR LA FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE PROVENCE (AFPI PROVENCE)</t>
+  </si>
+  <si>
+    <t>ZAC DE TRIGANCE 8 CHEMIN DE CAPEAU 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>CFAI-APC LORRAINE</t>
+  </si>
+  <si>
+    <t>SITE TECHNOLOGIQUE ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>26/08/1996</t>
+  </si>
+  <si>
+    <t>ASS DEVELOP APPRENTIS INDUST AQUITAIN</t>
+  </si>
+  <si>
+    <t>MAISON DE LA METALLURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>26/12/1988</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>CFAI ALSACE</t>
+  </si>
+  <si>
+    <t>31 RUE FRANCOIS SPOERRY 68100 MULHOUSE</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>CFAI DIAFOR</t>
+  </si>
+  <si>
+    <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>ZAC DE KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>ZI KERGONAN NORD 8 B RUE FERDINAND DE LESSEPS 29200 BREST</t>
+  </si>
+  <si>
+    <t>ZAC DE LA CARDONNIERE 12 RUE DE LA CARDONNIERE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
+  </si>
+  <si>
+    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
+  </si>
+  <si>
+    <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>31/10/1994</t>
+  </si>
+  <si>
+    <t>161 RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>AFPI GRAND OUEST NORMANDIE</t>
+  </si>
+  <si>
+    <t>12 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>23/08/1995</t>
+  </si>
+  <si>
+    <t>AFPI EURE SEINE ESTUAIRE</t>
+  </si>
+  <si>
+    <t>115 RUE DESRAME 76620 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>422 RUE HENRI BECQUEREL 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>GESTION CTRE FORMA APPR INDUS PROVENCE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE-LORRAINE</t>
+  </si>
+  <si>
+    <t>SITE TECHNO. ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>01/10/1996</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY RUE DE ROME 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>16/06/2022</t>
+  </si>
+  <si>
+    <t>AFPI PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>15/06/2020</t>
+  </si>
+  <si>
+    <t>50 RUE JEAN ESSWEIN 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>03/07/2023</t>
+  </si>
+  <si>
+    <t>11 RUE ALBERT EINSTEIN 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>15/06/2024</t>
+  </si>
+  <si>
+    <t>AFPI INSERTION POITOU CHARENTE</t>
+  </si>
+  <si>
+    <t>33 RUE DE L’ARSENAL 16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>19/11/2012</t>
+  </si>
+  <si>
     <t>ASS DE FORMATION PROFESSIONNELLE DE L INDUSTRIE LYON</t>
   </si>
   <si>
     <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>INSTITUT DE SOUDURE INDUSTRIE</t>
   </si>
   <si>
     <t>ZONE AEROPARC 7 RUE DES CIGOGNES 67960 ENTZHEIM</t>
   </si>
   <si>
     <t>01/09/2011</t>
   </si>
   <si>
     <t>71.20B</t>
   </si>
   <si>
-    <t>CFAI-APC LORRAINE</t>
-[...50 lines deleted...]
-    <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
+    <t>CFAI REGION NORD PAS-DE-CALAIS</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY AVENUE JEAN MONNET 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>ASS REGION PROMOTION METALLURG</t>
+  </si>
+  <si>
+    <t>PROMETA CEFAMREC</t>
+  </si>
+  <si>
+    <t>RTE DE SANCHEVILLE 2 RUE LOUIS APPERT 28200 CHATEAUDUN</t>
+  </si>
+  <si>
+    <t>30/01/1991</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD LAHITOLLE 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/08/2013</t>
+  </si>
+  <si>
+    <t>AFPI ACM FORMATION</t>
+  </si>
+  <si>
+    <t>ZI DE LA PILATERIE CS 83056 4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>ALLIANCE FORMATION POUR L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>3 RUE MAX HOLSTE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
+  </si>
+  <si>
+    <t>2 RUE DE WASSELONNE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>CFA</t>
+  </si>
+  <si>
+    <t>184 RUE DU DOCTEUR CAUVIN 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>118 RUE DE BABYLONE 59491 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION APPRENTIS 1875K</t>
+  </si>
+  <si>
+    <t>RUE RAOUL FOLLEREAU 42350 LA TALAUDIERE</t>
+  </si>
+  <si>
+    <t>05/11/1980</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION D'APPRENTIS</t>
+  </si>
+  <si>
+    <t>53 AVENUE SIDOINE APOLLINAIRE 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1999</t>
+  </si>
+  <si>
+    <t>1 RUE JEAN MAZEN 21000 DIJON</t>
+  </si>
+  <si>
+    <t>15/12/2007</t>
+  </si>
+  <si>
+    <t>1 RUE THEROIGNE DE MERICOURT 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
+  </si>
+  <si>
+    <t>1 PLACE VITRUVE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>06/06/2023</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINTE THERESE FORMATION</t>
+  </si>
+  <si>
+    <t>48 BOULEVARD THIERS 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>21 RUE PELLART 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>RUE BASSE MOUILLERE 45160 OLIVET</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
@@ -548,275 +773,50 @@
     <t>RUE LEON BLUM 62800 LIEVIN</t>
   </si>
   <si>
     <t>30 RUE DE POULAINVILLE 80080 AMIENS</t>
   </si>
   <si>
     <t>135 RUE DU MADRILLET 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
   </si>
   <si>
     <t>50 RUE FERDINAND BUISSON 33130 BEGLES</t>
   </si>
   <si>
     <t>14-14 14 AVENUE DU MARECHAL JUIN 92360 MEUDON</t>
   </si>
   <si>
     <t>96 RUE DES GENERAUX ALTMAYER 57500 SAINT-AVOLD</t>
   </si>
   <si>
     <t>RUE PAUL NICOLLE 50100 CHERBOURG-EN-COTENTIN</t>
   </si>
   <si>
     <t>OGEC DU GROUPE EPID-VAUBAN</t>
   </si>
   <si>
     <t>20 RUE DE LILLE 59140 DUNKERQUE</t>
-  </si>
-[...223 lines deleted...]
-    <t>85.31Z</t>
   </si>
   <si>
     <t>TRAJECTOIRE INDUSTRIE</t>
   </si>
   <si>
     <t>11 RUE LOUIS APPERT 28200 CHATEAUDUN</t>
   </si>
   <si>
     <t>15/09/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2080,2856 +2080,2856 @@
       <c r="F23" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="3">
         <v>11950602195</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>41158137400013</v>
+        <v>34408659000041</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="3">
-        <v>82690535969</v>
+        <v>93131605713</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>41472896400514</v>
+        <v>34958609900021</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="I25" s="3">
-        <v>11930222993</v>
+        <v>44540379354</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>34958609900021</v>
+        <v>35109084000015</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="I26" s="3">
-        <v>44540379354</v>
+        <v>75331179633</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>35109084000015</v>
+        <v>38855948600070</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>128</v>
+        <v>109</v>
       </c>
       <c r="I27" s="3">
-        <v>75331179633</v>
+        <v>42680205768</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>38855948600070</v>
+        <v>39048242000028</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I28" s="3">
-        <v>42680205768</v>
+        <v>53220855422</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>39048242000028</v>
+        <v>39048242000036</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I29" s="3">
         <v>53220855422</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>39048242000036</v>
+        <v>39048242000044</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I30" s="3">
         <v>53220855422</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>39048242000044</v>
+        <v>39048242000051</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I31" s="3">
         <v>53220855422</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>39048242000051</v>
+        <v>39048242000077</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I32" s="3">
         <v>53220855422</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>39048242000077</v>
+        <v>78050734900048</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I33" s="3">
-        <v>53220855422</v>
+        <v>22600001660</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>82409268800012</v>
+        <v>78050734900121</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="3">
-        <v>11930762893</v>
+        <v>22600001660</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>82409268800053</v>
+        <v>78050734900139</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>114</v>
+        <v>140</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="3">
-        <v>11930762893</v>
+        <v>22600001660</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>82409268800061</v>
+        <v>78071405100031</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D36" s="2"/>
+        <v>142</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>142</v>
+      </c>
       <c r="E36" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="3">
-        <v>11930762893</v>
+        <v>25140000514</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>82409268800095</v>
+        <v>78106280700016</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I37" s="3">
-        <v>11930762893</v>
+        <v>23760001576</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>82409268800111</v>
+        <v>78106280700032</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>114</v>
+        <v>149</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I38" s="3">
-        <v>11930762893</v>
+        <v>23760001576</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>82409268800137</v>
+        <v>78291196000055</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>147</v>
+        <v>116</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I39" s="3">
-        <v>11930762893</v>
+        <v>93131778913</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>82409268800160</v>
+        <v>78334259500049</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>114</v>
+        <v>153</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>29</v>
+        <v>124</v>
       </c>
       <c r="I40" s="3">
-        <v>11930762893</v>
+        <v>41540002154</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82409268800178</v>
+        <v>78360423400055</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>114</v>
+        <v>156</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="3">
-        <v>11930762893</v>
+        <v>31590005759</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82409268800210</v>
+        <v>78835426400095</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>140</v>
+        <v>157</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>114</v>
+        <v>159</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="3">
-        <v>11930762893</v>
+        <v>52440004544</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>82409268800228</v>
+        <v>78835426400111</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>140</v>
+        <v>157</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>114</v>
+        <v>161</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="3">
-        <v>11930762893</v>
+        <v>52440004544</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>82409268800244</v>
+        <v>78835426400129</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>140</v>
+        <v>157</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>114</v>
+        <v>163</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="3">
-        <v>11930762893</v>
+        <v>52440004544</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>82409268800251</v>
+        <v>79008626800014</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>140</v>
+        <v>164</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>153</v>
+        <v>165</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="3">
-        <v>11930762893</v>
+        <v>54160078316</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>82422814200140</v>
+        <v>41158137400013</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>155</v>
+        <v>167</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>114</v>
+        <v>169</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="3">
-        <v>11930743393</v>
+        <v>82690535969</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>82422814200207</v>
+        <v>41472896400514</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>155</v>
+        <v>170</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>157</v>
+        <v>171</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>114</v>
+        <v>172</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>29</v>
+        <v>173</v>
       </c>
       <c r="I47" s="3">
-        <v>11930743393</v>
+        <v>11930222993</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>82422814200231</v>
+        <v>30048880600146</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>158</v>
+        <v>175</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>114</v>
+        <v>176</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I48" s="3">
-        <v>11930743393</v>
+        <v>32591068459</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>82422814200264</v>
+        <v>30824995200083</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>155</v>
+        <v>177</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>159</v>
+        <v>178</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>114</v>
+        <v>179</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="3">
-        <v>11930743393</v>
+        <v>53350007835</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>82422814200298</v>
+        <v>33453316300021</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D50" s="2"/>
+        <v>180</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>181</v>
+      </c>
       <c r="E50" s="2" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>114</v>
+        <v>183</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I50" s="3">
-        <v>11930743393</v>
+        <v>24450224445</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82422814200306</v>
+        <v>33453316300104</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>155</v>
+        <v>180</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>161</v>
+        <v>184</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>114</v>
+        <v>185</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I51" s="3">
-        <v>11930743393</v>
+        <v>24450224445</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82422814200314</v>
+        <v>44531243200112</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>155</v>
+        <v>186</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>162</v>
+        <v>187</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>114</v>
+        <v>188</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="3">
-        <v>11930743393</v>
+        <v>31590578459</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82422814200579</v>
+        <v>44535705600032</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>155</v>
+        <v>189</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>163</v>
+        <v>190</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>114</v>
+        <v>191</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="3">
-        <v>11930743393</v>
+        <v>21080033508</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>82422814200652</v>
+        <v>77566202600019</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>155</v>
+        <v>192</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>164</v>
+        <v>193</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="3">
-        <v>11930743393</v>
+        <v>11750079275</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>82422814200728</v>
+        <v>77566202600050</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>155</v>
+        <v>192</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>165</v>
+        <v>194</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="3">
-        <v>11930743393</v>
+        <v>11750079275</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>82422814200843</v>
+        <v>77566202600209</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>192</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>195</v>
+      </c>
       <c r="E56" s="2" t="s">
-        <v>166</v>
+        <v>196</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="3">
-        <v>11930743393</v>
+        <v>11750079275</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>82422814201098</v>
+        <v>77566202600258</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>155</v>
+        <v>192</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>167</v>
+        <v>197</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="3">
-        <v>11930743393</v>
+        <v>11750079275</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>82422814201106</v>
+        <v>77566202600506</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>192</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>198</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>168</v>
+        <v>199</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>114</v>
+        <v>200</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="3">
-        <v>11930743393</v>
+        <v>11750079275</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>82422814201262</v>
+        <v>77566202600910</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D59" s="2"/>
+        <v>192</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>201</v>
+      </c>
       <c r="E59" s="2" t="s">
-        <v>169</v>
+        <v>202</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>114</v>
+        <v>203</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="3">
-        <v>11930743393</v>
+        <v>11750079275</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>82422814201304</v>
+        <v>77566202601074</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>155</v>
+        <v>192</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>170</v>
+        <v>204</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>114</v>
+        <v>205</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="3">
-        <v>11930743393</v>
+        <v>11750079275</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>82422814201502</v>
+        <v>77566202601090</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>155</v>
+        <v>192</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>151</v>
+        <v>206</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>114</v>
+        <v>207</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="3">
-        <v>11930743393</v>
+        <v>11750079275</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>82422814201528</v>
+        <v>77566202601249</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>155</v>
+        <v>192</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>171</v>
+        <v>208</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>114</v>
+        <v>209</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="3">
-        <v>11930743393</v>
+        <v>11750079275</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>82422814201569</v>
+        <v>77639524600015</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>155</v>
+        <v>210</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>144</v>
+        <v>211</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I63" s="3">
-        <v>11930743393</v>
+        <v>82420001542</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>82422814201577</v>
+        <v>80443252400010</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>155</v>
+        <v>212</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>172</v>
+        <v>213</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>29</v>
+        <v>214</v>
       </c>
       <c r="I64" s="3">
-        <v>11930743393</v>
+        <v>31590878459</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>82422814201726</v>
+        <v>82409268800012</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>155</v>
+        <v>215</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>173</v>
+        <v>216</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>114</v>
+        <v>217</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>82422814201742</v>
+        <v>82409268800053</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>155</v>
+        <v>215</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>174</v>
+        <v>218</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>82422814201908</v>
+        <v>82409268800061</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>155</v>
+        <v>215</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>175</v>
+        <v>219</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>82466350400010</v>
+        <v>82409268800095</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>176</v>
+        <v>215</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>177</v>
+        <v>220</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I68" s="3">
-        <v>32590933959</v>
+        <v>11930762893</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>44531243200112</v>
+        <v>82409268800111</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>178</v>
+        <v>215</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>179</v>
+        <v>221</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>180</v>
+        <v>114</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="3">
-        <v>31590578459</v>
+        <v>11930762893</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>44535705600032</v>
+        <v>82409268800137</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>181</v>
+        <v>215</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>182</v>
+        <v>222</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>183</v>
+        <v>114</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="3">
-        <v>21080033508</v>
+        <v>11930762893</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>77566202600019</v>
+        <v>82409268800160</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>184</v>
+        <v>215</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>185</v>
+        <v>223</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>186</v>
+        <v>114</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>77566202600050</v>
+        <v>82409268800178</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>184</v>
+        <v>215</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>186</v>
+        <v>114</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>77566202600209</v>
+        <v>82409268800210</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>189</v>
+        <v>225</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>186</v>
+        <v>114</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>77566202600258</v>
+        <v>82409268800228</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>184</v>
+        <v>215</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>190</v>
+        <v>226</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>186</v>
+        <v>114</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>77566202600506</v>
+        <v>82409268800244</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>192</v>
+        <v>227</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>193</v>
+        <v>114</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>77566202600910</v>
+        <v>82409268800251</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>195</v>
+        <v>228</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>196</v>
+        <v>229</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="3">
-        <v>11750079275</v>
+        <v>11930762893</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>77566202601074</v>
+        <v>82422814200140</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>184</v>
+        <v>230</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>197</v>
+        <v>231</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>198</v>
+        <v>114</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="3">
-        <v>11750079275</v>
+        <v>11930743393</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>77566202601090</v>
+        <v>82422814200207</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>184</v>
+        <v>230</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>199</v>
+        <v>232</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>200</v>
+        <v>114</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="3">
-        <v>11750079275</v>
+        <v>11930743393</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>77566202601249</v>
+        <v>82422814200231</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>184</v>
+        <v>230</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>201</v>
+        <v>233</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="3">
-        <v>11750079275</v>
+        <v>11930743393</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>77639524600015</v>
+        <v>82422814200264</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>203</v>
+        <v>230</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>204</v>
+        <v>234</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>186</v>
+        <v>114</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I80" s="3">
-        <v>82420001542</v>
+        <v>11930743393</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>78050734900048</v>
+        <v>82422814200298</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>205</v>
+        <v>230</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>206</v>
+        <v>235</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>207</v>
+        <v>114</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="3">
-        <v>22600001660</v>
+        <v>11930743393</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>78050734900121</v>
+        <v>82422814200306</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>205</v>
+        <v>230</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>208</v>
+        <v>236</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>209</v>
+        <v>114</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="3">
-        <v>22600001660</v>
+        <v>11930743393</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>78050734900139</v>
+        <v>82422814200314</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>205</v>
+        <v>230</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>210</v>
+        <v>237</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>209</v>
+        <v>114</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="3">
-        <v>22600001660</v>
+        <v>11930743393</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>78071405100031</v>
+        <v>82422814200579</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>212</v>
+        <v>238</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>213</v>
+        <v>114</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="3">
-        <v>25140000514</v>
+        <v>11930743393</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>78106280700016</v>
+        <v>82422814200652</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>215</v>
+        <v>239</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>186</v>
+        <v>114</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I85" s="3">
-        <v>23760001576</v>
+        <v>11930743393</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>78106280700032</v>
+        <v>82422814200728</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>216</v>
+        <v>240</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>217</v>
+        <v>114</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I86" s="3">
-        <v>23760001576</v>
+        <v>11930743393</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>78291196000055</v>
+        <v>82422814200843</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>219</v>
+        <v>241</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>220</v>
+        <v>114</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I87" s="3">
-        <v>93131778913</v>
+        <v>11930743393</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>78334259500049</v>
+        <v>82422814201098</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>222</v>
+        <v>242</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>223</v>
+        <v>114</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>128</v>
+        <v>29</v>
       </c>
       <c r="I88" s="3">
-        <v>41540002154</v>
+        <v>11930743393</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>78360423400055</v>
+        <v>82422814201106</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>226</v>
+        <v>114</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="3">
-        <v>31590005759</v>
+        <v>11930743393</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>78835426400095</v>
+        <v>82422814201262</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>229</v>
+        <v>114</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I90" s="3">
-        <v>52440004544</v>
+        <v>11930743393</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>78835426400111</v>
+        <v>82422814201304</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>231</v>
+        <v>114</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I91" s="3">
-        <v>52440004544</v>
+        <v>11930743393</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>78835426400129</v>
+        <v>82422814201502</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>233</v>
+        <v>114</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I92" s="3">
-        <v>52440004544</v>
+        <v>11930743393</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>79008626800014</v>
+        <v>82422814201528</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>236</v>
+        <v>114</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I93" s="3">
-        <v>54160078316</v>
+        <v>11930743393</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>30048880600146</v>
+        <v>82422814201569</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>238</v>
+        <v>219</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>239</v>
+        <v>114</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I94" s="3">
-        <v>32591068459</v>
+        <v>11930743393</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>30824995200083</v>
+        <v>82422814201577</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>242</v>
+        <v>114</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="3">
-        <v>53350007835</v>
+        <v>11930743393</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>33453316300021</v>
+        <v>82422814201726</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>246</v>
+        <v>114</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I96" s="3">
-        <v>24450224445</v>
+        <v>11930743393</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>33453316300104</v>
+        <v>82422814201742</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>248</v>
+        <v>114</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I97" s="3">
-        <v>24450224445</v>
+        <v>11930743393</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>34408659000041</v>
+        <v>82422814201908</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>249</v>
+        <v>230</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>219</v>
+        <v>250</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>220</v>
+        <v>114</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="3">
-        <v>93131605713</v>
+        <v>11930743393</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>80443252400010</v>
+        <v>82466350400010</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>252</v>
+        <v>109</v>
       </c>
       <c r="I99" s="3">
-        <v>31590878459</v>
+        <v>32590933959</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
         <v>88052539900023</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>253</v>
       </c>
       <c r="D100" s="2"/>
@@ -4991,31 +4991,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 10:25:25</dc:description>
+  <dc:description>Export en date du 12/05/2025 03:58:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>