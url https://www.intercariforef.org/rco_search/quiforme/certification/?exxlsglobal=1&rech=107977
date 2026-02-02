--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -361,50 +361,86 @@
   <si>
     <t>11 A 15 11 RUE ALBERT CAMUS 47200 MARMANDE</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>7247P005947</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
   </si>
   <si>
     <t>GRETA DU VAL D OISE</t>
   </si>
   <si>
     <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
+    <t>CFAI REGION NORD PAS-DE-CALAIS</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY AVENUE JEAN MONNET 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>ASS REGION PROMOTION METALLURG</t>
+  </si>
+  <si>
+    <t>PROMETA CEFAMREC</t>
+  </si>
+  <si>
+    <t>RTE DE SANCHEVILLE 2 RUE LOUIS APPERT 28200 CHATEAUDUN</t>
+  </si>
+  <si>
+    <t>30/01/1991</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD LAHITOLLE 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/08/2013</t>
+  </si>
+  <si>
     <t>ASSOCIATION POUR LA FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE PROVENCE (AFPI PROVENCE)</t>
   </si>
   <si>
     <t>ZAC DE TRIGANCE 8 CHEMIN DE CAPEAU 13800 ISTRES</t>
   </si>
   <si>
     <t>01/10/2008</t>
   </si>
   <si>
     <t>CFAI-APC LORRAINE</t>
   </si>
   <si>
     <t>SITE TECHNOLOGIQUE ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>26/08/1996</t>
   </si>
   <si>
     <t>ASS DEVELOP APPRENTIS INDUST AQUITAIN</t>
   </si>
   <si>
     <t>MAISON DE LA METALLURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
   </si>
   <si>
     <t>26/12/1988</t>
@@ -424,86 +460,185 @@
   <si>
     <t>CFAI DIAFOR</t>
   </si>
   <si>
     <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
   </si>
   <si>
     <t>01/01/1993</t>
   </si>
   <si>
     <t>ZAC DE KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>ZI KERGONAN NORD 8 B RUE FERDINAND DE LESSEPS 29200 BREST</t>
   </si>
   <si>
     <t>ZAC DE LA CARDONNIERE 12 RUE DE LA CARDONNIERE 56100 LORIENT</t>
   </si>
   <si>
     <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
   </si>
   <si>
+    <t>ASS DE FORMATION PROFESSIONNELLE DE L INDUSTRIE LYON</t>
+  </si>
+  <si>
+    <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>INSTITUT DE SOUDURE INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZONE AEROPARC 7 RUE DES CIGOGNES 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>71.20B</t>
+  </si>
+  <si>
+    <t>AFPI ACM FORMATION</t>
+  </si>
+  <si>
+    <t>ZI DE LA PILATERIE CS 83056 4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>ALLIANCE FORMATION POUR L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>3 RUE MAX HOLSTE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>2 RUE DE WASSELONNE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>CFA</t>
+  </si>
+  <si>
+    <t>184 RUE DU DOCTEUR CAUVIN 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>118 RUE DE BABYLONE 59491 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION APPRENTIS 1875K</t>
+  </si>
+  <si>
+    <t>RUE RAOUL FOLLEREAU 42350 LA TALAUDIERE</t>
+  </si>
+  <si>
+    <t>05/11/1980</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION D'APPRENTIS</t>
+  </si>
+  <si>
+    <t>53 AVENUE SIDOINE APOLLINAIRE 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1999</t>
+  </si>
+  <si>
+    <t>1 RUE JEAN MAZEN 21000 DIJON</t>
+  </si>
+  <si>
+    <t>15/12/2007</t>
+  </si>
+  <si>
+    <t>1 RUE THEROIGNE DE MERICOURT 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
+  </si>
+  <si>
+    <t>1 PLACE VITRUVE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>06/06/2023</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINTE THERESE FORMATION</t>
+  </si>
+  <si>
+    <t>48 BOULEVARD THIERS 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
     <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>31/10/1994</t>
   </si>
   <si>
     <t>161 RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
     <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>AFPI GRAND OUEST NORMANDIE</t>
   </si>
   <si>
     <t>12 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>23/08/1995</t>
   </si>
   <si>
     <t>AFPI EURE SEINE ESTUAIRE</t>
   </si>
   <si>
     <t>115 RUE DESRAME 76620 LE HAVRE</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>422 RUE HENRI BECQUEREL 27000 EVREUX</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>GESTION CTRE FORMA APPR INDUS PROVENCE</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE-LORRAINE</t>
   </si>
   <si>
     <t>SITE TECHNO. ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>01/10/1996</t>
   </si>
   <si>
     <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
   </si>
   <si>
     <t>ZAC DU PONT LOBY RUE DE ROME 59640 DUNKERQUE</t>
   </si>
   <si>
     <t>16/06/2022</t>
@@ -515,185 +650,50 @@
     <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
   </si>
   <si>
     <t>15/06/2020</t>
   </si>
   <si>
     <t>50 RUE JEAN ESSWEIN 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>03/07/2023</t>
   </si>
   <si>
     <t>11 RUE ALBERT EINSTEIN 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>15/06/2024</t>
   </si>
   <si>
     <t>AFPI INSERTION POITOU CHARENTE</t>
   </si>
   <si>
     <t>33 RUE DE L’ARSENAL 16000 ANGOULEME</t>
   </si>
   <si>
     <t>19/11/2012</t>
-  </si>
-[...133 lines deleted...]
-    <t>48 BOULEVARD THIERS 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
   </si>
   <si>
     <t>21 RUE PELLART 59100 ROUBAIX</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
@@ -2080,1524 +2080,1524 @@
       <c r="F23" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="3">
         <v>11950602195</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>34408659000041</v>
+        <v>30048880600146</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I24" s="3">
-        <v>93131605713</v>
+        <v>32591068459</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>34958609900021</v>
+        <v>30824995200083</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I25" s="3">
-        <v>44540379354</v>
+        <v>53350007835</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>35109084000015</v>
+        <v>33453316300021</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="D26" s="2"/>
+      <c r="D26" s="2" t="s">
+        <v>122</v>
+      </c>
       <c r="E26" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="I26" s="3">
-        <v>75331179633</v>
+        <v>24450224445</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>38855948600070</v>
+        <v>33453316300104</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I27" s="3">
-        <v>42680205768</v>
+        <v>24450224445</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>39048242000028</v>
+        <v>34408659000041</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I28" s="3">
-        <v>53220855422</v>
+        <v>93131605713</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>39048242000036</v>
+        <v>34958609900021</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I29" s="3">
-        <v>53220855422</v>
+        <v>44540379354</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>39048242000044</v>
+        <v>35109084000015</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>109</v>
+        <v>136</v>
       </c>
       <c r="I30" s="3">
-        <v>53220855422</v>
+        <v>75331179633</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>39048242000051</v>
+        <v>38855948600070</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I31" s="3">
-        <v>53220855422</v>
+        <v>42680205768</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>39048242000077</v>
+        <v>39048242000028</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I32" s="3">
         <v>53220855422</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>78050734900048</v>
+        <v>39048242000036</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I33" s="3">
-        <v>22600001660</v>
+        <v>53220855422</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>78050734900121</v>
+        <v>39048242000044</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I34" s="3">
-        <v>22600001660</v>
+        <v>53220855422</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>78050734900139</v>
+        <v>39048242000051</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I35" s="3">
-        <v>22600001660</v>
+        <v>53220855422</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>78071405100031</v>
+        <v>39048242000077</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>144</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I36" s="3">
-        <v>25140000514</v>
+        <v>53220855422</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>78106280700016</v>
+        <v>41158137400013</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I37" s="3">
-        <v>23760001576</v>
+        <v>82690535969</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>78106280700032</v>
+        <v>41472896400514</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>109</v>
+        <v>154</v>
       </c>
       <c r="I38" s="3">
-        <v>23760001576</v>
+        <v>11930222993</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>78291196000055</v>
+        <v>44531243200112</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>116</v>
+        <v>156</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I39" s="3">
-        <v>93131778913</v>
+        <v>31590578459</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>78334259500049</v>
+        <v>44535705600032</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>124</v>
+        <v>29</v>
       </c>
       <c r="I40" s="3">
-        <v>41540002154</v>
+        <v>21080033508</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>78360423400055</v>
+        <v>77566202600019</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="3">
-        <v>31590005759</v>
+        <v>11750079275</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>78835426400095</v>
+        <v>77566202600050</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="3">
-        <v>52440004544</v>
+        <v>11750079275</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>78835426400111</v>
+        <v>77566202600209</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D43" s="2"/>
+        <v>161</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>165</v>
+      </c>
       <c r="E43" s="2" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="3">
-        <v>52440004544</v>
+        <v>11750079275</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>78835426400129</v>
+        <v>77566202600258</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="3">
-        <v>52440004544</v>
+        <v>11750079275</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>79008626800014</v>
+        <v>77566202600506</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>161</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>168</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="3">
-        <v>54160078316</v>
+        <v>11750079275</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>41158137400013</v>
+        <v>77566202600910</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D46" s="2"/>
+        <v>161</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>171</v>
+      </c>
       <c r="E46" s="2" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="3">
-        <v>82690535969</v>
+        <v>11750079275</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>41472896400514</v>
+        <v>77566202601074</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>173</v>
+        <v>29</v>
       </c>
       <c r="I47" s="3">
-        <v>11930222993</v>
+        <v>11750079275</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>30048880600146</v>
+        <v>77566202601090</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I48" s="3">
-        <v>32591068459</v>
+        <v>11750079275</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>30824995200083</v>
+        <v>77566202601249</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>177</v>
+        <v>161</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>179</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="3">
-        <v>53350007835</v>
+        <v>11750079275</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>33453316300021</v>
+        <v>77639524600015</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="D50" s="2" t="s">
+      <c r="D50" s="2"/>
+      <c r="E50" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="E50" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" s="2" t="s">
-        <v>183</v>
+        <v>163</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I50" s="3">
-        <v>24450224445</v>
+        <v>82420001542</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>33453316300104</v>
+        <v>78050734900048</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I51" s="3">
-        <v>24450224445</v>
+        <v>22600001660</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>44531243200112</v>
+        <v>78050734900121</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="3">
-        <v>31590578459</v>
+        <v>22600001660</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>44535705600032</v>
+        <v>78050734900139</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="3">
-        <v>21080033508</v>
+        <v>22600001660</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>77566202600019</v>
+        <v>78071405100031</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="D54" s="2"/>
+        <v>188</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>188</v>
+      </c>
       <c r="E54" s="2" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>147</v>
+        <v>190</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="3">
-        <v>11750079275</v>
+        <v>25140000514</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>77566202600050</v>
+        <v>78106280700016</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I55" s="3">
-        <v>11750079275</v>
+        <v>23760001576</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>77566202600209</v>
+        <v>78106280700032</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>147</v>
+        <v>194</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I56" s="3">
-        <v>11750079275</v>
+        <v>23760001576</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>77566202600258</v>
+        <v>78291196000055</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>197</v>
+        <v>128</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I57" s="3">
-        <v>11750079275</v>
+        <v>93131778913</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>77566202600506</v>
+        <v>78334259500049</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="D58" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>29</v>
+        <v>136</v>
       </c>
       <c r="I58" s="3">
-        <v>11750079275</v>
+        <v>41540002154</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>77566202600910</v>
+        <v>78360423400055</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="D59" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="3">
-        <v>11750079275</v>
+        <v>31590005759</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>77566202601074</v>
+        <v>78835426400095</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="3">
-        <v>11750079275</v>
+        <v>52440004544</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>77566202601090</v>
+        <v>78835426400111</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="3">
-        <v>11750079275</v>
+        <v>52440004544</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>77566202601249</v>
+        <v>78835426400129</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="3">
-        <v>11750079275</v>
+        <v>52440004544</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>77639524600015</v>
+        <v>79008626800014</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I63" s="3">
-        <v>82420001542</v>
+        <v>54160078316</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>80443252400010</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D64" s="2"/>
@@ -4991,31 +4991,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/05/2025 03:58:55</dc:description>
+  <dc:description>Export en date du 02/02/2026 09:42:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>