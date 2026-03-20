--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -370,50 +370,92 @@
   <si>
     <t>7247P005947</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
   </si>
   <si>
     <t>GRETA DU VAL D OISE</t>
   </si>
   <si>
     <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>CFAI REGION NORD PAS-DE-CALAIS</t>
   </si>
   <si>
     <t>ZAC DU PONT LOBY AVENUE JEAN MONNET 59640 DUNKERQUE</t>
   </si>
   <si>
     <t>01/10/2020</t>
   </si>
   <si>
+    <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>21 RUE PELLART 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>CFAI DIAFOR</t>
+  </si>
+  <si>
+    <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>ZAC DE KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>ZI KERGONAN NORD 8 B RUE FERDINAND DE LESSEPS 29200 BREST</t>
+  </si>
+  <si>
+    <t>ZAC DE LA CARDONNIERE 12 RUE DE LA CARDONNIERE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINTE THERESE FORMATION</t>
+  </si>
+  <si>
+    <t>48 BOULEVARD THIERS 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>AFPI BRETAGNE</t>
   </si>
   <si>
     <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
   </si>
   <si>
     <t>07/10/2002</t>
   </si>
   <si>
     <t>ASS REGION PROMOTION METALLURG</t>
   </si>
   <si>
     <t>PROMETA CEFAMREC</t>
   </si>
   <si>
     <t>RTE DE SANCHEVILLE 2 RUE LOUIS APPERT 28200 CHATEAUDUN</t>
   </si>
   <si>
     <t>30/01/1991</t>
   </si>
   <si>
     <t>9 BOULEVARD LAHITOLLE 18000 BOURGES</t>
   </si>
   <si>
     <t>01/08/2013</t>
@@ -436,176 +478,143 @@
   <si>
     <t>26/08/1996</t>
   </si>
   <si>
     <t>ASS DEVELOP APPRENTIS INDUST AQUITAIN</t>
   </si>
   <si>
     <t>MAISON DE LA METALLURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
   </si>
   <si>
     <t>26/12/1988</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>CFAI ALSACE</t>
   </si>
   <si>
     <t>31 RUE FRANCOIS SPOERRY 68100 MULHOUSE</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
-    <t>CFAI DIAFOR</t>
-[...22 lines deleted...]
-  <si>
     <t>ASS DE FORMATION PROFESSIONNELLE DE L INDUSTRIE LYON</t>
   </si>
   <si>
     <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>INSTITUT DE SOUDURE INDUSTRIE</t>
   </si>
   <si>
     <t>ZONE AEROPARC 7 RUE DES CIGOGNES 67960 ENTZHEIM</t>
   </si>
   <si>
     <t>01/09/2011</t>
   </si>
   <si>
     <t>71.20B</t>
   </si>
   <si>
     <t>AFPI ACM FORMATION</t>
   </si>
   <si>
     <t>ZI DE LA PILATERIE CS 83056 4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>ALLIANCE FORMATION POUR L'INDUSTRIE</t>
   </si>
   <si>
     <t>3 RUE MAX HOLSTE 51100 REIMS</t>
   </si>
   <si>
     <t>01/07/2013</t>
   </si>
   <si>
-    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+    <t>ASSOCIATION OUVRIERE DES COMPAGNONS DU DEVOIR DU TOUR DE FRANCE</t>
   </si>
   <si>
     <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>2 RUE DE WASSELONNE 67000 STRASBOURG</t>
   </si>
   <si>
     <t>CFA</t>
   </si>
   <si>
     <t>184 RUE DU DOCTEUR CAUVIN 13012 MARSEILLE</t>
   </si>
   <si>
     <t>118 RUE DE BABYLONE 59491 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
     <t>CENTRE FORMATION APPRENTIS 1875K</t>
   </si>
   <si>
     <t>RUE RAOUL FOLLEREAU 42350 LA TALAUDIERE</t>
   </si>
   <si>
     <t>05/11/1980</t>
   </si>
   <si>
     <t>CTRE FORMATION D'APPRENTIS</t>
   </si>
   <si>
     <t>53 AVENUE SIDOINE APOLLINAIRE 69009 LYON</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
     <t>1 RUE JEAN MAZEN 21000 DIJON</t>
   </si>
   <si>
     <t>15/12/2007</t>
   </si>
   <si>
     <t>1 RUE THEROIGNE DE MERICOURT 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>01/11/2013</t>
   </si>
   <si>
     <t>1 PLACE VITRUVE 67000 STRASBOURG</t>
   </si>
   <si>
     <t>06/06/2023</t>
   </si>
   <si>
-    <t>ASSOCIATION SAINTE THERESE FORMATION</t>
-[...4 lines deleted...]
-  <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
     <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>31/10/1994</t>
   </si>
   <si>
     <t>161 RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
     <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>AFPI GRAND OUEST NORMANDIE</t>
   </si>
   <si>
     <t>12 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>23/08/1995</t>
@@ -650,59 +659,50 @@
     <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
   </si>
   <si>
     <t>15/06/2020</t>
   </si>
   <si>
     <t>50 RUE JEAN ESSWEIN 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>03/07/2023</t>
   </si>
   <si>
     <t>11 RUE ALBERT EINSTEIN 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>15/06/2024</t>
   </si>
   <si>
     <t>AFPI INSERTION POITOU CHARENTE</t>
   </si>
   <si>
     <t>33 RUE DE L’ARSENAL 16000 ANGOULEME</t>
   </si>
   <si>
     <t>19/11/2012</t>
-  </si>
-[...7 lines deleted...]
-    <t>85.31Z</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>RUE BASSE MOUILLERE 45160 OLIVET</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
@@ -2117,1524 +2117,1524 @@
       <c r="F24" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I24" s="3">
         <v>32591068459</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>30824995200083</v>
+        <v>80443252400010</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>120</v>
+        <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>29</v>
+        <v>120</v>
       </c>
       <c r="I25" s="3">
-        <v>53350007835</v>
+        <v>31590878459</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>33453316300021</v>
+        <v>39048242000028</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="D26" s="2"/>
+      <c r="E26" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I26" s="3">
-        <v>24450224445</v>
+        <v>53220855422</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>33453316300104</v>
+        <v>39048242000036</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I27" s="3">
-        <v>24450224445</v>
+        <v>53220855422</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>34408659000041</v>
+        <v>39048242000044</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="I28" s="3">
-        <v>93131605713</v>
+        <v>53220855422</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>34958609900021</v>
+        <v>39048242000051</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I29" s="3">
-        <v>44540379354</v>
+        <v>53220855422</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>35109084000015</v>
+        <v>39048242000077</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>136</v>
+        <v>109</v>
       </c>
       <c r="I30" s="3">
-        <v>75331179633</v>
+        <v>53220855422</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>38855948600070</v>
+        <v>77639524600015</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I31" s="3">
-        <v>42680205768</v>
+        <v>82420001542</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>39048242000028</v>
+        <v>30824995200083</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I32" s="3">
-        <v>53220855422</v>
+        <v>53350007835</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>39048242000036</v>
+        <v>33453316300021</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D33" s="2"/>
+        <v>135</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>136</v>
+      </c>
       <c r="E33" s="2" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I33" s="3">
-        <v>53220855422</v>
+        <v>24450224445</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>39048242000044</v>
+        <v>33453316300104</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I34" s="3">
-        <v>53220855422</v>
+        <v>24450224445</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>39048242000051</v>
+        <v>34408659000041</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I35" s="3">
-        <v>53220855422</v>
+        <v>93131605713</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>39048242000077</v>
+        <v>34958609900021</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I36" s="3">
-        <v>53220855422</v>
+        <v>44540379354</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>41158137400013</v>
+        <v>35109084000015</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>29</v>
+        <v>150</v>
       </c>
       <c r="I37" s="3">
-        <v>82690535969</v>
+        <v>75331179633</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>41472896400514</v>
+        <v>38855948600070</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>154</v>
+        <v>109</v>
       </c>
       <c r="I38" s="3">
-        <v>11930222993</v>
+        <v>42680205768</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>44531243200112</v>
+        <v>41158137400013</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="3">
-        <v>31590578459</v>
+        <v>82690535969</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>44535705600032</v>
+        <v>41472896400514</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>29</v>
+        <v>160</v>
       </c>
       <c r="I40" s="3">
-        <v>21080033508</v>
+        <v>11930222993</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>77566202600019</v>
+        <v>44531243200112</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="3">
-        <v>11750079275</v>
+        <v>31590578459</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>77566202600050</v>
+        <v>44535705600032</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="3">
-        <v>11750079275</v>
+        <v>21080033508</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>77566202600209</v>
+        <v>77566202600019</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="3">
         <v>11750079275</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>77566202600258</v>
+        <v>77566202600050</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>163</v>
+        <v>131</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="3">
         <v>11750079275</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>77566202600506</v>
+        <v>77566202600209</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>170</v>
+        <v>131</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="3">
         <v>11750079275</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>77566202600910</v>
+        <v>77566202600258</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>173</v>
+        <v>131</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="3">
         <v>11750079275</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>77566202601074</v>
+        <v>77566202600506</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="D47" s="2"/>
+        <v>167</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>173</v>
+      </c>
       <c r="E47" s="2" t="s">
         <v>174</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>175</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="3">
         <v>11750079275</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>77566202601090</v>
+        <v>77566202600910</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="D48" s="2"/>
+        <v>167</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>176</v>
+      </c>
       <c r="E48" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="3">
         <v>11750079275</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>77566202601249</v>
+        <v>77566202601074</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="3">
         <v>11750079275</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>77639524600015</v>
+        <v>77566202601090</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>180</v>
+        <v>167</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>163</v>
+        <v>182</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I50" s="3">
-        <v>82420001542</v>
+        <v>11750079275</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>78050734900048</v>
+        <v>77566202601249</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>182</v>
+        <v>167</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>183</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>184</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="3">
-        <v>22600001660</v>
+        <v>11750079275</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>78050734900121</v>
+        <v>78050734900048</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="3">
         <v>22600001660</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>78050734900139</v>
+        <v>78050734900121</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="3">
         <v>22600001660</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>78071405100031</v>
+        <v>78050734900139</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="3">
-        <v>25140000514</v>
+        <v>22600001660</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>78106280700016</v>
+        <v>78071405100031</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="D55" s="2"/>
+      <c r="D55" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="E55" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>163</v>
+        <v>193</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>109</v>
+        <v>29</v>
       </c>
       <c r="I55" s="3">
-        <v>23760001576</v>
+        <v>25140000514</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>78106280700032</v>
+        <v>78106280700016</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>194</v>
+        <v>131</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I56" s="3">
         <v>23760001576</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>78291196000055</v>
+        <v>78106280700032</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>128</v>
+        <v>196</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>129</v>
+        <v>197</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I57" s="3">
-        <v>93131778913</v>
+        <v>23760001576</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>78334259500049</v>
+        <v>78291196000055</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>197</v>
+        <v>142</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>198</v>
+        <v>143</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>136</v>
+        <v>109</v>
       </c>
       <c r="I58" s="3">
-        <v>41540002154</v>
+        <v>93131778913</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>78360423400055</v>
+        <v>78334259500049</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>201</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>29</v>
+        <v>150</v>
       </c>
       <c r="I59" s="3">
-        <v>31590005759</v>
+        <v>41540002154</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>78835426400095</v>
+        <v>78360423400055</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>203</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>204</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="3">
-        <v>52440004544</v>
+        <v>31590005759</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>78835426400111</v>
+        <v>78835426400095</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="3">
         <v>52440004544</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>78835426400129</v>
+        <v>78835426400111</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="3">
         <v>52440004544</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>79008626800014</v>
+        <v>78835426400129</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>211</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="3">
-        <v>54160078316</v>
+        <v>52440004544</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>80443252400010</v>
+        <v>79008626800014</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>99</v>
+        <v>214</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>214</v>
+        <v>29</v>
       </c>
       <c r="I64" s="3">
-        <v>31590878459</v>
+        <v>54160078316</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>215</v>
       </c>
       <c r="D65" s="2"/>
@@ -4991,31 +4991,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 09:42:43</dc:description>
+  <dc:description>Export en date du 03/20/2026 11:36:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>