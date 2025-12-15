--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -88,72 +88,72 @@
   <si>
     <t>01/06/2021</t>
   </si>
   <si>
     <t>62.09Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>YOUSTUDIO</t>
   </si>
   <si>
     <t>72 RUE ABBE GREGOIRE 38000 GRENOBLE</t>
   </si>
   <si>
     <t>14/04/2014</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>AZERTAF</t>
+  </si>
+  <si>
+    <t>BATIMENT PEPS 2 RUE KONRAD ADENAUER 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>20/06/2011</t>
+  </si>
+  <si>
+    <t>47.41Z</t>
+  </si>
+  <si>
     <t>KAGILUM</t>
   </si>
   <si>
     <t>8 IMPASSE BONNET 31500 TOULOUSE</t>
   </si>
   <si>
     <t>01/12/2016</t>
   </si>
   <si>
     <t>62.01Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>47.41Z</t>
   </si>
   <si>
     <t>SENZA</t>
   </si>
   <si>
     <t>48 RUE CLAUDE BALBASTRE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>05/12/2019</t>
   </si>
   <si>
     <t>WEBMYDAY</t>
   </si>
   <si>
     <t>11 RUE DE LA PORTE JAUNE 92380 GARCHES</t>
   </si>
   <si>
     <t>05/05/2020</t>
   </si>
   <si>
     <t xml:space="preserve">VARDANIAN EMILE   </t>
   </si>
   <si>
     <t>RES DOMAINE DES CHENES 20000 AJACCIO</t>
   </si>
@@ -695,108 +695,108 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
         <v>82380429338</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>53222292400039</v>
+        <v>50892700100026</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>73310646031</v>
+        <v>32600384860</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>50892700100026</v>
+        <v>53222292400039</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>32600384860</v>
+        <v>73310646031</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>88024436300011</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
@@ -823,51 +823,51 @@
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>88334770000014</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I7" s="3">
         <v>11922340692</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>88377676700013</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
@@ -1043,31 +1043,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/24/2025 11:45:49</dc:description>
+  <dc:description>Export en date du 12/15/2025 22:52:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>