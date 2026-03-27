--- v1 (2025-12-15)
+++ v2 (2026-03-27)
@@ -58,120 +58,120 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>WEBMYDAY</t>
+  </si>
+  <si>
+    <t>11 RUE DE LA PORTE JAUNE 92380 GARCHES</t>
+  </si>
+  <si>
+    <t>05/05/2020</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t xml:space="preserve">DUCARME FABRICE   </t>
   </si>
   <si>
     <t>1045 CHEMIN DU GOLF 30900 NIMES</t>
   </si>
   <si>
     <t>01/06/2021</t>
   </si>
   <si>
     <t>62.09Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...4 lines deleted...]
-  <si>
     <t>YOUSTUDIO</t>
   </si>
   <si>
     <t>72 RUE ABBE GREGOIRE 38000 GRENOBLE</t>
   </si>
   <si>
     <t>14/04/2014</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>AZERTAF</t>
   </si>
   <si>
     <t>BATIMENT PEPS 2 RUE KONRAD ADENAUER 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>20/06/2011</t>
   </si>
   <si>
     <t>47.41Z</t>
   </si>
   <si>
     <t>KAGILUM</t>
   </si>
   <si>
     <t>8 IMPASSE BONNET 31500 TOULOUSE</t>
   </si>
   <si>
     <t>01/12/2016</t>
   </si>
   <si>
-    <t>62.01Z</t>
-[...1 lines deleted...]
-  <si>
     <t>SENZA</t>
   </si>
   <si>
     <t>48 RUE CLAUDE BALBASTRE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>05/12/2019</t>
-  </si>
-[...7 lines deleted...]
-    <t>05/05/2020</t>
   </si>
   <si>
     <t xml:space="preserve">VARDANIAN EMILE   </t>
   </si>
   <si>
     <t>RES DOMAINE DES CHENES 20000 AJACCIO</t>
   </si>
   <si>
     <t>22/06/2020</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t xml:space="preserve">SEMPERE SANDY   </t>
   </si>
   <si>
     <t>11 RUE ROSETTE BLANC 66270 LE SOLER</t>
   </si>
   <si>
     <t>01/05/2021</t>
   </si>
   <si>
     <t>58.14Z</t>
   </si>
@@ -621,256 +621,256 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>47847833200032</v>
+        <v>88334770000014</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>91300331430</v>
+        <v>11922340692</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>50363343000031</v>
+        <v>47847833200032</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>82380429338</v>
+        <v>91300331430</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>50892700100026</v>
+        <v>50363343000031</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>32600384860</v>
+        <v>82380429338</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>53222292400039</v>
+        <v>50892700100026</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>73310646031</v>
+        <v>32600384860</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>88024436300011</v>
+        <v>53222292400039</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>76341057734</v>
+        <v>73310646031</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>88334770000014</v>
+        <v>88024436300011</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I7" s="3">
-        <v>11922340692</v>
+        <v>76341057734</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>88377676700013</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
@@ -971,51 +971,51 @@
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>98455751200014</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I11" s="3">
         <v>11931070293</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1043,31 +1043,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 22:52:42</dc:description>
+  <dc:description>Export en date du 03/27/2026 17:32:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>