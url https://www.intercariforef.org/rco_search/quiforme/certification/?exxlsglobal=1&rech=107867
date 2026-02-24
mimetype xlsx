--- v0 (2025-12-16)
+++ v1 (2026-02-24)
@@ -1098,53 +1098,51 @@
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>75253547600275</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I12" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>75253547600309</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
@@ -1174,53 +1172,51 @@
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>75253547600317</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I14" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>75253547600341</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>49</v>
@@ -1332,53 +1328,51 @@
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>75253547600416</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>61</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>75253547600424</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>62</v>
@@ -1488,53 +1482,51 @@
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>85001923300012</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>73</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I22" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>91114836900018</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
@@ -1595,31 +1587,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 10:05:35</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:32:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>