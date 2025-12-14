--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -112,255 +112,255 @@
   <si>
     <t>ECOLE VIDAL;VIDAL FORMATION</t>
   </si>
   <si>
     <t>11 RUE DU ONZE NOVEMBRE 1918 31300 TOULOUSE</t>
   </si>
   <si>
     <t>27/02/2020</t>
   </si>
   <si>
     <t>ASS LES GADELLES-OGEC LYCEE JEANNE D ARC</t>
   </si>
   <si>
     <t>LES GADELLES - OGEC - CFA/CFC JEANNE D ARC</t>
   </si>
   <si>
     <t>12 RUE AUGUSTE DOLLFUS 76600 LE HAVRE</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>STE D'EXPLOITATION RUFFEL BEZIERS</t>
+  </si>
+  <si>
+    <t>17 QUAI PORT NEUF 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>30/09/2020</t>
+  </si>
+  <si>
+    <t>CFA JEANNE D'ARC</t>
+  </si>
+  <si>
+    <t>22 RUE GENERAL DE GAULLE 76310 SAINTE-ADRESSE</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE DES SERVICES AU ENTREPRISES</t>
+  </si>
+  <si>
+    <t>4 RUE DES MOUETTES 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>E2SE</t>
+  </si>
+  <si>
     <t>OGEC ST JACQUES DE COMPOSTELLE</t>
   </si>
   <si>
     <t>2 AVENUE DE LA REVOLUTION 86000 POITIERS</t>
   </si>
   <si>
     <t>01/09/1997</t>
   </si>
   <si>
     <t>OGEC LA PROVIDENCE</t>
   </si>
   <si>
     <t>LA PROVIDENCE</t>
   </si>
   <si>
     <t>33 AVENUE GUSTAVE FERRIE 49300 CHOLET</t>
   </si>
   <si>
     <t>01/01/2006</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE D'ASSURANCE</t>
   </si>
   <si>
     <t>13 RUE FERNAND LEGER 75020 PARIS</t>
   </si>
   <si>
     <t>01/12/2007</t>
   </si>
   <si>
+    <t>INSTITUT PRIVE D'ALTERNANCE ET DE MANAGEMENT</t>
+  </si>
+  <si>
+    <t>ECOSUP</t>
+  </si>
+  <si>
+    <t>17 RUE DES URSULINES 59200 TOURCOING</t>
+  </si>
+  <si>
+    <t>08/07/2009</t>
+  </si>
+  <si>
+    <t>OGEC SFDA- GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
+  </si>
+  <si>
+    <t>GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
+  </si>
+  <si>
+    <t>LYCEE STE MARGUERITE COLLEGE ST ETIENN 1 RUE HORIZON VERT 37170 CHAMBRAY-LES-TOURS</t>
+  </si>
+  <si>
+    <t>12/04/1988</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL CHARLES PEGUY</t>
+  </si>
+  <si>
+    <t>CHARLES PEGUY ALTERNANCE</t>
+  </si>
+  <si>
+    <t>102 RUE SYLVABELLE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/09/2002</t>
+  </si>
+  <si>
+    <t>INSTITUTION DE LA SALLE LILLE</t>
+  </si>
+  <si>
+    <t>2 RUE JEAN LEVASSEUR 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINT-MARC D'EDUCATION CHRETIENNE</t>
+  </si>
+  <si>
+    <t>10 RUE SAINTE HELENE 69002 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS ECOLE TECHNIQUE LA CHATAIGNERAIE</t>
+  </si>
+  <si>
+    <t>2 RUE CHARLES SCHERER 76240 LE MESNIL-ESNARD</t>
+  </si>
+  <si>
+    <t>ASS LES AMIS DE MONTALEMBERT</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD JEAN MALGRAS 80600 DOULLENS</t>
+  </si>
+  <si>
+    <t>23/08/2019</t>
+  </si>
+  <si>
+    <t>GROUPE SCOLAIRE DU SACRE COEUR</t>
+  </si>
+  <si>
+    <t>32 RUE BLAISE PASCAL 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>85.20Z</t>
+  </si>
+  <si>
+    <t>OGEC ST VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>17 RUE FODERE 06300 NICE</t>
+  </si>
+  <si>
+    <t>OGEC LYCEE MARIE FRANCE</t>
+  </si>
+  <si>
+    <t>20 RUE DANTON 83000 TOULON</t>
+  </si>
+  <si>
+    <t>26/11/2015</t>
+  </si>
+  <si>
+    <t>OGEC LES CHARMILLES</t>
+  </si>
+  <si>
+    <t>OF CFA CHARMILLES</t>
+  </si>
+  <si>
+    <t>8 RUE DU TOUR DE L’EAU 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>ORGANISME DE GESTION DU LYCEE PRIVE BAHUET</t>
+  </si>
+  <si>
+    <t>41 AVENUE EDMOND MICHELET 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>OGEC SAINT MICHEL</t>
+  </si>
+  <si>
+    <t>39 RUE MARTIN PELLER 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SCOLAIRE DE LA SALLE</t>
+  </si>
+  <si>
+    <t>2 RUE SAINT-MAXIMIN 57070 METZ</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION DE L'ECOLE SUPERIEURE DES SERVICES</t>
   </si>
   <si>
-    <t>4 RUE DES MOUETTES 14000 CAEN</t>
-[...1 lines deleted...]
-  <si>
     <t>04/07/2018</t>
   </si>
   <si>
     <t>OGEC JEAN PAUL II DE LA SALLE</t>
   </si>
   <si>
     <t>5 RUE DE LA MOTTE-BRULON 35700 RENNES</t>
   </si>
   <si>
     <t>01/09/2014</t>
-  </si>
-[...157 lines deleted...]
-    <t>E2SE</t>
   </si>
   <si>
     <t>ECP APPRENTISSAGE</t>
   </si>
   <si>
     <t>9 RUE DE LA SOMME 67000 STRASBOURG</t>
   </si>
   <si>
     <t>31/03/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -926,889 +926,889 @@
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
         <v>23760492176</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>30072631200022</v>
+        <v>41071736700040</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I6" s="3"/>
+      <c r="I6" s="3">
+        <v>91340342834</v>
+      </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>30101178900031</v>
+        <v>41154197200013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="D7" s="2"/>
+      <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>32006002300050</v>
+        <v>41770807000061</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>11753072075</v>
+        <v>25140068014</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>80760437600028</v>
+        <v>41811390800036</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>28140329014</v>
+        <v>25140138814</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>80919961500018</v>
+        <v>30072631200022</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77534496300035</v>
+        <v>30101178900031</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>31</v>
+      </c>
+      <c r="I11" s="3">
+        <v>52490039449</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77555960200047</v>
+        <v>32006002300050</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>93131336813</v>
+        <v>11753072075</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77562426500077</v>
+        <v>51376624600013</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>52</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>31590886859</v>
+        <v>31590836559</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77564732400018</v>
+        <v>77534496300035</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>56</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>57</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77570084200013</v>
+        <v>77555960200047</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>64</v>
-      </c>
-[...5 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="I15" s="3">
-        <v>23760002176</v>
+        <v>93131336813</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77792652800020</v>
+        <v>77562426500077</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="I16" s="3">
-        <v>75190089219</v>
+        <v>31590886859</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77811428000036</v>
+        <v>77564732400018</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78000231700011</v>
+        <v>77570084200013</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
-        <v>41570284057</v>
+        <v>23760002176</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>78063239400059</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
         <v>32800215480</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>78111871600013</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I20" s="3">
         <v>28760573276</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>78261516500019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3">
         <v>93060217306</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>78316723200025</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3">
         <v>93830404683</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>78837731500031</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3">
         <v>84380734338</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>51376624600013</v>
+        <v>77792652800020</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D24" s="2" t="s">
         <v>89</v>
       </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="I24" s="3">
-        <v>31590836559</v>
+        <v>75190089219</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>41071736700040</v>
+        <v>77811428000036</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="I25" s="3">
-        <v>91340342834</v>
+        <v>21510097651</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>41154197200013</v>
+        <v>78000231700011</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E26" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="D26" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F26" s="2" t="s">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I26" s="3"/>
+        <v>60</v>
+      </c>
+      <c r="I26" s="3">
+        <v>41570284057</v>
+      </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>41770807000061</v>
+        <v>80760437600028</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="3">
-        <v>25140068014</v>
+        <v>28140329014</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>41811390800036</v>
+        <v>80919961500018</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>43</v>
+        <v>99</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="I28" s="3">
-        <v>25140138814</v>
+        <v>53351008335</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>91366532900011</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D29" s="2"/>
@@ -1870,31 +1870,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/23/2025 07:55:37</dc:description>
+  <dc:description>Export en date du 12/14/2025 23:54:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>