--- v1 (2025-12-14)
+++ v2 (2026-02-08)
@@ -58,164 +58,164 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>OGEC ST JACQUES DE COMPOSTELLE</t>
+  </si>
+  <si>
+    <t>2 AVENUE DE LA REVOLUTION 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/09/1997</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>OGEC LA PROVIDENCE</t>
+  </si>
+  <si>
+    <t>LA PROVIDENCE</t>
+  </si>
+  <si>
+    <t>33 AVENUE GUSTAVE FERRIE 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE D'ASSURANCE</t>
+  </si>
+  <si>
+    <t>13 RUE FERNAND LEGER 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/12/2007</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>TALIS PARIS</t>
   </si>
   <si>
     <t>100 RUE DU FBG ST ANTOINE 75012 PARIS 12</t>
   </si>
   <si>
     <t>31/07/2008</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...7 lines deleted...]
-  <si>
     <t>NOSCHOOL</t>
   </si>
   <si>
     <t>94-95 94 QUAI DE BACALAN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>ECOLE VIDAL</t>
   </si>
   <si>
     <t>ECOLE VIDAL;VIDAL FORMATION</t>
   </si>
   <si>
     <t>11 RUE DU ONZE NOVEMBRE 1918 31300 TOULOUSE</t>
   </si>
   <si>
     <t>27/02/2020</t>
   </si>
   <si>
     <t>ASS LES GADELLES-OGEC LYCEE JEANNE D ARC</t>
   </si>
   <si>
     <t>LES GADELLES - OGEC - CFA/CFC JEANNE D ARC</t>
   </si>
   <si>
     <t>12 RUE AUGUSTE DOLLFUS 76600 LE HAVRE</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>STE D'EXPLOITATION RUFFEL BEZIERS</t>
   </si>
   <si>
     <t>17 QUAI PORT NEUF 34500 BEZIERS</t>
   </si>
   <si>
     <t>30/09/2020</t>
   </si>
   <si>
     <t>CFA JEANNE D'ARC</t>
   </si>
   <si>
     <t>22 RUE GENERAL DE GAULLE 76310 SAINTE-ADRESSE</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DES SERVICES AU ENTREPRISES</t>
   </si>
   <si>
     <t>4 RUE DES MOUETTES 14000 CAEN</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>E2SE</t>
   </si>
   <si>
-    <t>OGEC ST JACQUES DE COMPOSTELLE</t>
-[...28 lines deleted...]
-  <si>
     <t>INSTITUT PRIVE D'ALTERNANCE ET DE MANAGEMENT</t>
   </si>
   <si>
     <t>ECOSUP</t>
   </si>
   <si>
     <t>17 RUE DES URSULINES 59200 TOURCOING</t>
   </si>
   <si>
     <t>08/07/2009</t>
   </si>
   <si>
     <t>OGEC SFDA- GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
   </si>
   <si>
     <t>LYCEE STE MARGUERITE COLLEGE ST ETIENN 1 RUE HORIZON VERT 37170 CHAMBRAY-LES-TOURS</t>
   </si>
   <si>
     <t>12/04/1988</t>
   </si>
   <si>
     <t>85.31Z</t>
@@ -238,114 +238,114 @@
   <si>
     <t>2 RUE JEAN LEVASSEUR 59800 LILLE</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ASSOCIATION SAINT-MARC D'EDUCATION CHRETIENNE</t>
   </si>
   <si>
     <t>10 RUE SAINTE HELENE 69002 LYON</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>ASS ECOLE TECHNIQUE LA CHATAIGNERAIE</t>
   </si>
   <si>
     <t>2 RUE CHARLES SCHERER 76240 LE MESNIL-ESNARD</t>
   </si>
   <si>
+    <t>ORGANISME DE GESTION DU LYCEE PRIVE BAHUET</t>
+  </si>
+  <si>
+    <t>41 AVENUE EDMOND MICHELET 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>OGEC SAINT MICHEL</t>
+  </si>
+  <si>
+    <t>39 RUE MARTIN PELLER 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SCOLAIRE DE LA SALLE</t>
+  </si>
+  <si>
+    <t>2 RUE SAINT-MAXIMIN 57070 METZ</t>
+  </si>
+  <si>
     <t>ASS LES AMIS DE MONTALEMBERT</t>
   </si>
   <si>
     <t>1 BOULEVARD JEAN MALGRAS 80600 DOULLENS</t>
   </si>
   <si>
     <t>23/08/2019</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE DU SACRE COEUR</t>
   </si>
   <si>
     <t>32 RUE BLAISE PASCAL 76100 ROUEN</t>
   </si>
   <si>
     <t>85.20Z</t>
   </si>
   <si>
     <t>OGEC ST VINCENT DE PAUL</t>
   </si>
   <si>
     <t>17 RUE FODERE 06300 NICE</t>
   </si>
   <si>
     <t>OGEC LYCEE MARIE FRANCE</t>
   </si>
   <si>
     <t>20 RUE DANTON 83000 TOULON</t>
   </si>
   <si>
     <t>26/11/2015</t>
   </si>
   <si>
     <t>OGEC LES CHARMILLES</t>
   </si>
   <si>
     <t>OF CFA CHARMILLES</t>
   </si>
   <si>
     <t>8 RUE DU TOUR DE L’EAU 38400 SAINT-MARTIN-D'HERES</t>
   </si>
   <si>
     <t>01/01/2003</t>
-  </si>
-[...19 lines deleted...]
-    <t>2 RUE SAINT-MAXIMIN 57070 METZ</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DE L'ECOLE SUPERIEURE DES SERVICES</t>
   </si>
   <si>
     <t>04/07/2018</t>
   </si>
   <si>
     <t>OGEC JEAN PAUL II DE LA SALLE</t>
   </si>
   <si>
     <t>5 RUE DE LA MOTTE-BRULON 35700 RENNES</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>ECP APPRENTISSAGE</t>
   </si>
   <si>
     <t>9 RUE DE LA SOMME 67000 STRASBOURG</t>
   </si>
   <si>
     <t>31/03/2022</t>
   </si>
@@ -774,494 +774,494 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>35176305700061</v>
+        <v>30072631200022</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>38138042700066</v>
+        <v>30101178900031</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>72330212133</v>
+        <v>52490039449</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>38797206000066</v>
+        <v>32006002300050</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D4" s="2" t="s">
         <v>24</v>
       </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>73310281131</v>
+        <v>11753072075</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>40112310400069</v>
+        <v>35176305700061</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D5" s="2" t="s">
         <v>28</v>
       </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I5" s="3">
-        <v>23760492176</v>
+        <v>11752204675</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41071736700040</v>
+        <v>38138042700066</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I6" s="3">
-        <v>91340342834</v>
+        <v>72330212133</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41154197200013</v>
+        <v>38797206000066</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I7" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I7" s="3">
+        <v>73310281131</v>
+      </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>41770807000061</v>
+        <v>40112310400069</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D8" s="2"/>
+      <c r="D8" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>25140068014</v>
+        <v>23760492176</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>41811390800036</v>
+        <v>41071736700040</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>25140138814</v>
+        <v>91340342834</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>30072631200022</v>
+        <v>41154197200013</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>30101178900031</v>
+        <v>41770807000061</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I11" s="3">
-        <v>52490039449</v>
+        <v>25140068014</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>32006002300050</v>
+        <v>41811390800036</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="I12" s="3">
-        <v>11753072075</v>
+        <v>25140138814</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>51376624600013</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="I13" s="3">
         <v>31590836559</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>77534496300035</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>60</v>
       </c>
@@ -1278,103 +1278,103 @@
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>77555960200047</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I15" s="3">
         <v>93131336813</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>77562426500077</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I16" s="3">
         <v>31590886859</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>77564732400018</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
@@ -1396,468 +1396,468 @@
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>23760002176</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78063239400059</v>
+        <v>77792652800020</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I19" s="3">
-        <v>32800215480</v>
+        <v>75190089219</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78111871600013</v>
+        <v>77811428000036</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="I20" s="3">
-        <v>28760573276</v>
+        <v>21510097651</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78261516500019</v>
+        <v>78000231700011</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="E21" s="2" t="s">
         <v>80</v>
-      </c>
-[...2 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="I21" s="3">
-        <v>93060217306</v>
+        <v>41570284057</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78316723200025</v>
+        <v>78063239400059</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
-        <v>93830404683</v>
+        <v>32800215480</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78837731500031</v>
+        <v>78111871600013</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="D23" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F23" s="2" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="I23" s="3">
-        <v>84380734338</v>
+        <v>28760573276</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>77792652800020</v>
+        <v>78261516500019</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I24" s="3">
-        <v>75190089219</v>
+        <v>93060217306</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>77811428000036</v>
+        <v>78316723200025</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I25" s="3">
-        <v>21510097651</v>
+        <v>93830404683</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78000231700011</v>
+        <v>78837731500031</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="E26" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D26" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I26" s="3">
-        <v>41570284057</v>
+        <v>84380734338</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>80760437600028</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="I27" s="3">
         <v>28140329014</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>80919961500018</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I28" s="3">
         <v>53351008335</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>91366532900011</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="I29" s="3">
         <v>44670714767</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1870,31 +1870,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 23:54:40</dc:description>
+  <dc:description>Export en date du 02/08/2026 01:23:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>