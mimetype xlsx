--- v2 (2026-02-08)
+++ v3 (2026-03-25)
@@ -58,122 +58,143 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>ORGANISME DE GESTION DU LYCEE PRIVE BAHUET</t>
+  </si>
+  <si>
+    <t>41 AVENUE EDMOND MICHELET 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>OGEC SAINT MICHEL</t>
+  </si>
+  <si>
+    <t>39 RUE MARTIN PELLER 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ECOLE VIDAL</t>
+  </si>
+  <si>
+    <t>ECOLE VIDAL;VIDAL FORMATION</t>
+  </si>
+  <si>
+    <t>11 RUE DU ONZE NOVEMBRE 1918 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>27/02/2020</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>OGEC ST JACQUES DE COMPOSTELLE</t>
   </si>
   <si>
     <t>2 AVENUE DE LA REVOLUTION 86000 POITIERS</t>
   </si>
   <si>
     <t>01/09/1997</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...4 lines deleted...]
-  <si>
     <t>OGEC LA PROVIDENCE</t>
   </si>
   <si>
     <t>LA PROVIDENCE</t>
   </si>
   <si>
     <t>33 AVENUE GUSTAVE FERRIE 49300 CHOLET</t>
   </si>
   <si>
     <t>01/01/2006</t>
   </si>
   <si>
-    <t>VRAI</t>
-[...1 lines deleted...]
-  <si>
     <t>ECOLE SUPERIEURE D'ASSURANCE</t>
   </si>
   <si>
     <t>13 RUE FERNAND LEGER 75020 PARIS</t>
   </si>
   <si>
     <t>01/12/2007</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>TALIS PARIS</t>
   </si>
   <si>
     <t>100 RUE DU FBG ST ANTOINE 75012 PARIS 12</t>
   </si>
   <si>
     <t>31/07/2008</t>
   </si>
   <si>
     <t>NOSCHOOL</t>
   </si>
   <si>
     <t>94-95 94 QUAI DE BACALAN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
-    <t>ECOLE VIDAL</t>
-[...10 lines deleted...]
-  <si>
     <t>ASS LES GADELLES-OGEC LYCEE JEANNE D ARC</t>
   </si>
   <si>
     <t>LES GADELLES - OGEC - CFA/CFC JEANNE D ARC</t>
   </si>
   <si>
     <t>12 RUE AUGUSTE DOLLFUS 76600 LE HAVRE</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
     <t>STE D'EXPLOITATION RUFFEL BEZIERS</t>
   </si>
   <si>
     <t>17 QUAI PORT NEUF 34500 BEZIERS</t>
   </si>
   <si>
     <t>30/09/2020</t>
   </si>
   <si>
     <t>CFA JEANNE D'ARC</t>
   </si>
   <si>
     <t>22 RUE GENERAL DE GAULLE 76310 SAINTE-ADRESSE</t>
@@ -196,105 +217,84 @@
   <si>
     <t>INSTITUT PRIVE D'ALTERNANCE ET DE MANAGEMENT</t>
   </si>
   <si>
     <t>ECOSUP</t>
   </si>
   <si>
     <t>17 RUE DES URSULINES 59200 TOURCOING</t>
   </si>
   <si>
     <t>08/07/2009</t>
   </si>
   <si>
     <t>OGEC SFDA- GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE SAINT FRANCOIS D'ASSISE</t>
   </si>
   <si>
     <t>LYCEE STE MARGUERITE COLLEGE ST ETIENN 1 RUE HORIZON VERT 37170 CHAMBRAY-LES-TOURS</t>
   </si>
   <si>
     <t>12/04/1988</t>
   </si>
   <si>
-    <t>85.31Z</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE PROFESSIONNEL CHARLES PEGUY</t>
   </si>
   <si>
     <t>CHARLES PEGUY ALTERNANCE</t>
   </si>
   <si>
     <t>102 RUE SYLVABELLE 13006 MARSEILLE</t>
   </si>
   <si>
     <t>01/09/2002</t>
   </si>
   <si>
     <t>INSTITUTION DE LA SALLE LILLE</t>
   </si>
   <si>
     <t>2 RUE JEAN LEVASSEUR 59800 LILLE</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ASSOCIATION SAINT-MARC D'EDUCATION CHRETIENNE</t>
   </si>
   <si>
     <t>10 RUE SAINTE HELENE 69002 LYON</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS ECOLE TECHNIQUE LA CHATAIGNERAIE</t>
   </si>
   <si>
     <t>2 RUE CHARLES SCHERER 76240 LE MESNIL-ESNARD</t>
-  </si>
-[...13 lines deleted...]
-    <t>39 RUE MARTIN PELLER 51100 REIMS</t>
   </si>
   <si>
     <t>ASSOCIATION SCOLAIRE DE LA SALLE</t>
   </si>
   <si>
     <t>2 RUE SAINT-MAXIMIN 57070 METZ</t>
   </si>
   <si>
     <t>ASS LES AMIS DE MONTALEMBERT</t>
   </si>
   <si>
     <t>1 BOULEVARD JEAN MALGRAS 80600 DOULLENS</t>
   </si>
   <si>
     <t>23/08/2019</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE DU SACRE COEUR</t>
   </si>
   <si>
     <t>32 RUE BLAISE PASCAL 76100 ROUEN</t>
   </si>
   <si>
     <t>85.20Z</t>
   </si>
@@ -774,884 +774,884 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>30072631200022</v>
+        <v>77792652800020</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3"/>
+      <c r="I2" s="3">
+        <v>75190089219</v>
+      </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>30101178900031</v>
+        <v>77811428000036</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="D3" s="2"/>
+      <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>52490039449</v>
+        <v>21510097651</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>32006002300050</v>
+        <v>38797206000066</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>11753072075</v>
+        <v>73310281131</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>35176305700061</v>
+        <v>30072631200022</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38138042700066</v>
+        <v>30101178900031</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D6" s="2"/>
+        <v>32</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>72330212133</v>
+        <v>52490039449</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38797206000066</v>
+        <v>32006002300050</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I7" s="3">
-        <v>73310281131</v>
+        <v>11753072075</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>40112310400069</v>
+        <v>35176305700061</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D8" s="2" t="s">
         <v>39</v>
       </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I8" s="3">
-        <v>23760492176</v>
+        <v>11752204675</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>41071736700040</v>
+        <v>38138042700066</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I9" s="3">
-        <v>91340342834</v>
+        <v>72330212133</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41154197200013</v>
+        <v>40112310400069</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D10" s="2"/>
+      <c r="D10" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I10" s="3"/>
+      <c r="I10" s="3">
+        <v>23760492176</v>
+      </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41770807000061</v>
+        <v>41071736700040</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>25140068014</v>
+        <v>91340342834</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41811390800036</v>
+        <v>41154197200013</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>51376624600013</v>
+        <v>41770807000061</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I13" s="3">
-        <v>31590836559</v>
+        <v>25140068014</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77534496300035</v>
+        <v>41811390800036</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I14" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I14" s="3">
+        <v>25140138814</v>
+      </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77555960200047</v>
+        <v>51376624600013</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E15" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="D15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I15" s="3">
-        <v>93131336813</v>
+        <v>31590836559</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77562426500077</v>
+        <v>77534496300035</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="D16" s="2"/>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77564732400018</v>
+        <v>77555960200047</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E17" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="D17" s="2"/>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="I17" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I17" s="3">
+        <v>93131336813</v>
+      </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77570084200013</v>
+        <v>77562426500077</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="I18" s="3">
-        <v>23760002176</v>
+        <v>31590886859</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77792652800020</v>
+        <v>77564732400018</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>76</v>
+        <v>21</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77811428000036</v>
+        <v>77570084200013</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>21510097651</v>
+        <v>23760002176</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>78000231700011</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>79</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="I21" s="3">
         <v>41570284057</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>78063239400059</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="I22" s="3">
         <v>32800215480</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>78111871600013</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I23" s="3">
         <v>28760573276</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>78261516500019</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="3">
         <v>93060217306</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>78316723200025</v>
       </c>
@@ -1717,132 +1717,132 @@
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>80760437600028</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I27" s="3">
         <v>28140329014</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>80919961500018</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="I28" s="3">
         <v>53351008335</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>91366532900011</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I29" s="3">
         <v>44670714767</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1870,31 +1870,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 01:23:34</dc:description>
+  <dc:description>Export en date du 03/25/2026 05:37:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>