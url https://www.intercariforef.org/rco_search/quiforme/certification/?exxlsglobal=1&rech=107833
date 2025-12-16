--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -241,114 +241,114 @@
   <si>
     <t>DIR DES ENSEIGNEMENTS</t>
   </si>
   <si>
     <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
   </si>
   <si>
     <t>23/05/1991</t>
   </si>
   <si>
     <t>9383P000183</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
+    <t>CAMPUS FONDERIE DE L'IMAGE</t>
+  </si>
+  <si>
+    <t>80 RUE JULES FERRY 93170 BAGNOLET</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
+  </si>
+  <si>
+    <t>ASSOC PROMOTION ENSEIG DE LA GESTION</t>
+  </si>
+  <si>
+    <t>POLE CONSULAIRE QU CASE NAVIRE RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>SUD MANAGEMENT</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>04/01/1993</t>
+  </si>
+  <si>
+    <t>SCHOLAR FAB ENTREPRISE</t>
+  </si>
+  <si>
+    <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>06/05/1991</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS</t>
+  </si>
+  <si>
+    <t>CAMPUS DE KER LANN RUE DES FRERES MONTGOLFIER 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
     <t>CAMPUS DU LAC</t>
   </si>
   <si>
     <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
-    <t>CAMPUS FONDERIE DE L'IMAGE</t>
-[...37 lines deleted...]
-  <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/01/2005</t>
-  </si>
-[...7 lines deleted...]
-    <t>06/05/1991</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1261,301 +1261,301 @@
       <c r="F14" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I14" s="3">
         <v>98970017797</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>41058110200010</v>
+        <v>35386977900036</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="I15" s="3">
-        <v>72330424333</v>
+        <v>11930658393</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>35386977900036</v>
+        <v>38788974400042</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="I16" s="3">
-        <v>11930658393</v>
+        <v>97970023397</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38788974400042</v>
+        <v>38980235600011</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I17" s="3">
-        <v>97970023397</v>
+        <v>72470032947</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>38980235600011</v>
+        <v>78071407700069</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>44150518700019</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>45235951600021</v>
+        <v>41058110200010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="I20" s="3">
-        <v>11910566091</v>
+        <v>72330424333</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78071407700069</v>
+        <v>45235951600021</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="I21" s="3"/>
+      <c r="I21" s="3">
+        <v>11910566091</v>
+      </c>
       <c r="J21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I22" s="3">
         <v>76341086134</v>
@@ -1605,31 +1605,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 11:01:10</dc:description>
+  <dc:description>Export en date du 12/16/2025 10:50:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>