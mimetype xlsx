--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -241,114 +241,114 @@
   <si>
     <t>DIR DES ENSEIGNEMENTS</t>
   </si>
   <si>
     <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
   </si>
   <si>
     <t>23/05/1991</t>
   </si>
   <si>
     <t>9383P000183</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
     <t>CAMPUS FONDERIE DE L'IMAGE</t>
   </si>
   <si>
     <t>80 RUE JULES FERRY 93170 BAGNOLET</t>
   </si>
   <si>
     <t>15/10/2007</t>
   </si>
   <si>
     <t>ASSOC PROMOTION ENSEIG DE LA GESTION</t>
   </si>
   <si>
     <t>POLE CONSULAIRE QU CASE NAVIRE RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>SUD MANAGEMENT</t>
   </si>
   <si>
     <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
+    <t>FACULTE DES METIERS</t>
+  </si>
+  <si>
+    <t>CAMPUS DE KER LANN RUE DES FRERES MONTGOLFIER 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
     <t>SCHOLAR FAB ENTREPRISE</t>
   </si>
   <si>
     <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>06/05/1991</t>
-  </si>
-[...28 lines deleted...]
-    <t>01/01/2005</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1261,181 +1261,183 @@
       <c r="F14" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I14" s="3">
         <v>98970017797</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>35386977900036</v>
+        <v>45235951600021</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I15" s="3">
-        <v>11930658393</v>
+        <v>11910566091</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38788974400042</v>
+        <v>35386977900036</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I16" s="3">
-        <v>97970023397</v>
+        <v>11930658393</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38980235600011</v>
+        <v>38788974400042</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="I17" s="3">
-        <v>72470032947</v>
+        <v>97970023397</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78071407700069</v>
+        <v>38980235600011</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="I18" s="3"/>
+      <c r="I18" s="3">
+        <v>72470032947</v>
+      </c>
       <c r="J18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>44150518700019</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
@@ -1479,83 +1481,81 @@
       <c r="F20" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I20" s="3">
         <v>72330424333</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>45235951600021</v>
+        <v>78071407700069</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="I21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I22" s="3">
         <v>76341086134</v>
@@ -1605,31 +1605,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 10:50:37</dc:description>
+  <dc:description>Export en date du 12/18/2025 05:17:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>