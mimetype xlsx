--- v2 (2025-12-18)
+++ v3 (2026-02-24)
@@ -241,105 +241,105 @@
   <si>
     <t>DIR DES ENSEIGNEMENTS</t>
   </si>
   <si>
     <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
   </si>
   <si>
     <t>23/05/1991</t>
   </si>
   <si>
     <t>9383P000183</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
+    <t>CAMPUS FONDERIE DE L'IMAGE</t>
+  </si>
+  <si>
+    <t>80 RUE JULES FERRY 93170 BAGNOLET</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
+  </si>
+  <si>
+    <t>ASSOC PROMOTION ENSEIG DE LA GESTION</t>
+  </si>
+  <si>
+    <t>POLE CONSULAIRE QU CASE NAVIRE RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>SUD MANAGEMENT</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>04/01/1993</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS</t>
+  </si>
+  <si>
+    <t>CAMPUS DE KER LANN RUE DES FRERES MONTGOLFIER 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/01/2005</t>
-  </si>
-[...46 lines deleted...]
-    <t>01/01/1997</t>
   </si>
   <si>
     <t>SCHOLAR FAB ENTREPRISE</t>
   </si>
   <si>
     <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>06/05/1991</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1261,263 +1261,263 @@
       <c r="F14" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I14" s="3">
         <v>98970017797</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>45235951600021</v>
+        <v>35386977900036</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I15" s="3">
-        <v>11910566091</v>
+        <v>11930658393</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>35386977900036</v>
+        <v>38788974400042</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="I16" s="3">
-        <v>11930658393</v>
+        <v>97970023397</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38788974400042</v>
+        <v>38980235600011</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="I17" s="3">
-        <v>97970023397</v>
+        <v>72470032947</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>38980235600011</v>
+        <v>41058110200010</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="I18" s="3">
-        <v>72470032947</v>
+        <v>72330424333</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>44150518700019</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>41058110200010</v>
+        <v>45235951600021</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="I20" s="3">
-        <v>72330424333</v>
+        <v>11910566091</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>78071407700069</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>49</v>
@@ -1605,31 +1605,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 05:17:06</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:32:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>